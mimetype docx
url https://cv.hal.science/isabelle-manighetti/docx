--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -883,265 +883,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FinDerS(+): Real-Time Earthquake Slip Profiles and Magnitudes Estimated from Backprojected Displacement with Consideration of Fault Source Maturity Gradient</w:t>
+                <w:t xml:space="preserve">Fault Trace Corrugation and Segmentation as a Measure of Fault Structural Maturity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maren Böse</w:t>
+                <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allie Hutchison</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Manighetti</w:t>
+                <w:t xml:space="preserve">Antoine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiawei Li</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Louis de Barros</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2021.685879⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (20), pp.e2021GL095372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021GL095372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03578549v1</w:t>
+                <w:t xml:space="preserve">hal-03455176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault Trace Corrugation and Segmentation as a Measure of Fault Structural Maturity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FinDerS(+): Real-Time Earthquake Slip Profiles and Magnitudes Estimated from Backprojected Displacement with Consideration of Fault Source Maturity Gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maren Böse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Manighetti</w:t>
+                <w:t xml:space="preserve">Allie Hutchison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Mercier</w:t>
+                <w:t xml:space="preserve">Jiawei Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis de Barros</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédérick Massin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 48 (20), pp.e2021GL095372. </w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.685879. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021GL095372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/feart.2021.685879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03455176v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03578549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoscientists, Who Have Documented the Rapid and Accelerating Climate Crisis for Decades, Are Now Pleading for Immediate Collective Action</w:t>
               </w:r>
@@ -1555,51 +1555,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kamdem de Teyou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Tarabalka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Almar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1793,64 +1793,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Early Estimates of Large Earthquake's Final Fault Lengths and Magnitudes Leveraging Source Fault Structural Maturity Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allie Hutchison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maren Böse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Manighetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1923,51 +1923,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Stewart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gaudemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Serreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2369,51 +2369,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Location of largest earthquake slip and fast rupture controlled by along-strike change in fault structural maturity due to fault growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Ampuero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2486,51 +2486,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From past to current tectonics: Thematic issue dedicated to Jean-François Stéphan (1949–2013)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 348 (1), pp.1 - 2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2564,51 +2564,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generic along-strike segmentation of Afar normal faults, East Africa: Implications on fault growth and stress heterogeneity on seismogenic fault planes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Caulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2698,51 +2698,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovering paleoearthquake slip record in a highly dynamic alluvial and tectonic region (Hope Fault, New Zealand) from airborne lidar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2991,51 +2991,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Present-day kinematics and fault slip rates in eastern Iran, derived from 11 years of GPS data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Walpersdorf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Mousavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3138,51 +3138,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3505,51 +3505,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratigraphic architecture and fault offsets of alluvial terraces at Te Marua, Wellington fault, New Zealand, revealed by pseudo-3D GPR investigation,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Beaupretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Garambois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3782,51 +3782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Beaupretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Garambois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Malavieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3929,51 +3929,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Kidane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tapponnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gaudemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4037,51 +4037,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Earthquake supercycles in Central Italy, inferred from 36Cl exposure dating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aloe Schlagenhauf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4601,51 +4601,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Radiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cotton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4969,51 +4969,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying past earthquakes on an active normal fault (Magnola, Italy) from the chemical analysis of its exhumed carbonate fault plane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5379,51 +5379,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crustal structure and magmato-tectonic processes in an active rift (Asal-Ghoubbet, Afar, East Africa): 2. Insights from the 23-year recording of seismicity since the last rifting event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Doubre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dorbath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6016,291 +6016,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00109375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeomagnetism and K-Ar and &amp;lt;SUP&amp;gt;40&amp;lt;/SUP&amp;gt;Ar/&amp;lt;SUP&amp;gt;39&amp;lt;/SUP&amp;gt;Ar ages in the Ali Sabieh area (Republic of Djibouti and Ethiopia): constraints on the mechanism of Aden ridge propagation into southeastern Afar during the last 10 Myr</w:t>
+                <w:t xml:space="preserve">Differential uplift and tilt of Pleistocene reef platforms and Quaternary slip rate on the Morne-Piton normal fault (Guadeloupe, French West Indies)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Audin</w:t>
+                <w:t xml:space="preserve">N. Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Tapponnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Quidelleur</w:t>
+                <w:t xml:space="preserve">B. Villemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Coulié</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. C. P. King</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2004.02286.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 109, pp. 682-700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2003JB002496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03600280v1</w:t>
+                <w:t xml:space="preserve">insu-03600289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential uplift and tilt of Pleistocene reef platforms and Quaternary slip rate on the Morne-Piton normal fault (Guadeloupe, French West Indies)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Palaeomagnetism and K-Ar and &amp;lt;SUP&amp;gt;40&amp;lt;/SUP&amp;gt;Ar/&amp;lt;SUP&amp;gt;39&amp;lt;/SUP&amp;gt;Ar ages in the Ali Sabieh area (Republic of Djibouti and Ethiopia): constraints on the mechanism of Aden ridge propagation into southeastern Afar during the last 10 Myr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Audin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Quidelleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Feuillet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">I. Manighetti</w:t>
+                <w:t xml:space="preserve">E. Coulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Villemant</w:t>
+                <w:t xml:space="preserve">V. Courtillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. C. P. King</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Gilder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 109, pp. 682-700. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 158, pp.327-345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2003JB002496⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2004.02286.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03600289v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03600280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term elasticity in the continental lithosphere; modelling the Aden Ridge propagation and the Anatolian extrusion process</w:t>
               </w:r>
@@ -6684,64 +6684,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arc parallel extension and localization of volcanic complexes in Guadeloupe, Lesser Antilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tapponnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6827,51 +6827,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afar I Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tapponnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Courtillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7520,51 +7520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Malavieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Strak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Manighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26ème Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, Oct 2018, Lille, France</w:t>
@@ -8016,51 +8016,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993436v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Giampietro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Manighetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gaudemer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2025.105393" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922049v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abderrazak Cherif" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Tripodi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Tarabalka" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laurore" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-2-2024-55-2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586604v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Scott" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Brigham" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/2021/9031662" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03664085v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Abercrombie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehuda Ben-Zion" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bernab&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bostock" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024501" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578548v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Molli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Bennett" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Malavieille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Serpelloni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences11030139" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03191101v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Matt&#233;o" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Gaucel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021269" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578549v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maren B&#246;se" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allie Hutchison" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawei Li" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Massin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2021.685879" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455176v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Manighetti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mercier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Barros" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL095372" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578546v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Filippelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Beal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harihar Rajaram" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Aghakouchak" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Balikhin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096644" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03664092v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel E. Abercrombie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB022351" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519375v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Perrin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dominguez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Stewart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59229-3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03688506v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kamdem de Teyou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tarabalka" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Almar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tripodi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B2-2020-1529-2020" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03594495v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uri ten Brink" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB019781" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578469v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL087539" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737966v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stewart" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gaudemer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Serreau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vincendeau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JB014863" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03664102v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Michard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Saddiqi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2018.07.001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02082790v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger de Wit" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duvail" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Seyler" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2017.10.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347286v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Manighetti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2015.05.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348985v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Ampuero" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cappa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JB012671" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534811v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2015.11.003" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01469151v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caulet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Barros" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cappa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014GC005691" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01469219v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dominguez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Garambois" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011787" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243587v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graveleau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Strak" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Dominguez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Chatton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2015.02.011" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6BH969R8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196113v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Walpersdorf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Mousavi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tavakoli" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vergnolle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013JB010620" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996403v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delor" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013GC005182" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VLQZK178-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02914109v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Courtillot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M Badro" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bourquin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campillo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cardin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2013.01.002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581776v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pinzuti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mercier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ggge.20187" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873350v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beaupretre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garambois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Malavieille" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dominguez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50317" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903460v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Finkel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50299" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704560v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Beaupretre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Garambois" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05366.x" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667264v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jacques" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kidane" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tapponnier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120080317" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667280v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aloe Schlagenhauf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Benedetti" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Finkel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.05.022" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-415QBF8H-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00549802v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boucher" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schlagenhauf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3121.2010.00969.x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6NM2HF2C-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565033v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#233; Schlagenhauf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Palumbo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/J.1365-246X.2010.04622.X" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00498838v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Zigone" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cotton" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2009.09.040" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L46WP7LP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447686v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Radiguet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cotton" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campillo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Douglas" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120080340" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447081v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cotte" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Walpersdorf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kostoglodov" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Antonio Santiago" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009EO210002" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00351998v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.06.042" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00332636v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carcaillet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nicole" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.03.059" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GH8N0D9L-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00345885v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doubre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dorbath" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dorbath" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005JB003940" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00198815v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bertil" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006JB004333" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00345890v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01284899v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00199652v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouley" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2006.11.004" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H97Z5GWV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00270324v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Wolf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. R. Ionescu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.02910.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109375v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sammis" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Mai" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. King" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JB003174" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3TZXK72F-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03600280v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Quidelleur" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Couli&#233;" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Courtillot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gilder" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2004.02286.x" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03600289v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Feuillet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Villemant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. C. P. King" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003JB002496" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03598421v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Hubert-Ferrari" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey King" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Armijo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Meyer" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-246X.2003.01872.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01570942v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Kidane" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Audin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lahitte" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JB000645" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03598419v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla C. Benedetti" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tapponnier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome van Der Woerd" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JB001546" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03597783v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JB000308" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01864308v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afar I Manighetti" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gallet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01499558v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Tapponnier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F M&#233;tivier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jacques" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.0956-540x.2000.01322.x" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03596952v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey C. P. King" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/1999JB900222" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2MGTSXN6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03577214v2" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilel Kanoun" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Zerubia" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9747007" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02982510v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahram Jafrasteh" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2020-1219-2020" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395874v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01870512v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2325135" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111576v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Barre" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Fox" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grognard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Guillot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993436v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Giampietro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Manighetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gaudemer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2025.105393" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922049v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abderrazak Cherif" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Tripodi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Tarabalka" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laurore" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-2-2024-55-2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586604v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Scott" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Brigham" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/2021/9031662" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03664085v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Abercrombie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehuda Ben-Zion" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bernab&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bostock" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024501" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578548v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Molli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Bennett" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Malavieille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Serpelloni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences11030139" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03191101v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Matt&#233;o" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Gaucel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021269" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455176v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Manighetti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mercier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Barros" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL095372" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578549v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maren B&#246;se" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allie Hutchison" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawei Li" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Massin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2021.685879" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578546v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Filippelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Beal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harihar Rajaram" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Aghakouchak" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Balikhin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096644" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03664092v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel E. Abercrombie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB022351" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519375v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Perrin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dominguez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Stewart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59229-3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03688506v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kamdem de Teyou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tarabalka" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Almar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tripodi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B2-2020-1529-2020" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03594495v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uri ten Brink" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB019781" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578469v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL087539" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737966v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stewart" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gaudemer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Serreau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vincendeau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JB014863" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03664102v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Michard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Saddiqi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2018.07.001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02082790v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger de Wit" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duvail" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Seyler" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2017.10.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347286v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Manighetti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2015.05.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348985v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Ampuero" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cappa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JB012671" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534811v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2015.11.003" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01469151v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caulet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Barros" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cappa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014GC005691" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01469219v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dominguez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Garambois" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011787" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243587v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graveleau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Strak" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Dominguez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Chatton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2015.02.011" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6BH969R8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196113v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Walpersdorf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Mousavi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tavakoli" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vergnolle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013JB010620" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996403v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delor" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013GC005182" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VLQZK178-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02914109v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Courtillot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M Badro" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bourquin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campillo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cardin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2013.01.002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581776v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pinzuti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mercier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ggge.20187" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873350v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beaupretre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garambois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Malavieille" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dominguez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50317" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903460v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Finkel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50299" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704560v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Beaupretre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Garambois" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05366.x" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667264v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jacques" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kidane" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tapponnier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120080317" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667280v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aloe Schlagenhauf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Benedetti" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Finkel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.05.022" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-415QBF8H-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00549802v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boucher" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schlagenhauf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3121.2010.00969.x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6NM2HF2C-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565033v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#233; Schlagenhauf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Palumbo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/J.1365-246X.2010.04622.X" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00498838v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Zigone" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cotton" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2009.09.040" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L46WP7LP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447686v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Radiguet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cotton" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campillo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Douglas" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120080340" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447081v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cotte" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Walpersdorf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kostoglodov" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Antonio Santiago" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009EO210002" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00351998v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.06.042" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00332636v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carcaillet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nicole" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.03.059" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GH8N0D9L-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00345885v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doubre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dorbath" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dorbath" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005JB003940" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00198815v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bertil" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006JB004333" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00345890v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01284899v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00199652v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouley" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2006.11.004" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H97Z5GWV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00270324v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Wolf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. R. Ionescu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.02910.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109375v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sammis" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Mai" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. King" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JB003174" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3TZXK72F-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03600289v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Feuillet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Villemant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. C. P. King" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003JB002496" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03600280v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Quidelleur" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Couli&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Courtillot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gilder" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2004.02286.x" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03598421v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Hubert-Ferrari" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey King" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Armijo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Meyer" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-246X.2003.01872.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01570942v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Kidane" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Audin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lahitte" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JB000645" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03598419v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla C. Benedetti" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tapponnier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome van Der Woerd" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JB001546" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03597783v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JB000308" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01864308v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afar I Manighetti" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gallet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01499558v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Tapponnier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F M&#233;tivier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jacques" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.0956-540x.2000.01322.x" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03596952v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey C. P. King" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/1999JB900222" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2MGTSXN6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03577214v2" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilel Kanoun" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Zerubia" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9747007" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02982510v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahram Jafrasteh" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2020-1219-2020" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395874v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01870512v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2325135" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111576v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Barre" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Fox" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grognard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Guillot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>