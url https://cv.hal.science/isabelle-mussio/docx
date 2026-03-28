--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -840,295 +840,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03719904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-indigenous species in marine and brackish waters along the Normandy coast</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurore Raoux</w:t>
+                <w:t xml:space="preserve">Marine artificial reefs, a meta-analysis of their design, objectives and effectiveness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Vivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Dauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Navon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Rusig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mussio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioInvasions Records</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3391/bir.2021.10.4.01⟩</w:t>
+              <w:t xml:space="preserve">Global Ecology and Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27, pp.e01538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gecco.2021.e01538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03474686v1</w:t>
+                <w:t xml:space="preserve">hal-03172105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine artificial reefs, a meta-analysis of their design, objectives and effectiveness</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maxime Navon</w:t>
+                <w:t xml:space="preserve">Non-indigenous species in marine and brackish waters along the Normandy coast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Baffreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Raoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Rusig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mussio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 27, pp.e01538. </w:t>
+              <w:t xml:space="preserve">BioInvasions Records</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (4), pp.755-774. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gecco.2021.e01538⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3391/bir.2021.10.4.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03172105v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03474686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of δ15N isotopic signatures of different intertidal macroalgal species: Assessment of bioindicators of N sources in coastal areas</w:t>
               </w:r>
@@ -2142,51 +2142,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faunal and Floral diversity ofhard substrate from the CHERLOC experimental dike</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Raoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Deloor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2299,64 +2299,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les espèces marines animales et végétales introduites en Normandie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandrine Baffreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Rusig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2582,51 +2582,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468469v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna-May Malahel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R. Dromard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mussio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Claquin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2026.102669" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447953v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lemesle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Rusig" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2025.103986" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355744v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Navon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Chatagnon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2025.152146" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05153053v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annesia Lamb" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Franklin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sin&#233;ad Morris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Sokolnicki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Sulpice" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670262.2025.2500007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04016152v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2023.103616" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719904v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vivier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dauvin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chasselin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Deloor" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2022.2088285" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03474686v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pezy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Baffreau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raoux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3391/bir.2021.10.4.01" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03172105v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2021.e01538" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433663v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Erraud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2016.06.006" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433667v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menet-Nedelec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2015.06.010" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X9X8PTML-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04126527v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Yagame Bodian" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Lafontaine" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Matard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-013-0042-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G7SM1711-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04126479v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-008-9359-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9HHNBK00-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734162v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Vall&#232;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cordonnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03773271v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Vivier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Navon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chasselin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Deloor" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1245/1/012003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03770402v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Claquin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rusig" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Mussio" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1245/1/012011" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03853356v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Deloor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Charbonnelle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Van Paemelen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04010889v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468469v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna-May Malahel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R. Dromard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mussio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Claquin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2026.102669" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447953v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lemesle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Rusig" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2025.103986" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355744v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Navon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Chatagnon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2025.152146" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05153053v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annesia Lamb" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Franklin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sin&#233;ad Morris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Sokolnicki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Sulpice" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670262.2025.2500007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04016152v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2023.103616" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719904v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vivier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dauvin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chasselin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Deloor" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2022.2088285" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03172105v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2021.e01538" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03474686v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pezy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Baffreau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raoux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3391/bir.2021.10.4.01" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433663v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Erraud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2016.06.006" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433667v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menet-Nedelec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2015.06.010" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X9X8PTML-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04126527v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Yagame Bodian" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Lafontaine" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Matard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-013-0042-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G7SM1711-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04126479v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-008-9359-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9HHNBK00-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734162v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Vall&#232;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cordonnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03773271v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Vivier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Navon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chasselin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Deloor" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1245/1/012003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03770402v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Claquin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rusig" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Mussio" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1245/1/012011" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03853356v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Deloor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Charbonnelle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Van Paemelen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04010889v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>