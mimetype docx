--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -72,9336 +72,9902 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
-[...3850 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards croisés sur l’évaluation du dispositif ANL4AMi : difficultés, apports et discussions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Guedat-Bittighoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Dat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodologies et pratiques des classes multilingues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04879804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attitudes vis-à-vis d’une langue minoritaire et son utilisation : le cas des élèves bilingues breton-français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité linguistique, éducation et transmission en Bretagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04457343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enseignement renforcé du reo mā'ohi au cycle 3. Evaluation d’un dispositif de prévention de l'illettrisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des expérimentations pour lutter contre les inégalités, discriminations et promouvoir la mixité sociale,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Documentation française, 2019, 978-2111458840</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03023902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle plus-value du programme « Parler bambin » pour les enfants en multi-accueil ? .</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Ben Soussa; S. Rayna. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parler Bambin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Erès, pp.73-92, 2018, 9782749261683</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01914740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation du dispositif ELAN-Afrique : aspects méthodologiques et bilan d'étape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maurer B. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les approches bi-plurilingues d’enseignement-apprentissage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, : Editions des archives contemporaines, pp.411-421, 2016, 9782813001955</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02484198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intersections of Language Ideology, Power, and Identity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirose Paia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cummins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wayne E. Wright, ; Sovicheth Boun; Ofelia Garcia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Handbook of Bilingual and Multilingual Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-Blackwell, p. 145-163, 2015, 978-1-11-853349-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01686974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation du dispositif ELAN-Afrique : Aspect méthodologiques et bilan d’étape.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Maurer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les approches bi-plurilingues d’enseignement-apprentissage : autour du programme Ecole et langues nationales en Afrique (ELAN-Afrique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions des archives contemporaines., pp.411-421, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01914899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intersections of Language Ideology, Power, and Identity: Bilingual Education and Indigenous Language Revitalization in French Polynesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirose Paia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jim Cummins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">John Wiley &amp; Sons. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in W. Wright, S. Boun &amp; O. Garcia (Eds.), The Handbook of Bilingual and Multilingual Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 1118533496</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03026987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact du dispositif « intervenants en langues maternelles » sur le développement des compétences des élèves de CP suivis au CE1. Résultats provisoires d’une évaluation psycholinguistique réalisée en Guyane</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Étude longitudinale de l’impact du dispositif d’enseignement renforcé du tahitien sur le développement des compétences des élèves (CP-CE1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirose Paia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">I. Nocus, J. Vernaudon et M. Paia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'école plurilingue en Outre-mer : Apprendre plusieurs langues, plusieurs langues pour apprendre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, P.U.R., pp.225-244, 2014</w:t>
+              <w:t xml:space="preserve">, P.U.R, pp.175-198, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01915013v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01914932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude longitudinale de l’impact du dispositif d’enseignement renforcé du tahitien sur le développement des compétences des élèves (CP-CE1)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Impact du dispositif d’enseignement des langues et des cultures kanak sur le développement des compétences des élèves (CP – CE1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">I. Nocus, J. Vernaudon et M. Paia. </w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Isabelle Nocus; Jacques Vernaudon; Mirose Paia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'école plurilingue en Outre-mer : Apprendre plusieurs langues, plusieurs langues pour apprendre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, P.U.R, pp.175-198, 2014</w:t>
+              <w:t xml:space="preserve">L'école plurilingue en Outre-mer : apprendre plusieurs langues, plusieurs langues pour apprendre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 175-198, 2014, 978-2-7535-2876-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01914932v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01778739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact du dispositif d’enseignement des langues et des cultures kanak sur le développement des compétences des élèves (CP – CE1)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Isabelle Nocus; Jacques Vernaudon; Mirose Paia. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">I. Nocus, J. Vernaudon et M. Paia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'école plurilingue en Outre-mer : apprendre plusieurs langues, plusieurs langues pour apprendre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 175-198, 2014, 978-2-7535-2876-5</w:t>
+              <w:t xml:space="preserve">L'école plurilingue en Outre-mer : Apprendre plusieurs langues, plusieurs langues pour apprendre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.9-19, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01778739v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01914920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Impact du dispositif « intervenants en langues maternelles » sur le développement des compétences des élèves de CP suivis au CE1. Résultats provisoires d’une évaluation psycholinguistique réalisée en Guyane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Renault-Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bettina Migge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">I. Nocus, J. Vernaudon et M. Paia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'école plurilingue en Outre-mer : Apprendre plusieurs langues, plusieurs langues pour apprendre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.9-19, 2014</w:t>
+              <w:t xml:space="preserve">, P.U.R., pp.225-244, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01914920v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01915013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction des langues océaniennes à l’école primaire : bilan d’étape du programme Ecolpom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirose Paia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Colombel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in D. Omer et F. Tupin (Eds.), Educations plurilingues. L’aire francophone entre héritages et innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Des sociétés, 978-2-7535-2277-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction des langues océaniennes à l’école primaire : bilan d’étape du programme Ecolpom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Fillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Colombel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Omer, D. et Tupin, F. (Dir.), Educations plurilingues. L’aire francophone entre héritages et innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluer les compétences des enfants tout venants et à besoins spécifiques : un outil pour la prévention des difficultés scolaires et l’aide aux apprentissages.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mellier, D. (Dir.). Le développement de l'enfant né prématurément</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Solal, Marseille. Coll. Troubles du développement psychologique et des apprentissages, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évaluation des dispositifs bilingues d’enseignement en Océanie francophone.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Florin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vernaudon, J. ; Fillol, V. (Dir.). Vers une école plurilingue dans les collectivités françaises d’Océanie et de Guyane. Cahiers du Pacifique Sud Contemporain.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hors série 1, L'Harmattan. Cahier du Pacifique Sud Contemporain, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Favoriser le développement des compétences lexicales et métalexicales en vue d’une aide à la production de textes au cycle 3.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grossman, F. ; Plane, S. Lexique et production verbale vers une meilleure intégration des apprentissages lexicaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires du Septentrion, Lille, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’école républicaine française et les langues kanak (pp. 295-307)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Fillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Perpignan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Burban C. et Lagarde C. (travaux réunis par), L’école, instrument de sauvegarde des langues menacées ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 2354120184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04071448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (20)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des pratiques linguistiques scolaires et familiales sur le potentiel créatif d'enfants polynésiens scolarisés en classe de CP-CE2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pascale Crèvecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Coudronniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Humeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Henri Guignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17e colloque international RIPSYDEVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Lorrain de Psychologie et Neurosciences; Université de Lorraine, Jun 2025, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05129646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositif bilingue à parité horaire en Polynésie française : enjeux et effets sur les compétences langagières, la créativité et la satisfaction de vie d'élèves du CP au CE2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Life Satisfaction and Enjoyment in Learning French Among Allophone Children in France: An Exploratory Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Maksud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Journées de la Recherche en Éducation 2024 Recherches Interdisciplinaires sur les Interactions entre Cultures, Langues et Apprentissages Scolaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Inspé de la Réunion, Oct 2024, Saint Denis, France</w:t>
+              <w:t xml:space="preserve">European Conference on Developmental Psychology (ECDP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Vilnius, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04763945v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accueil et bien-être des étudiants Bénéficiaires d'une Protection Internationale inscrits au DU Passerelle de Nantes Université</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Well-being of plurilingual migrant learners in France: a study on life satisfaction, language anxiety and enjoyment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Maksud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nantes Université [Nantes Univ], Apr 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">European Conference on Developmental Psychology (ECDP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Vilnius, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04560063v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bien-être à l’école des élèves de 10 ans vivant en France en contexte bilingue avec une langue minorée : rôle du soutien social perçu des enseignants et des pairs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Evaluer la satisfaction de vie des élèves allophones nouvellement arrivés en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Maksud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international. Contact des langues &amp; acquisition bi/plurilingue : diversité des situations, diversité des processus ? (RéAL2 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Mulhouse, Jul 2023, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Psychologie (SFP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457451v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’effet modérateur du contexte linguistique familial de l’élève sur la relation entre sa satisfaction scolaire et celle à l’égard de la relation enseignant-élève</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Dispositif bilingue à parité horaire en Polynésie française : enjeux et effets sur les compétences langagières, la créativité et la satisfaction de vie d'élèves du CP au CE2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Bonet-Tirao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Henri Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pascale Crèvecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international. Plurilinguisme, enseignement-apprentissage, complexité et intégrité : perspectives épistémologiques, didactiques et politiques (PLURENSA 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Montpellier, Jun 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Les Journées de la Recherche en Éducation 2024 Recherches Interdisciplinaires sur les Interactions entre Cultures, Langues et Apprentissages Scolaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Inspé de la Réunion, Oct 2024, Saint Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457457v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attachment in extremely premature children: preliminary results</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+                <w:t xml:space="preserve">Accueil et bien-être des étudiants Bénéficiaires d'une Protection Internationale inscrits au DU Passerelle de Nantes Université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Maksud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdiya Hassan-Laksiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Mosca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIFREF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Venise, Italy</w:t>
+              <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nantes Université [Nantes Univ], Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056533v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Family language practices and children's subjective well-being: a study of French bilingual 10-year-olds</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Mesure des émotions dans l’apprentissage du français langue seconde : l’anxiété langagière et l’enjoyment des élèves migrants allophones en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Maksud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX International Congress of AIFREF 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Istituto Universitario Salesiano Venezia Mestre, Jun 2022, Venezia, Italy</w:t>
+              <w:t xml:space="preserve">Colloque RIPSYDEVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457462v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilinguisme des enfants : utilisation et maintien de la langue minoritaire selon les pratiques linguistiques parentales et les attitudes des enfants envers leur langue.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’effet modérateur du contexte linguistique familial de l’élève sur la relation entre sa satisfaction scolaire et celle à l’égard de la relation enseignant-élève</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e édition du RIPSYDEVE 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Youssef Tazouti, Oct 2020, Nancy, France</w:t>
+              <w:t xml:space="preserve">Colloque international. Plurilinguisme, enseignement-apprentissage, complexité et intégrité : perspectives épistémologiques, didactiques et politiques (PLURENSA 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Montpellier, Jun 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457435v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’attachement chez les enfants très grands prématurés : quelles relations avec les représentations maternelles et le stress parental ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Bien-être à l’école des élèves de 10 ans vivant en France en contexte bilingue avec une langue minorée : rôle du soutien social perçu des enseignants et des pairs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international RIPSYDEVE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine, 2020, Distanciel, France</w:t>
+              <w:t xml:space="preserve">Colloque international. Contact des langues &amp; acquisition bi/plurilingue : diversité des situations, diversité des processus ? (RéAL2 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Mulhouse, Jul 2023, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04057293v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les relations entre l’attachement, les performances langagières et l’adaptation scolaire des enfants nés très grands prématurés : le rôle du stress et des représentations maternelles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Attachment in extremely premature children: preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona Sandnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bacro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinay, A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d’équipe du thème 4 du CREN « Qualité de vie : approches psychologiques, développementales, cliniques et éducatives »,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Nantes, France</w:t>
+              <w:t xml:space="preserve">AIFREF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061505v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations et le stress maternels : quelles implications pour la sécurité d’attachement des enfants nés très grands prématurés ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Family language practices and children's subjective well-being: a study of French bilingual 10-year-olds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international doctoral de l’éducation et de la formation. CREN / CREAD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Distanciel, France</w:t>
+              <w:t xml:space="preserve">XIX International Congress of AIFREF 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Istituto Universitario Salesiano Venezia Mestre, Jun 2022, Venezia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04057303v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation du projet ANL4AMi</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">I. Nocus</w:t>
+                <w:t xml:space="preserve">Bilinguisme des enfants : utilisation et maintien de la langue minoritaire selon les pratiques linguistiques parentales et les attitudes des enfants envers leur langue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Le monde des enfants et leur bien-être</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Nantes, Jun 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">13e édition du RIPSYDEVE 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Youssef Tazouti, Oct 2020, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04870456v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plurilinguisme et scolarisation en Guyane, Nouvelle Calédonie et Polynésie française</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">L’attachement chez les enfants très grands prématurés : quelles relations avec les représentations maternelles et le stress parental ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Sandnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacro, F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinay, A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enseigner l'outre-mer, enseigner en outre-mer, DGESCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international RIPSYDEVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, 2020, Distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00960285v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04057293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilinguisme à l’épreuve. Colloque Livre Blanc sur les SHS dans le Pacifique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Salaün</w:t>
+                <w:t xml:space="preserve">Les représentations et le stress maternels : quelles implications pour la sécurité d’attachement des enfants nés très grands prématurés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Sandnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacro F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinay, A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Session Enseignement : scolarisation, curriculum scolaire, universités et recherche, plurilinguismes, organisé par le CNRS, le Credo (Centre de recherche et de documentation sur l’Océanie) et IMASIE Réseau Asie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international doctoral de l’éducation et de la formation. CREN / CREAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03386690v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04057303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation psycholinguistique des programmes d’enseignement bilingue français/tahitien en Polynésie française</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Les relations entre l’attachement, les performances langagières et l’adaptation scolaire des enfants nés très grands prématurés : le rôle du stress et des représentations maternelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Sandnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacro, F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinay, A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Inter-Congrès des Sciences du Pacifique et 2èmes Assises de la Recherche française dans le Pacifique. Les Pays du Pacifique et leur environnement océanique face aux changements locaux et globaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Papeete, Polynésie française</w:t>
+              <w:t xml:space="preserve">Séminaire d’équipe du thème 4 du CREN « Qualité de vie : approches psychologiques, développementales, cliniques et éducatives »,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03386724v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">School and linguistic diversity in French Oceanian Collectivities,</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Présentation du projet ANL4AMi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Dat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Inter-Congrès des Sciences du Pacifique et 2èmes Assises de la Recherche française dans le Pacifique. Les Pays du Pacifique et leur environnement océanique face aux changements locaux et globaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Papeete, French Polynesia</w:t>
+              <w:t xml:space="preserve">Colloque international Le monde des enfants et leur bien-être</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03386980v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04870456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation psycholinguistique des programmes d’enseignement bilingue français/tahitien en Polynésie française</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+                <w:t xml:space="preserve">Plurilinguisme et scolarisation en Guyane, Nouvelle Calédonie et Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Alby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Léglise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Inter-Congrès des Sciences du Pacifique et 2èmes Assises de la Recherche française dans le Pacifique. Les Pays du Pacifique et leur environnement océanique face aux changements locaux et globaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Papeete, Polynésie française</w:t>
+              <w:t xml:space="preserve">Enseigner l'outre-mer, enseigner en outre-mer, DGESCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03386933v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00960285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La prise en compte des langues maternelles kanak favorise-t-elle l’appropriation du français ? Bilan d’étape d’une expérimentation en Nouvelle-Calédonie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+                <w:t xml:space="preserve">Bilinguisme à l’épreuve. Colloque Livre Blanc sur les SHS dans le Pacifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Fillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Païa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Appropriation du français et construction de connaissances en situation diglossique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2007, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Session Enseignement : scolarisation, curriculum scolaire, universités et recherche, plurilinguismes, organisé par le CNRS, le Credo (Centre de recherche et de documentation sur l’Océanie) et IMASIE Réseau Asie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03386754v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03386690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation du langage et des langues dans la pratique pédagogique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Evaluation psycholinguistique des programmes d’enseignement bilingue français/tahitien en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Païa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Vers une école plurilingue en Océanie francophone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Nouméa, Nouvelle-Calédonie</w:t>
+              <w:t xml:space="preserve">11ème Inter-Congrès des Sciences du Pacifique et 2èmes Assises de la Recherche française dans le Pacifique. Les Pays du Pacifique et leur environnement océanique face aux changements locaux et globaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Papeete, Polynésie française</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03386760v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03386933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">School and linguistic diversity in French Oceanian Collectivities,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.-D. Sam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Païa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11ème Inter-Congrès des Sciences du Pacifique et 2èmes Assises de la Recherche française dans le Pacifique. Les Pays du Pacifique et leur environnement océanique face aux changements locaux et globaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Papeete, French Polynesia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03386980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation psycholinguistique des programmes d’enseignement bilingue français/tahitien en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Païa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11ème Inter-Congrès des Sciences du Pacifique et 2èmes Assises de la Recherche française dans le Pacifique. Les Pays du Pacifique et leur environnement océanique face aux changements locaux et globaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Papeete, Polynésie française</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03386724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation du langage et des langues dans la pratique pédagogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Vers une école plurilingue en Océanie francophone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Nouméa, Nouvelle-Calédonie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03386760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effets de dispositifs d’enseignement de la culture et des langues d’origine sur la maîtrise du français à l’école primaire en Nouvelle-Calédonie et en Polynésie française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Session thématique Psychologie transculturelle, congrès national de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03386692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise en compte des langues maternelles kanak favorise-t-elle l’appropriation du français ? Bilan d’étape d’une expérimentation en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Fillol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pineau-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Appropriation du français et construction de connaissances en situation diglossique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2007, Nanterre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03386754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parental language practices and children’s use of the minority language: The mediating role of children’s language attitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Bilingualism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 0, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/13670069231207326⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apports de la Méthode Verbo-Tonale adaptée à un dispositif d’enseignement-apprentissage intégrant l’Approche Neurolinguistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yudan Zeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches. Revue de didactique et de pédagogie du français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04715717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Link between the attitude of teachers towards inclusive education and the quality of inclusive education as perceived by parents of children with a disability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Learning Environments Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28, pp.523-538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10984-025-09534-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05045088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amount of instructional and inclusion time for children with disabilities in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Inclusive Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13603116.2024.2303137⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05045106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Well-being at School of 10-year-old Students Living in France in a Bilingual Family Language Context with a Minorated Language: Role of Teacher-Student and Peer Relationship Satisfaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferran Casas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Child Indicators Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12187-024-10128-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teachers' non‐response bias in questionnaires about their attitude towards inclusive education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Research in Special Educational Needs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1471-3802.12726⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subjective well-being and social inclusion at school for students with a disability, according to their parents, in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research in Developmental Disabilities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 153, pp.104814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ridd.2024.104814⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Children’s Bilingualism and Bilitteracy in Different Multilingual Contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contextes et Didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11ub5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parental stress and mental health outcomes following very preterm birth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Sandnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Riquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 355 (355), pp.513-525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jad.2024.03.154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilingualism of Children in Different Multilingual Contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (9), pp.304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/languages9090304⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de l’ANL sur la sécurisation affective et émotionnelle des élèves allophones au sein de deux dispositifs spécifiques d’accueil au collège en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guedat-Bittighoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LIDIL - Revue de linguistique et de didactique des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 68, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/lidil.12199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Life satisfaction of 10-year-olds in a bilingual context in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Guihard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Multilingual and Multicultural Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01434632.2023.2216665⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04116028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Life satisfaction of 10-year-olds in a bilingual context in France: the predictive role of parental language practices and children’s use of the minority language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Guihard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Multilingual and Multicultural Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (3), pp.848-862. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01434632.2023.2216665⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude d’impact de l’ANL sur les compétences orales et écrites en français langue seconde auprès d’élèves allophones en collège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Maksud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LIDIL - Revue de linguistique et de didactique des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Enseigner avec l’Approche neurolinguistique. Quel apport pour l’apprentissage des langues ?, 68, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/lidil.12285⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations entre perceptions de soi et performances scolaires à l'école élémentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bacro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Ferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Gaudonville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Varia, 104, pp. 77-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48464/ef-104-04⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03777397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teachers' attitude towards inclusive education from 2000 to 2020: An extended meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Educational Research Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.100175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijedro.2022.100175⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04231269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquête sur le bien-être des enfants en France : cadre conceptuel et méthodologique de la Children’s Worlds Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Macarena-Paz Celume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guirimand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences &amp; Bonheur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.13-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03262415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enjeux de l’implantation de l’approche neurolinguistique, une nouvelle méthode d’apprentissage du français langue seconde auprès d’élèves allophones en contexte scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guedat-Bittighoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Dat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45, pp.111-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ree.9513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques familiales autour du livre et vocabulaire des jeunes enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de l'éducation familiale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 47 (1), pp.75-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rief.047.0075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation d’un dispositif d’aide au développement du langage dans des multi-accueils municipaux. Discussion d’une absence d’effet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lainé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Devenir - Revue européenne du développement de l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (2), pp.147-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dev.182.0147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01914649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maîtrise de l’oral et de l’écrit en français et en tahitien : une étude longitudinale du CP au CM2 en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 63 (4), pp.357-377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2017.09.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of the « Ecole et langues nationales en Afrique » program: Methodological Aspects and Interim Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AFD Research Paper Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maîtrise de l’oral et de l’écrit en français et en tahitien : une étude longitudinale du CP au CM2 en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2017.09.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01677660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effets d’un programme bilingue d’apprentissage de l’écrit (initiative ELAN-Afrique) à l’école primaire en Afrique subsaharienne francophone.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ree.3027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01914678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effets d’un programme bilingue d’apprentissage de l’écrit (initiative ELAN-Afrique) à l’école africaine en Afrique subsaharienne francophone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29, pp.149-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ree.3027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effets de dispositifs de prévention des difficultés langagières dans des contextes monolingues et plurilingues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lainé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016 (01), pp.113-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4074/S0013754516001087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01316613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact de dispositifs pédagogiques bilingues sur la maîtrise de l’écrit en français en contextes diglossiques et francophones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 136-137, pp.275-282</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01914714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de l’enseignement de la langue arabe en classe ELCO (Enseignement des langues et cultures d’origine) sur les performances scolaires et langagières en français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Rachidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2013 (4), pp.349-372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/enf1.134.0349⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effectiveness of a heritage educational program for the acquisition of oral and written French and Tahitian in French Polynesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirose Paia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cosnefroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching and Teacher Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tate.2011.07.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01219800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de dispositifs pédagogiques qui valorisent les langues locales sur les dimensions cognitives et conatives au CP et CE1 : Étude comparée en Polynésie française et en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raisons, comparaisons, éducations : la revue française d'éducation comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8, pp.164-183</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01219795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autorégulation comportementale et apprentissages scolaires à l’école maternelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03386692v1</w:t>
+                <w:t xml:space="preserve">Blandine Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Crusson-Pondeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 57 (3), pp.134-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2012.07.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de dispositifs pédagogiques bilingues sur le développement langagier et la réussite scolaire à l’école primaire en collectivités françaises d’outremer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirose Paia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 115, pp.494-501</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le programme de recherche &amp;quot; Ecole plurilingue outre-mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Alby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Fillol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Culture et recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 125, pp.18-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00666056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le développement du jeune enfant : les apports de la recherche à la prise en charge des enfants aujourd’hui et demain par les professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 112/113, pp.127-130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilinguisme à l’épreuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Têtes chercheuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets d’un enseignement en langue kanak sur les compétences oral / écrit en français au cycle 2 en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Vernaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 491</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Link between the attitude of teachers towards inclusive education and the quality of inclusive education as perceived by parents of children with a disability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Lacroix</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05045095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amount of instructional and inclusion time for children with disabilities in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validation d'une échelle de satisfaction de vie chez les élèves allophones en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Maksud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Delphine Guedat-Bittighoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International Plurensa-2023 : Plurilinguisme, enseignement-apprentissage, complexité et intégrité : perspectives épistémologiques, didactiques et politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bien-être subjectif et inclusion sociale des élèves en situation de handicap à l’école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Françoise Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Lacroix</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04504000v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nantes - Journées scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nantes, France. Unpublished, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.22802.02244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La satisfaction de vie, l’anxiété langagière et la satisfaction d’apprendre chez les élèves allophones en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Maksud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RIPSYDEVE 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les représentations d’attachement des enfants nés très grands prématurés à 3 ans : Quels liens avec les représentations maternelles?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Sandnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacro, F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinay, A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées scientifiques du bien-être des enfants et des jeunes en contexte de pandémie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les représentations d’attachement des enfants nés très grands prématurés à 3 ans : Quels liens avec les représentations maternelles?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Sandnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacro F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinay, A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées scientifiques du bien-être des enfants et des jeunes en contexte de pandémie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Nantes, France. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les représentations d’attachement des enfants nés très grands prématurés à 3 ans : Quels liens avec les représentations maternelles?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Sandnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacro, F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinay, A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées scientifiques du bien-être des enfants et des jeunes en contexte de pandémie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lien entre le fonctionnement exécutif et la créativité chez les enfants bi/plurilingues d’âge scolaire : Étude pilote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pascale Crèvecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Henri Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14ème colloque international du RIPSYDEVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Montpellier, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2018.02529⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bien-être perçu des enfants bilingues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Nocus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12ème colloque international du RIPSYDEVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards croisés sur l’évaluation du dispositif ANL4AMi : apports et discussions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Dat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international Plurensa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">, Jun 2023, Montpellier, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04869192v1</w:t>
-              </w:r>
-[...816 lines deleted...]
-                <w:t xml:space="preserve">hal-04478518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilinguisme et bilittéracie des enfants dans différents contextes multilingues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PUR, 2022, 978-2-7535-8379-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04529309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’école plurilingue en outre-mer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirose Paia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P.U.R., 2014, 978-2-7535-2876-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01130602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9411,594 +9977,594 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Children’s Worlds 3rd wave, French national report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Sovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guirimand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Nantes. 2019, pp.231-246</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04967873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagnement et évaluation d’un programme de prévention précoce du langage dans les multi-accueils municipaux de la ville de Nantes. Bilan final 2013-2016.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lainé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CREN Université de Nantes. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04976302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagnement et évaluation d’un programme de prévention précoce du langage dans les multi-accueils municipaux de la ville de Nantes. Bilan intermédiaire 2014-2015.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lainé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CREN Université de Nantes. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04976284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'enseignement renforcé du reo ma'ohi au cycle 3 comme prévention et lutte contre l'illettrisme en Polynésie française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Fonds d'expérimentation pour la jeunesse; Université de Nantes; EHESS - Paris. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagnement et évaluation d’un programme de prévention précoce du langage dans les multi-accueils municipaux de la ville de Nantes. Bilan intermédiaire 2013-2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lainé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CREN Université de Nantes. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04976272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10008,91 +10574,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilinguisme et bilittéracie des enfants dans différents contextes diglossiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Nantes université, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04764017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10102,138 +10668,138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les langues autochtones à l’école, Evaluation des programmesd’enseignementbilingueàl’école primaire en Nouvelle-Calédonie, Polynésie française et Guyane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Fillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Vernaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence publique à l'Université de la Nouvelle Calédonie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03379282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId189"/>
+      <w:footerReference w:type="default" r:id="rId197"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10380,51 +10946,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045088v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Guillemot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lacroix" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nocus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10984-025-09534-3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457215v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Humeau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guimard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13670069231207326" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715717v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ran&#231;on" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudan Zeng" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706629v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9090304" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529996v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Sandnes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Floch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Riquin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Muller" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2024.03.154" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045106v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13603116.2024.2303137" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552333v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Casas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12187-024-10128-3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717579v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-3802.12726" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677932v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2024.104814" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763977v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11ub5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055073v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guihard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01434632.2023.2216665" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763966v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Maksud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.12285" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04116028v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763968v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guedat-Bittighoffer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.12199" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231269v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijedro.2022.100175" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03777397v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Florin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bacro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ferri&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Gaudonville" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-104-04" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262415v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena-Paz Celume" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Constans" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guirimand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457326v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Dat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.9513" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914649v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lain&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.182.0147" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481624v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2017.09.004" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481358v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.3027" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677660v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nocus" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guimard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Florin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481449v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914678v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316613v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0013754516001087" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914714v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278948v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Rachidi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf1.134.0349" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219800v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Vernaudon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirose Paia" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cosnefroy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2011.07.001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGFV7QD6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219795v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217938v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Hubert" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Crusson-Pondeville" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2012.07.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666056v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Alby" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sala&#252;n" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fillol" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278909v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217934v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332904v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332702v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879804v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457343v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023902v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914740v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484198v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686974v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cummins" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sala&#252;n" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914899v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026987v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Cummins" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915013v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Renault-Lescure" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Migge" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914932v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778739v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914920v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030044v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colombel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314463v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fillol" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colombel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314322v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314361v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314281v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071448v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129646v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pascale Cr&#232;vecoeur" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronniere" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Guignard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763945v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Bonet-Tirao" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560063v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bellanger" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdiya Hassan-Laksiri" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Mosca" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457451v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457457v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056533v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinay, A" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Miljkovitch" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457462v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457435v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057293v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bacro, F" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061505v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057303v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bacro F" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870456v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guedat&#8208;bittighoffer" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00960285v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle L&#233;glise" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Lescure" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386690v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pa&#239;a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386724v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386980v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-D. Sam" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386933v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386754v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pineau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386760v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386692v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045095v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504000v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869192v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891244v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338620v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22802.02244" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056629v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058808v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058839v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766414v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Barbot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.02529" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478518v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04529309v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130602v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04967873v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sovet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976302v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976284v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030079v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976272v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04764017v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379282v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879804v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guedat-Bittighoffer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nocus" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Dat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457343v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Humeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guimard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023902v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sala&#252;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914740v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484198v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Florin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686974v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirose Paia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cummins" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nocus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sala&#252;n" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Vernaudon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914899v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026987v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Cummins" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914932v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778739v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guimard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Florin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914920v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915013v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Renault-Lescure" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Migge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030044v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colombel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314463v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fillol" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colombel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314322v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314361v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314281v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071448v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fillol" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129646v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pascale Cr&#232;vecoeur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronniere" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Guignard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537746v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Maksud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guedat&#8208;bittighoffer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537750v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537756v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763945v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Bonet-Tirao" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560063v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bellanger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdiya Hassan-Laksiri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Mosca" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457457v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457451v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056533v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Sandnes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bacro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinay, A" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Miljkovitch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457462v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457435v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057293v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bacro, F" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057303v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bacro F" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061505v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870456v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00960285v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Alby" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle L&#233;glise" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Lescure" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386690v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pa&#239;a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386933v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386980v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-D. Sam" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386724v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386760v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386692v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386754v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pineau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457215v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13670069231207326" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715717v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ran&#231;on" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudan Zeng" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045088v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Guillemot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lacroix" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10984-025-09534-3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045106v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13603116.2024.2303137" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552333v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Casas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12187-024-10128-3" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717579v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-3802.12726" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677932v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2024.104814" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763977v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11ub5" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529996v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Floch" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Riquin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Muller" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2024.03.154" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706629v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9090304" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763968v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.12199" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04116028v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guihard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01434632.2023.2216665" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055073v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763966v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.12285" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03777397v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ferri&#232;re" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Gaudonville" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-104-04" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231269v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijedro.2022.100175" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262415v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena-Paz Celume" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Constans" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guirimand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457326v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.9513" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05563276v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Bodin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.047.0075" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914649v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lain&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.182.0147" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481624v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2017.09.004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481449v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677660v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914678v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.3027" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481358v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316613v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0013754516001087" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914714v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278948v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Rachidi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf1.134.0349" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219800v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cosnefroy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2011.07.001" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGFV7QD6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219795v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217938v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Hubert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Crusson-Pondeville" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2012.07.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278909v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666056v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217934v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332904v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332702v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045095v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504000v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537720v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338620v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22802.02244" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891244v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058808v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056629v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058839v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766414v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Barbot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.02529" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478518v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869192v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04529309v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130602v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04967873v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sovet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976302v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976284v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030079v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976272v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04764017v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379282v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>