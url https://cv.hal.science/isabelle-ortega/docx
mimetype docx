--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2712,165 +2712,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03073024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La contrainte et l’affectif : deux façons de prénommer en Morée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque : "Le legs des pères et le lait des mères ou comment se raconte le genre dans la parenté du Moyen Âge au XXIe siècle", Université de Nîmes, Nîmes, 13-14 juin 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Nîmes, France. pp.29-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03071509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les relations épistolaires au sein des lignages nobiliaires ou comment user de la plume pour consolider son pouvoir en Morée au Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ortega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langages et communication : 139e Congrès des Sociétés historiques et scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Nîmes, May 2014, Nîmes (Gard), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01535075v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03071509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mainmise financière des Angevins sur leur périphérie. L’exemple de la principauté de Morée aux XIIIe-XIVe siècles</w:t>
               </w:r>
@@ -4955,178 +4955,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01565576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'inventaire de la bibliothèque de Léonard Véroli. Témoignage des influences occidentales et orientales dans la principauté de Morée à la fin du XIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'autorité de l'écrit au Moyen âge (Orient-Occident), XXXIXe Congrès de la SHMESP (Le Caire, 30 avril-5 mai 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de la Sorbonne, pp.196-201, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’inventaire de la bibliothèque de Léonard de Véroli. Témoignages des influences occidentales et orientales dans la principauté de Morée (fin XIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ortega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIXe Congrès de la Société des historiens médiévistes de l'enseignement supérieur public (SHMESP) au Caire (Egypte), 30 avril - 5 mai 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 102, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publications de la Sorbonne. (Histoire ancienne et médiévale)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.196-201, 2009, L’autorité de l’écrit au Moyen Âge (Orient-Occident)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Publications de la Sorbonne. (Histoire ancienne et médiévale)</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01565572v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03315610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques réflexions sur le patrimoine des lignages latins dans la principauté de Morée</w:t>
               </w:r>
@@ -5610,51 +5610,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7D76A479"/>
+    <w:nsid w:val="6D41918B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5841,51 +5841,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-ortega" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3021-6959" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/134247949" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086183v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortega" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.12200" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928040v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522173v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309388v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062897v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/cchyp.2013.1073" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567346v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524162v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guizard-Ortega" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913184v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912801v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276674v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tchounikine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086191v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912814v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086208v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086217v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086178v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086201v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355869v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Miquel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mathieu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556399v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086162v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cosson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Almanzy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424808v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424803v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Matthieu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925697v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933767v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925696v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sampsonis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071508v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523968v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533573v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073023v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Akrifed" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073025v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567561v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Akrifed" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533670v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069752v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073024v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535075v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071509v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533652v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069756v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069578v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876866v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534225v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071598v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523988v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072680v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069112v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069110v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076034v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419205v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373484v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aug&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anna Chevalier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mutafian" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092608v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Baldasseroni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Olivier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Teyssier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004773v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522162v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brepols.net/Pages/ShowProduct.aspx?prod_id=IS-9782503541501-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.HIFA-EB.5.106732" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912809v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551165v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leopardor.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734898v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.4097" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933763v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06458-9.p.0009" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924847v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/3571" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3571" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933764v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06458-9.p.0091" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522185v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brepols.net/Pages/ShowProduct.aspx?prod_id=IS-9782503551401-1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315608v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564576v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565576v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565572v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shmesp.fr/spip.php?article75" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315610v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310048v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310049v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913221v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443933v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04232680v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grivaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-ortega" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3021-6959" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/134247949" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086183v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortega" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.12200" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928040v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522173v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309388v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062897v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/cchyp.2013.1073" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567346v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524162v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guizard-Ortega" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913184v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912801v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276674v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tchounikine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086191v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912814v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086208v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086217v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086178v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086201v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355869v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Miquel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mathieu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556399v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086162v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cosson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Almanzy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424808v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424803v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Matthieu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925697v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933767v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925696v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sampsonis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071508v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523968v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533573v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073023v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Akrifed" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073025v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567561v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Akrifed" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533670v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069752v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073024v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071509v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535075v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533652v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069756v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069578v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876866v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534225v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071598v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523988v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072680v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069112v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069110v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076034v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419205v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373484v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aug&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anna Chevalier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mutafian" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092608v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Baldasseroni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Olivier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Teyssier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004773v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522162v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brepols.net/Pages/ShowProduct.aspx?prod_id=IS-9782503541501-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.HIFA-EB.5.106732" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912809v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551165v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leopardor.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734898v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.4097" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933763v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06458-9.p.0009" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924847v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/3571" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3571" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933764v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06458-9.p.0091" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522185v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brepols.net/Pages/ShowProduct.aspx?prod_id=IS-9782503551401-1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315608v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564576v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565576v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315610v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565572v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shmesp.fr/spip.php?article75" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310048v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310049v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913221v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443933v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04232680v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grivaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>