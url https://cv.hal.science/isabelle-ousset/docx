--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2193,51 +2193,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02603384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical investigation of a RC wall loaded by snow-like avalanche pressure signal</w:t>
+                <w:t xml:space="preserve">Vulnerability of a reinforced concrete wall loaded by a snow avalanche: experimental testing and FEM analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bertrand</w:t>
@@ -2251,90 +2251,90 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Limam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Naaim</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Naaïm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.1</w:t>
+              <w:t xml:space="preserve">International Snow Science Workshop (ISSW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Grenoble – Chamonix Mont-Blanc, France. p. 892 - p. 899</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02599452v1</w:t>
+                <w:t xml:space="preserve">hal-00951668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche expérimentale et numérique pour l'étude de la vulnérabilité d'une structure en béton armé sollicitée par une avalanche de neige</w:t>
               </w:r>
@@ -2435,51 +2435,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01386467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnerability of a reinforced concrete wall loaded by a snow avalanche: experimental testing and FEM analysis</w:t>
+                <w:t xml:space="preserve">Experimental and numerical investigation of a RC wall loaded by snow-like avalanche pressure signal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bertrand</w:t>
@@ -2493,90 +2493,90 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Limam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Naaïm</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Naaim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Snow Science Workshop (ISSW)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Grenoble – Chamonix Mont-Blanc, France. p. 892 - p. 899</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00951668v1</w:t>
+                <w:t xml:space="preserve">hal-02599452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vulnerability assessment of reinforced concret structures submitted to out-of-plane loadings: application to a protective structure impacted by snow avalanches</w:t>
               </w:r>
@@ -3438,51 +3438,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313168v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ousset" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raynaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Faug" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-23-3509-2023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799035v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Favier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coldregions.2022.103559" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984865v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ousset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Naaim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-18-2507-2018" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607052v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bertrand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Thibert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824038v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Brun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Limam" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coldregions.2014.12.013" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WBM656BL-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378737v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Colas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bost" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourrier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39450-8_105" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456723v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laouiti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baroth" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Tacnet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456684v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Tacnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rohmer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074582v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Agresti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourdarot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carrere" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824653v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naa&#239;m" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607050v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis M. Limami" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.34.1.139" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605386v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carvajal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limam" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naaim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998519v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998627v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Naa&#239;m" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603385v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603384v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599452v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386467v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951668v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744583v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597993v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608725v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Carrere" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Castanier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682619v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tacnet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132546v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piton" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01339830v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ISAL0051" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313168v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ousset" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raynaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Faug" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-23-3509-2023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799035v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Favier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coldregions.2022.103559" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984865v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ousset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Naaim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-18-2507-2018" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607052v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bertrand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Thibert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824038v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Brun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Limam" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coldregions.2014.12.013" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WBM656BL-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378737v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Colas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bost" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourrier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39450-8_105" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456723v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laouiti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baroth" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Tacnet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456684v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Tacnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rohmer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074582v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Agresti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourdarot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carrere" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824653v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naa&#239;m" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607050v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis M. Limami" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.34.1.139" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605386v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carvajal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limam" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naaim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998519v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998627v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Naa&#239;m" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603385v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603384v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951668v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386467v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599452v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744583v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597993v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608725v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Carrere" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Castanier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682619v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tacnet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132546v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piton" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01339830v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ISAL0051" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>