--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Puaut </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Area Efficient Speculative Loop Pipelining for High-Level Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Leothaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rokicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DATE 2026 - Design, Automation and Test in Europe Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2026, Verona, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365717v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Extraction of Timing Models for WCET Estimation From a High-Level Synthesis Flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Feuilletin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Leothaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rokicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DATE 2026 - Design, Automation and Test in Europe Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2026, Verona, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Action on Timing InterferenCes: Summary and Perspectives at Mid-term</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Maiza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Rieg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Asavoae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Blouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Embedded Real-Time Systems (ERTS) 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2026, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.82331/ERTS.2026.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nothing is Unreachable: Automated Synthesis of Robust Code-Reuse Gadget Chains for Arbitrary Exploitation Primitives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bailluet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">USENIX Security 2025 - 34th USENIX Security Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Seattle, WA, United States. pp.1-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05193528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circadia: Checkpointing for Intermittent Computing in AI Driven Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Briday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSD 2025 - 28th Euromicro Conference on Digital System Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Salerno, Italy. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DSD67783.2025.00091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EarlyBird: Energy belongs to those who wake up early</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Briday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTCSA 2024 - 30th IEEE International Conference on Embedded and Real-Time Computing Systems and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Sokcho, South Korea. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RTCSA62462.2024.00011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04663862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WORTEX: Worst-Case Execution Time and Energy Estimation in Low-Power Microprocessors using Explainable ML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCET 2024 - 22nd International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thomas Carle, Jul 2024, Lille, France. pp.1:1-1:14, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2024.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marmot: Extraction of Fine-Grain Memory Access Profiles for real-time software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Chabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Carle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Cassé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTNS 2024: The 32nd International Conference on Real-Time Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Porto, Portugal. pp.117-141, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3696355.3696360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04782265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and Accurate Context-Aware Basic Block Timing Prediction using Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CC 2024 - ACM SIGPLAN 33rd International Conference on Compiler Construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gabriel Rodríguez, Mar 2024, Edimbourg, United Kingdom. pp.227-237, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3640537.3641572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406073v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCHEMATIC: Compile-time checkpoint placement and memory allocation for intermittent systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Briday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM International Symposium on Code Generation and Optimization (CGO'24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Edinburgh, United Kingdom. pp.258-269, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CGO57630.2024.10444789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345348v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CAWET: Context-Aware Worst-Case Execution Time Estimation Using Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf N Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2023 - 35th Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Vienne, Austria. pp.7:1--7:20, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2023.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATREEN : Context-Aware Code Timing Estimation with Stacked Recurrent Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTAI 2022 - 34th IEEE International Conference on Tools with Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Virtually, China. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI56018.2022.00090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890057v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RT-DFI: Optimizing Data-Flow Integrity for Real-Time Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rokicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2022 - 34th Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Modène, Italy. pp.1-24, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2022.18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">StAMP: Static Analysis of Memory access Profiles for real-time tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Degioanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCET 2022 - 20th International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Modena, Italy. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2022.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Winston: Revisiting iterative compilation for WCET minimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pasquale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTNS 2022 - 30th International Conference on Real-Time Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3534879.3534899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WE-HML: hybrid WCET estimation using machine learning for architectures with caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTCSA 2021 - 27th IEEE International Conference on Embedded Real-Time Computing Systems and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online Virtual Conference, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attack detection through monitoring of timing deviations in embedded real-time systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rokicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2020 - 32nd Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Modena, Italy. pp.1-22, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2020.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling Compiler Optimizations and WCET Estimation Using Iterative Compilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Dardaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefanos Skalistis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTSS 2019 - 40th IEEE Real-Time Systems Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Hong Kong, China. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02286164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of DM-LRU on WCET: A Static Analysis Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Mancuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heechul Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2019 - 31st Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Stuttgart, Germany. pp.1-25, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2019.17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiding Communication Delays in Contention-Free Execution for SPM-Based Multi-Core Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefanos Skalistis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2019 - 31st Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Stuttgart, Germany. pp.1-24, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2019.25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Time-predictable Branch Predictor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Schoeberl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC 2019 - 34th ACM/SIGAPP Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Limassol, Cyprus. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3297280.3297337⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Polyhedral Techniques to Tighten WCET Estimates of Optimized Code: A Case Study with Array Contraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lefeuvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emin Koray Kasnakli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Fassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Cullmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DATE 2018 - Design Automation and Test Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Dresden, Germany. pp.925-930, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/DATE.2018.8342142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine-Grain Iterative Compilation for WCET Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Dardaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Cullmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gernot Gebhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCET 2018 - 18th International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Barcelona, Spain. pp.1-12, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2018.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying WCET reduction of parallel applications by introducing slack time to limit resource contention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Real-Time Networks and Systems (RTNS), 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3139258.3139263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Heptane Static Worst-Case Execution Time Estimation Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Workshop on Worst-Case Execution Time Analysis (WCET 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dubrovnik, Croatia. pp.12, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2017.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCET-aware parallelization of model-based applications for multi-cores: The ARGO approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayiotis Alefragis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Bednara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Bucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Automation and Test in Europe (DATE), 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Lausanne, Switzerland. pp.286 - 289, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/DATE.2017.7927000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STR2RTS: Refactored StreamIT benchmarks into statically analyzable parallel benchmarks for WCET estimation & real-time scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Workshop on Worst-Case Execution Time Analysis (WCET 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dubrovnik, Croatia. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2017.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The W-SEPT Project: Towards Semantic-Aware WCET Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Maiza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Parent-Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bonenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Workshop on Worst-Case Execution Time Analysis (WCET 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dubrovnik, Croatia. pp.13, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2017.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tightening contention delays while scheduling parallel applications on multi-core architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Embedded Software (EMSOFT), 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Seoul, South Korea. pp.20, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3126496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cache-conscious offline real-time task scheduling for multi-core processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet Anh Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Euromicro Conference on Real-Time Systems (ECRTS17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dubrovnik, Croatia. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2017.14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the worst-case execution time estimation gains from the application semantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bonenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Cassé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cuenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Claraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Congress on Embedded Real-Time Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic WCET estimation in presence of hardware for mitigating the impact of permanent faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiannakis Sazeides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Automation and Test in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01259493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cache-Persistence-Aware Response-Time Analysis for Fixed-Priority Preemptive Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syed Aftab Rashid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Nelissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benny Akesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th Euromicro Conference on Real-Time Systems (ECRTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECRTS.2016.25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scheduling of parallel applications on many-core architectures with caches: bridging the gap between WCET analysis and schedulability analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Junior Researcher Workshop on Real-Time Computing (JRWRTC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01236191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Flow Information for Tighter WCET Estimation: Application to Vectorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanbing Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IEEE International Conference on Embedded and Real-Time Computing Systems and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Hong-Kong, China. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01177902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speeding up Static Probabilistic Timing Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milutinovic Suzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaume Abella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Quinones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARCS 2015 - International Conference on Architecture of Computing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Porto, Portugal. pp.236-247, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-16086-3_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Comparison of Deterministic and Probabilistic WCET Estimation Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaume Abella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Quinones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Cazorla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01086875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traceability of Flow Information: Reconciling Compiler Optimizations and WCET Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanbing Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTNS - 22nd International Conference on Real-Time Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Versailles, France. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2659787.2659805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01072138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Formally Verified WCET Estimation Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Oliveira Maroneze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Blazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pichardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2014.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static probabilistic Worst Case Execution Time Estimation for architectures with Faulty Instruction Caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Real-Time Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Sophia Antipolis, France. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2516821.2516842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Worst-Case Execution Time Estimation of Multicore Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dumitru Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. pp.21-31, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2013.i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRETI: Partitioned REal-TIme shared cache for mixed-criticality real-time systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Seznec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTNS - 20th International Conference on Real-Time and Network Systems - 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Pont à Mousson, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Improved Preemption Delay Upper Bound for Floating Non-Preemptive Region Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Marinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Nélis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan M. Petters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IEEE International Symposium on Industrial Embedded Systems (SIES'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PDPA: Period Driven Task and Cache Partitioning Algorithm for Mumti-core Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Berna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Real-Time and Network Systems (RTNS 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Pont à Mousson, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preemption Delay Analysis for Floating Non-Preemptive Region Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Marinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Nélis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan M. Petters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Automation and Test in Europe 2012 (DATE 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Dresden, Germany. pp.497-502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictable Binary Code Cache: A First Step Towards Reconciling Predictability and Just-In-Time Compilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Bouakaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 17th IEEE Real-Time and Embedded Technology and Applications Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marco Caccamo, Apr 2011, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00589690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Fixed-Point Free Instruction Cache Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 32nd IEEE Real-Time Systems Symposium (RTSS 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00638698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared Data Caches Conflicts Reduction for WCET Computation in Multi-Core Architectures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Real-Time and Network Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Toulouse, France. pp.2283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00531214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of Cache Related Migration Delays for Multi-Core Processors with Shared Instruction Caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Real-Time and Network Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Paris, France. pp.45-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00441959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCET ANALYSIS OF MULTI-LEVEL SET-ASSOCIATIVE DATA CACHES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Intl. Workshop on Worst-Case Execution Time WCET Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Dublin, Ireland. pp.2283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00531218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Recoverable Distributed Shared Memory integrating Coherence and Recoverability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Kermarrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Gefflaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 25th International Symposium on Fault Tolerant Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Pasadena, CA, USA, United States. pp.289--298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circadia: Checkpointing for Intermittent Computing in AI Driven Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Briday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACACES 2025 - 21st Internationnal Summer School on Advanced Computer Architecture and Compilation for High-performance Embedded Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Salerno, Italy. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine learning for timing estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D3 - Architecture séminaire: PhD days / Journées doctorants – 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory Allocation in Intermittent Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS'2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The INRIA ZEP project: NVRAM and Harvesting for Zero Power Computations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Berthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Carer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Marquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Miro-Panades</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Pala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NVMW 2018 - 10th Annual Non-Volatile Memories Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, San Diego, United States. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01941766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using machine learning for timing analysis: where do we stand?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 61 (2), pp.300-305. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11241-025-09442-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cache-conscious Off-Line Real-Time Scheduling for Multi-Core Platforms: Algorithms and Implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1-37. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2017.14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worst-Case Execution-Time-Aware Parallelization of Model-Based Avionics Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Reder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Bucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurgen Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayiotis Alefragis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Aerospace Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (11), pp.521-533. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.I010749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tightening Contention Delays While Scheduling Parallel Applications on Multi-core Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Embedded Computing Systems (TECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 16 (5s), pp.1 - 20. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3126496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static Probabilistic Worst Case Execution Time Estimation for Architectures with Faulty Instruction Caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 51, pp.25. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11241-014-9212-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01086884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCET analysis of instruction cache hierarchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 57 (7), </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysarc.2010.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00639454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guest editorial: special issue of the Euromicro Conference on Real-Time Systems (ECRTS 2009)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (1), pp.1-2. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11241-010-9099-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00589341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes d'analyse statique de pire temps d'exécution de programmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Arnaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of Recoverable Distributed Shared Memory Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 8 (9), pp.959--969</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document associé à des manifestations scientifiques (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning for Timing Analysis: The Good, the Bad and the Ugly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Carle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCET 2024 - 22nd International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Lille, France. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Access Series in Informatics (OASIcs)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Open Access Series in Informatics (OASIcs), pp.1-1, 2024, Workshop on Worst-Case Execution Time Analysis (WCET). </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2024.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-training and fine-tuning dataset for transformers consisting of basic blocks and their execution times (average, minimum, and maximum) along with the execution context of these blocks, for various Cortex processors M7, M4, A53, and A72.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10043908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dataset of synthetically generated code blocks for the learning of WCET on Cortex A53</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10043653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATREEN: Context-Aware Code Timing Estimation with Stacked Recurrent Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03776508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Worst-Case Response Time Evaluation of Multicore Non-Preemptive Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dumitru Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-8234, INRIA. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preemption Delay Analysis for Floating Non-Preemptive Region Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Marinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Nélis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan M. Petters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00649039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Bypass to Tighten WCET Estimates for Multi-Core Processors with Shared Instruction Caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6907, INRIA. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00380298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCET analysis of multi-level set-associative instruction caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6574, INRIA. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00286358v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scratchpad memories vs locked caches in hard real-time systems: a qualitative and quantitative comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1818, 2006, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00105010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of Clock Synchronization Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3526, INRIA. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Run-time Support for Distributed Dependable Hard Real-time Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3564, INRIA. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hades: A Middleware Support for Distributed Safety-Critical Real-Time Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3280, INRIA. 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Recoverable Distributed Shared Memory Integrating Coherence and Recoverability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Kermarrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Gefflaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2481, INRIA. 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00074193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of recoverable distributed shared memory systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-975, IRISA. 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01276681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MYOAN : an implementation of the KOAN shared virtual memory on the Intel paragon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Priol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2258, INRIA. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00074413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distributed garbage collector for active objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2134, INRIA. 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00074538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 15th International Conference on Real-Time and Network Systems (RTNS'07)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Navet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Simonot-Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Puaut and Nicolas Navet and Françoise Simonot-Lion. Institut National Polytechnique de Lorraine - Atelier de Reprographie, pp.238, 2007, 2-905267-53-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00168530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId224"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Puaut </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Extraction of Timing Models for WCET Estimation From a High-Level Synthesis Flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Feuilletin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Leothaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rokicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DATE 2026 - Design, Automation and Test in Europe Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2026, Verona, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Action on Timing InterferenCes: Summary and Perspectives at Mid-term</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Maiza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Rieg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Asavoae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Blouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Embedded Real-Time Systems (ERTS) 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2026, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.82331/ERTS.2026.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Area Efficient Speculative Loop Pipelining for High-Level Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Leothaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rokicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DATE 2026 - Design, Automation and Test in Europe Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2026, Verona, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365717v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nothing is Unreachable: Automated Synthesis of Robust Code-Reuse Gadget Chains for Arbitrary Exploitation Primitives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bailluet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">USENIX Security 2025 - 34th USENIX Security Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Seattle, WA, United States. pp.1-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05193528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circadia: Checkpointing for Intermittent Computing in AI Driven Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Briday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSD 2025 - 28th Euromicro Conference on Digital System Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Salerno, Italy. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DSD67783.2025.00091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EarlyBird: Energy belongs to those who wake up early</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Briday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTCSA 2024 - 30th IEEE International Conference on Embedded and Real-Time Computing Systems and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Sokcho, South Korea. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RTCSA62462.2024.00011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04663862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WORTEX: Worst-Case Execution Time and Energy Estimation in Low-Power Microprocessors using Explainable ML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCET 2024 - 22nd International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thomas Carle, Jul 2024, Lille, France. pp.1:1-1:14, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2024.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and Accurate Context-Aware Basic Block Timing Prediction using Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CC 2024 - ACM SIGPLAN 33rd International Conference on Compiler Construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gabriel Rodríguez, Mar 2024, Edimbourg, United Kingdom. pp.227-237, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3640537.3641572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406073v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marmot: Extraction of Fine-Grain Memory Access Profiles for real-time software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Chabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Carle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Cassé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTNS 2024: The 32nd International Conference on Real-Time Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Porto, Portugal. pp.117-141, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3696355.3696360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04782265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCHEMATIC: Compile-time checkpoint placement and memory allocation for intermittent systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Briday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM International Symposium on Code Generation and Optimization (CGO'24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Edinburgh, United Kingdom. pp.258-269, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CGO57630.2024.10444789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345348v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATREEN : Context-Aware Code Timing Estimation with Stacked Recurrent Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTAI 2022 - 34th IEEE International Conference on Tools with Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Virtually, China. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI56018.2022.00090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890057v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CAWET: Context-Aware Worst-Case Execution Time Estimation Using Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf N Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2023 - 35th Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Vienne, Austria. pp.7:1--7:20, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2023.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">StAMP: Static Analysis of Memory access Profiles for real-time tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Degioanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCET 2022 - 20th International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Modena, Italy. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2022.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Winston: Revisiting iterative compilation for WCET minimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pasquale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTNS 2022 - 30th International Conference on Real-Time Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3534879.3534899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RT-DFI: Optimizing Data-Flow Integrity for Real-Time Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rokicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2022 - 34th Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Modène, Italy. pp.1-24, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2022.18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WE-HML: hybrid WCET estimation using machine learning for architectures with caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTCSA 2021 - 27th IEEE International Conference on Embedded Real-Time Computing Systems and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online Virtual Conference, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attack detection through monitoring of timing deviations in embedded real-time systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rokicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2020 - 32nd Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Modena, Italy. pp.1-22, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2020.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling Compiler Optimizations and WCET Estimation Using Iterative Compilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Dardaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefanos Skalistis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTSS 2019 - 40th IEEE Real-Time Systems Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Hong Kong, China. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02286164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of DM-LRU on WCET: A Static Analysis Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Mancuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heechul Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2019 - 31st Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Stuttgart, Germany. pp.1-25, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2019.17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiding Communication Delays in Contention-Free Execution for SPM-Based Multi-Core Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefanos Skalistis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECRTS 2019 - 31st Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Stuttgart, Germany. pp.1-24, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2019.25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Time-predictable Branch Predictor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Schoeberl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC 2019 - 34th ACM/SIGAPP Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Limassol, Cyprus. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3297280.3297337⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine-Grain Iterative Compilation for WCET Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Dardaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Cullmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gernot Gebhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCET 2018 - 18th International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Barcelona, Spain. pp.1-12, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2018.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Polyhedral Techniques to Tighten WCET Estimates of Optimized Code: A Case Study with Array Contraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lefeuvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emin Koray Kasnakli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Fassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Cullmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DATE 2018 - Design Automation and Test Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Dresden, Germany. pp.925-930, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/DATE.2018.8342142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The W-SEPT Project: Towards Semantic-Aware WCET Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Maiza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Parent-Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bonenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Workshop on Worst-Case Execution Time Analysis (WCET 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dubrovnik, Croatia. pp.13, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2017.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tightening contention delays while scheduling parallel applications on multi-core architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Embedded Software (EMSOFT), 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Seoul, South Korea. pp.20, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3126496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Heptane Static Worst-Case Execution Time Estimation Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Workshop on Worst-Case Execution Time Analysis (WCET 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dubrovnik, Croatia. pp.12, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2017.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCET-aware parallelization of model-based applications for multi-cores: The ARGO approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayiotis Alefragis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Bednara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Bucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Automation and Test in Europe (DATE), 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Lausanne, Switzerland. pp.286 - 289, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/DATE.2017.7927000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STR2RTS: Refactored StreamIT benchmarks into statically analyzable parallel benchmarks for WCET estimation & real-time scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Workshop on Worst-Case Execution Time Analysis (WCET 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dubrovnik, Croatia. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2017.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cache-conscious offline real-time task scheduling for multi-core processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet Anh Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Euromicro Conference on Real-Time Systems (ECRTS17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dubrovnik, Croatia. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2017.14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying WCET reduction of parallel applications by introducing slack time to limit resource contention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Real-Time Networks and Systems (RTNS), 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3139258.3139263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the worst-case execution time estimation gains from the application semantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bonenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Cassé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cuenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Claraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Congress on Embedded Real-Time Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic WCET estimation in presence of hardware for mitigating the impact of permanent faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiannakis Sazeides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Automation and Test in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01259493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cache-Persistence-Aware Response-Time Analysis for Fixed-Priority Preemptive Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syed Aftab Rashid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Nelissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benny Akesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th Euromicro Conference on Real-Time Systems (ECRTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECRTS.2016.25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scheduling of parallel applications on many-core architectures with caches: bridging the gap between WCET analysis and schedulability analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Junior Researcher Workshop on Real-Time Computing (JRWRTC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01236191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Flow Information for Tighter WCET Estimation: Application to Vectorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanbing Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IEEE International Conference on Embedded and Real-Time Computing Systems and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Hong-Kong, China. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01177902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speeding up Static Probabilistic Timing Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milutinovic Suzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaume Abella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Quinones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARCS 2015 - International Conference on Architecture of Computing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Porto, Portugal. pp.236-247, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-16086-3_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Comparison of Deterministic and Probabilistic WCET Estimation Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaume Abella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Quinones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Cazorla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th Euromicro Conference on Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01086875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traceability of Flow Information: Reconciling Compiler Optimizations and WCET Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanbing Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTNS - 22nd International Conference on Real-Time Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Versailles, France. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2659787.2659805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01072138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Formally Verified WCET Estimation Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Oliveira Maroneze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Blazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pichardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2014.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static probabilistic Worst Case Execution Time Estimation for architectures with Faulty Instruction Caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Real-Time Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Sophia Antipolis, France. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2516821.2516842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Worst-Case Execution Time Estimation of Multicore Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dumitru Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. pp.21-31, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2013.i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRETI: Partitioned REal-TIme shared cache for mixed-criticality real-time systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Seznec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTNS - 20th International Conference on Real-Time and Network Systems - 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Pont à Mousson, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Improved Preemption Delay Upper Bound for Floating Non-Preemptive Region Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Marinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Nélis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan M. Petters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th IEEE International Symposium on Industrial Embedded Systems (SIES'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PDPA: Period Driven Task and Cache Partitioning Algorithm for Mumti-core Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Berna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Real-Time and Network Systems (RTNS 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Pont à Mousson, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preemption Delay Analysis for Floating Non-Preemptive Region Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Marinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Nélis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan M. Petters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Automation and Test in Europe 2012 (DATE 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Dresden, Germany. pp.497-502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictable Binary Code Cache: A First Step Towards Reconciling Predictability and Just-In-Time Compilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Bouakaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 17th IEEE Real-Time and Embedded Technology and Applications Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marco Caccamo, Apr 2011, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00589690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Fixed-Point Free Instruction Cache Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 32nd IEEE Real-Time Systems Symposium (RTSS 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00638698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared Data Caches Conflicts Reduction for WCET Computation in Multi-Core Architectures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Real-Time and Network Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Toulouse, France. pp.2283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00531214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of Cache Related Migration Delays for Multi-Core Processors with Shared Instruction Caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Real-Time and Network Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Paris, France. pp.45-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00441959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCET ANALYSIS OF MULTI-LEVEL SET-ASSOCIATIVE DATA CACHES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Intl. Workshop on Worst-Case Execution Time WCET Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Dublin, Ireland. pp.2283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00531218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Recoverable Distributed Shared Memory integrating Coherence and Recoverability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Kermarrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Gefflaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 25th International Symposium on Fault Tolerant Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Pasadena, CA, USA, United States. pp.289--298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using machine learning for timing analysis: where do we stand?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 61 (2), pp.300-305. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11241-025-09442-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worst-Case Execution-Time-Aware Parallelization of Model-Based Avionics Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Reder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Bucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurgen Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayiotis Alefragis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Aerospace Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (11), pp.521-533. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.I010749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cache-conscious Off-Line Real-Time Scheduling for Multi-Core Platforms: Algorithms and Implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1-37. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ECRTS.2017.14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tightening Contention Delays While Scheduling Parallel Applications on Multi-core Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Embedded Computing Systems (TECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 16 (5s), pp.1 - 20. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3126496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static Probabilistic Worst Case Execution Time Estimation for Architectures with Faulty Instruction Caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 51, pp.25. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11241-014-9212-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01086884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCET analysis of instruction cache hierarchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 57 (7), </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysarc.2010.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00639454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guest editorial: special issue of the Euromicro Conference on Real-Time Systems (ECRTS 2009)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-Time Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (1), pp.1-2. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11241-010-9099-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00589341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes d'analyse statique de pire temps d'exécution de programmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Arnaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of Recoverable Distributed Shared Memory Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 8 (9), pp.959--969</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circadia: Checkpointing for Intermittent Computing in AI Driven Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Briday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACACES 2025 - 21st Internationnal Summer School on Advanced Computer Architecture and Compilation for High-performance Embedded Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Salerno, Italy. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine learning for timing estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D3 - Architecture séminaire: PhD days / Journées doctorants – 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory Allocation in Intermittent Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erven Rohou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Faucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Béchennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS'2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The INRIA ZEP project: NVRAM and Harvesting for Zero Power Computations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Berthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Carer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Marquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Miro-Panades</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Pala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NVMW 2018 - 10th Annual Non-Volatile Memories Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, San Diego, United States. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01941766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document associé à des manifestations scientifiques (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning for Timing Analysis: The Good, the Bad and the Ugly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Carle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCET 2024 - 22nd International Workshop on Worst-Case Execution Time Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Lille, France. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Access Series in Informatics (OASIcs)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Open Access Series in Informatics (OASIcs), pp.1-1, 2024, Workshop on Worst-Case Execution Time Analysis (WCET). </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2024.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-training and fine-tuning dataset for transformers consisting of basic blocks and their execution times (average, minimum, and maximum) along with the execution context of these blocks, for various Cortex processors M7, M4, A53, and A72.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fromont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10043908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dataset of synthetically generated code blocks for the learning of WCET on Cortex A53</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10043653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATREEN: Context-Aware Code Timing Estimation with Stacked Recurrent Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderaouf Nassim Amalou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisa Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03776508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Worst-Case Response Time Evaluation of Multicore Non-Preemptive Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dumitru Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-8234, INRIA. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00787931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preemption Delay Analysis for Floating Non-Preemptive Region Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Marinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Nélis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan M. Petters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00649039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Bypass to Tighten WCET Estimates for Multi-Core Processors with Shared Instruction Caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6907, INRIA. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00380298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCET analysis of multi-level set-associative instruction caches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6574, INRIA. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00286358v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scratchpad memories vs locked caches in hard real-time systems: a qualitative and quantitative comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1818, 2006, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00105010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of Clock Synchronization Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3526, INRIA. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Run-time Support for Distributed Dependable Hard Real-time Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3564, INRIA. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hades: A Middleware Support for Distributed Safety-Critical Real-Time Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3280, INRIA. 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of recoverable distributed shared memory systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-975, IRISA. 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01276681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Recoverable Distributed Shared Memory Integrating Coherence and Recoverability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Kermarrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Gefflaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2481, INRIA. 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00074193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MYOAN : an implementation of the KOAN shared virtual memory on the Intel paragon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Priol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2258, INRIA. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00074413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distributed garbage collector for active objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2134, INRIA. 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00074538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 15th International Conference on Real-Time and Network Systems (RTNS'07)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Navet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Simonot-Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Puaut and Nicolas Navet and Françoise Simonot-Lion. Institut National Polytechnique de Lorraine - Atelier de Reprographie, pp.238, 2007, 2-905267-53-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00168530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId224"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365717v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Leothaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rokicki" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Derrien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Puaut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365718v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Feuilletin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465745v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maiza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Rieg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc B&#233;chennec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Asavoae" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blouin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.82331/ERTS.2026.27" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193528v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bailluet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fleury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erven Rohou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340384v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rodet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Briday" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faucou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD67783.2025.00091" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663862v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Reymond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTCSA62462.2024.00011" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646477v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderaouf Nassim Amalou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2024.1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782265v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Chabot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Cass&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3696355.3696360" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406073v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Fromont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3640537.3641572" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345348v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CGO57630.2024.10444789" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148587v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderaouf N Amalou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2023.7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890057v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderaouf Amalou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI56018.2022.00090" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03641576v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bellec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hiet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tronel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2022.18" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03723457v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Degioanni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2022.1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03673668v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pasquale" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3534879.3534899" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03280177v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Muller" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02559549v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2020.8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286164v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dardaillon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanos Skalistis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190255v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Mancuso" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heechul Yun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2019.17" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190271v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rouxel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2019.25" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01976187v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schoeberl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3297280.3297337" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01815499v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lefeuvre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emin Koray Kasnakli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Fassi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Cullmann" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE.2018.8342142" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01889944v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gernot Gebhard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2018.9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590532v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Martinez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hardy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3139258.3139263" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590444v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2017.8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayiotis Alefragis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Bednara" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Bucher" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE.2017.7927000" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590446v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2017.1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590442v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raymond" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Parent-Vigouroux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Bonenfant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Carrier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2017.9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590508v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3126496" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590421v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Anh Anh Nguyen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2017.14" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235781v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cuenot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Claraz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01259493v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiannakis Sazeides" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01393220v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Aftab Rashid" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Nelissen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Akesson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECRTS.2016.25" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236191v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Anh Nguyen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01177902v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanbing Li" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235544v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milutinovic Suzana" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Abella" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Quinones" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-16086-3_19" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01086875v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Cazorla" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01072138v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2659787.2659805" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01087194v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Oliveira Maroneze" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blazy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pichardie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2014.11" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00862604v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2516821.2516842" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909330v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru Potop-Butucaru" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2013.i" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00661687v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lesage" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Seznec" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00737580v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marinho" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N&#233;lis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan M. Petters" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00737591v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Berna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00737577v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00589690v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Bouakaz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00638698v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00531214v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00441959v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00531218v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271171v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Kermarrec" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Cabillic" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gefflaut" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340610v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260161v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385204v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01941766v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Berthou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Marquet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miro-Panades" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pala" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092607v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11241-025-09442-y" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02044110v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383381v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Reder" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Kempf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen Becker" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.I010749" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655383v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01086884v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11241-014-9212-x" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00639454v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysarc.2010.08.007" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4ZWL0JP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00589341v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11241-010-9099-0" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000958v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Arnaud" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01271118v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04672502v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drops.dagstuhl.de/entities/volume/OASIcs-volume-121" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2024.7" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769606v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10043908" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769301v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10043653" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03776508v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Fromont" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00787931v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649039v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00380298v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Piquet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00286358v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105010v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pais" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073159v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Anceaume" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073119v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevochot" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073408v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074193v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276681v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074413v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Priol" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074538v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00168530v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Navet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Simonot-Lion" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365718v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Feuilletin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Leothaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rokicki" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Derrien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Puaut" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465745v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maiza" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Rieg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc B&#233;chennec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Asavoae" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blouin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.82331/ERTS.2026.27" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365717v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193528v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bailluet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fleury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erven Rohou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340384v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rodet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Briday" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faucou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD67783.2025.00091" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663862v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Reymond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTCSA62462.2024.00011" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646477v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderaouf Nassim Amalou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2024.1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406073v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Fromont" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3640537.3641572" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782265v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Chabot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Cass&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3696355.3696360" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345348v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CGO57630.2024.10444789" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890057v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderaouf Amalou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI56018.2022.00090" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148587v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderaouf N Amalou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2023.7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03723457v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Degioanni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2022.1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03673668v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pasquale" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3534879.3534899" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03641576v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bellec" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hiet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tronel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2022.18" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03280177v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Muller" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02559549v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2020.8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286164v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dardaillon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanos Skalistis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190255v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Mancuso" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heechul Yun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2019.17" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190271v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rouxel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2019.25" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01976187v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schoeberl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3297280.3297337" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01889944v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Cullmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gernot Gebhard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2018.9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01815499v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lefeuvre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emin Koray Kasnakli" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Fassi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE.2018.8342142" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590442v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raymond" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Parent-Vigouroux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Bonenfant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Carrier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2017.9" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590508v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3126496" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590444v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hardy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2017.8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590418v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayiotis Alefragis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Bednara" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Bucher" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE.2017.7927000" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590446v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2017.1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590421v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Anh Anh Nguyen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ECRTS.2017.14" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01590532v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Martinez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3139258.3139263" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235781v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cuenot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Claraz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01259493v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiannakis Sazeides" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01393220v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Aftab Rashid" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Nelissen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Akesson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECRTS.2016.25" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236191v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Anh Nguyen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01177902v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanbing Li" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235544v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milutinovic Suzana" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Abella" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Quinones" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-16086-3_19" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01086875v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Cazorla" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01072138v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2659787.2659805" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01087194v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Oliveira Maroneze" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blazy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pichardie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2014.11" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00862604v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2516821.2516842" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909330v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru Potop-Butucaru" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2013.i" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00661687v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lesage" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Seznec" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00737580v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marinho" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N&#233;lis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan M. Petters" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00737591v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Berna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00737577v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00589690v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Bouakaz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00638698v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00531214v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00441959v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00531218v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271171v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Kermarrec" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Cabillic" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gefflaut" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092607v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11241-025-09442-y" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383381v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Reder" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Kempf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen Becker" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.I010749" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02044110v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655383v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01086884v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11241-014-9212-x" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00639454v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysarc.2010.08.007" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4ZWL0JP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00589341v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11241-010-9099-0" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000958v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Arnaud" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01271118v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340610v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260161v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385204v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01941766v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Berthou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Marquet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miro-Panades" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pala" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04672502v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drops.dagstuhl.de/entities/volume/OASIcs-volume-121" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2024.7" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769606v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10043908" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769301v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10043653" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03776508v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Fromont" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00787931v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649039v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00380298v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Piquet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00286358v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105010v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pais" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073159v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Anceaume" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073119v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevochot" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073408v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276681v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074193v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074413v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Priol" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074538v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00168530v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Navet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Simonot-Lion" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>