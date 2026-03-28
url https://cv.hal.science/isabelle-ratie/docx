--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1375,177 +1375,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01182715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self, No-Self, and Salvation. Dharmakīrti’s Critique of the Notions of Self and Person</w:t>
+                <w:t xml:space="preserve">Self, No-Self, and Salvation. Dharmakirti's Critique of the Notions of Self and Person</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ratié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Verlag der Österreichischen Akademie der Wissenschaften. , 2013</w:t>
+              <w:t xml:space="preserve">Austrian Academy of Sciences Press, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01182714v1</w:t>
+                <w:t xml:space="preserve">hal-01447480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self, No-Self, and Salvation. Dharmakirti's Critique of the Notions of Self and Person</w:t>
+                <w:t xml:space="preserve">Self, No-Self, and Salvation. Dharmakīrti’s Critique of the Notions of Self and Person</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ratié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Austrian Academy of Sciences Press, 2013</w:t>
+              <w:t xml:space="preserve">Verlag der Österreichischen Akademie der Wissenschaften. , 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01447480v1</w:t>
+                <w:t xml:space="preserve">halshs-01182714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Soi et l’Autre. Identité, différence et altérité dans la philosophie de la Pratyabhijñā</w:t>
               </w:r>
@@ -4768,234 +4768,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01690278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autorité scripturaire et discours philosophique dans l’Inde médiévale : les exemples bouddhique et śivaïte</w:t>
+                <w:t xml:space="preserve">Additional Fragments of Utpaladeva's Vivr̥ti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ratié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophie, philosophie de la religion et pluralisme religieux en Inde ancienne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Paris (Ecole Pratique des Hautes Etudes), France</w:t>
+              <w:t xml:space="preserve">Around Abhinavagupta: Aspects of the Intellectual History of Kashmir (II)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lawrence McCrea (Cornell University), 2016, Ithaca (Cornell University), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01339942v1</w:t>
+                <w:t xml:space="preserve">halshs-01422189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Search of Utpaladeva’s lost Īśvarapratyabhijñāvivṛti: an account of the latest discoveries</w:t>
+                <w:t xml:space="preserve">Autorité scripturaire et discours philosophique dans l’Inde médiévale : les exemples bouddhique et śivaïte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ratié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indological Connections between Paris and Chicago, University of Chicago Center</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Whitney Cox; Isabelle Ratié, Mar 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Philosophie, philosophie de la religion et pluralisme religieux en Inde ancienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris (Ecole Pratique des Hautes Etudes), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01339932v1</w:t>
+                <w:t xml:space="preserve">halshs-01339942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additional Fragments of Utpaladeva's Vivr̥ti</w:t>
+                <w:t xml:space="preserve">In Search of Utpaladeva’s lost Īśvarapratyabhijñāvivṛti: an account of the latest discoveries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ratié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Around Abhinavagupta: Aspects of the Intellectual History of Kashmir (II)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lawrence McCrea (Cornell University), 2016, Ithaca (Cornell University), United States</w:t>
+              <w:t xml:space="preserve">Indological Connections between Paris and Chicago, University of Chicago Center</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Whitney Cox; Isabelle Ratié, Mar 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01422189v1</w:t>
+                <w:t xml:space="preserve">halshs-01339932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une philologie indienne des marges : le cas des manuscrits cachemiriens</w:t>
               </w:r>
@@ -5692,51 +5692,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C499ACBD"/>
+    <w:nsid w:val="B04F1696"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5840,51 +5840,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="064A7BB9"/>
+    <w:nsid w:val="5D0C675D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5988,51 +5988,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="A4B82809"/>
+    <w:nsid w:val="B68E9FA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6136,51 +6136,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="48E3C40E"/>
+    <w:nsid w:val="0457AED2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6284,51 +6284,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="4C03B965"/>
+    <w:nsid w:val="6DBD21C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6432,51 +6432,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="9CB678A7"/>
+    <w:nsid w:val="D37E07EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6678,51 +6678,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-ratie" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4393-3906" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.college-de-france.fr/fr/chaire/isabelle-ratie-histoire-des-systemes-de-pensee-de-inde-chaire-statutaire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.college-de-france.fr/fr/recherche/centre-etudes-indiennes-et-centrasiatiques" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iufrance.fr/les-membres-de-liuf/membre/2248-isabelle-ratie.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-paris3.fr/ed-625-mondes-anglophones-germanophones-indiens-iraniens-et-etudes-europeennes-magiie-20683.kjsp?RH=1235658063002" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grei.fr/project/isabelle-ratie/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319557v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rati&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eltschinger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03973042v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gallimard.fr/Catalogue/GALLIMARD/Folio/Folio-essais/Qu-est-ce-que-la-philosophie-indienne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891715v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Franco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818524v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Kellner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Mills" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wstb.univie.ac.at/wp-content/uploads/WSTB_100.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03466197v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hup.harvard.edu/catalog.php?isbn=9780674270817" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149219v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Taber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Torsten Much" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01422186v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lit-verlag.de/isbn/3-643-90697-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182715v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182714v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447480v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182712v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brill.com/le-soi-et-l-autre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05079244v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leph.251.0079" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04132109v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781802701593.005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690289v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339653v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10781-016-9302-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690273v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339643v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182839v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182838v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182724v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182722v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182723v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182720v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182721v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182719v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182718v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182716v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05079285v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04368611v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003119456-35" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04247693v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04247603v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818526v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03466210v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03466202v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690270v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsbury.com/uk/indian-epistemology-and-metaphysics-9781472529534/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339661v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780199314621.001.0001/oxfordhb-9780199314621-e-27" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01442934v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01422188v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235189v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dkprintworld.com/product-detail.php?pid=1280858056" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235188v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339667v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=9158" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182837v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oxbowbooks.com/oxbow/pushpika.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182725v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://verlag.oeaw.ac.at/Scriptural-Authority-Reason-and-Action" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149126v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149112v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149094v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149104v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690280v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690276v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690278v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339942v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339932v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01422189v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01422190v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339917v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339911v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339924v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339905v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339897v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339889v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339893v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339881v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-ratie" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4393-3906" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.college-de-france.fr/fr/chaire/isabelle-ratie-histoire-des-systemes-de-pensee-de-inde-chaire-statutaire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.college-de-france.fr/fr/recherche/centre-etudes-indiennes-et-centrasiatiques" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iufrance.fr/les-membres-de-liuf/membre/2248-isabelle-ratie.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-paris3.fr/ed-625-mondes-anglophones-germanophones-indiens-iraniens-et-etudes-europeennes-magiie-20683.kjsp?RH=1235658063002" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grei.fr/project/isabelle-ratie/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319557v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rati&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eltschinger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03973042v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gallimard.fr/Catalogue/GALLIMARD/Folio/Folio-essais/Qu-est-ce-que-la-philosophie-indienne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891715v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Franco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818524v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Kellner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Mills" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wstb.univie.ac.at/wp-content/uploads/WSTB_100.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03466197v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hup.harvard.edu/catalog.php?isbn=9780674270817" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149219v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Taber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Torsten Much" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01422186v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lit-verlag.de/isbn/3-643-90697-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182715v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447480v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182714v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182712v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brill.com/le-soi-et-l-autre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05079244v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leph.251.0079" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04132109v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781802701593.005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690289v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339653v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10781-016-9302-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690273v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339643v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182839v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182838v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182724v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182722v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182723v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182720v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182721v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182719v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182718v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182716v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05079285v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04368611v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003119456-35" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04247693v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04247603v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818526v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03466210v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03466202v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690270v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsbury.com/uk/indian-epistemology-and-metaphysics-9781472529534/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339661v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780199314621.001.0001/oxfordhb-9780199314621-e-27" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01442934v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01422188v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235189v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dkprintworld.com/product-detail.php?pid=1280858056" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235188v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339667v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=9158" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182837v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oxbowbooks.com/oxbow/pushpika.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182725v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://verlag.oeaw.ac.at/Scriptural-Authority-Reason-and-Action" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149126v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149112v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149094v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149104v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690280v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690276v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690278v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01422189v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339942v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339932v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01422190v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339917v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339911v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339924v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339905v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339897v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339889v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339893v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01339881v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>