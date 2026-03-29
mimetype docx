--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -249,364 +249,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05387662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purcell Enhancement of Silicon W Centers in Circular Bragg Grating Cavities</w:t>
+                <w:t xml:space="preserve">Genuine and faux single G centers in carbon-implanted silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Lefaucher</w:t>
+                <w:t xml:space="preserve">Alrik Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Jager</w:t>
+                <w:t xml:space="preserve">Yoann Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Calvo</w:t>
+                <w:t xml:space="preserve">Félix Cache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Cache</w:t>
+                <w:t xml:space="preserve">Tobias Herzig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alrik Durand</w:t>
+                <w:t xml:space="preserve">Mario Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (1), pp.24-32. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110, pp.L020102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.3c01561⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.L020102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04366049v1</w:t>
+                <w:t xml:space="preserve">hal-04699426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genuine and faux single G centers in carbon-implanted silicon</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Purcell Enhancement of Silicon W Centers in Circular Bragg Grating Cavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Lefaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Cache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alrik Durand</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mario Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 110, pp.L020102. </w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (1), pp.24-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.L020102⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.3c01561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04699426v1</w:t>
+                <w:t xml:space="preserve">hal-04366049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hopping of the center-of-mass of single G centers in silicon-on-insulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alrik Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Péter Udvarhelyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Cache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krithika V R.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -657,103 +657,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cavity-enhanced zero-phonon emission from an ensemble of G centers in a silicon-on-insulator microring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Lefaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Lefaucher</w:t>
+                <w:t xml:space="preserve">Alrik Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 122 (6), pp.061109. </w:t>
@@ -785,965 +785,965 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03979814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single G centers in silicon fabricated by co-implantation with carbon and proton</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Detection of Single W-Centers in Silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alrik Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Péter Udvarhelyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Herzig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alrik Durand</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mario Khoury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Pezzagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0097407⟩</w:t>
+              <w:t xml:space="preserve">ACS Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (7), pp.2337-2345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.2c00336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03967286v1</w:t>
+                <w:t xml:space="preserve">hal-03667803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic Imaging with Spin Defects in Hexagonal Boron Nitride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pawan Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alrik Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pawan Kumar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alrik Durand</w:t>
+                <w:t xml:space="preserve">Tristan Clua-Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiahan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 18 (6), pp.L061002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.18.L061002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03951311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of Single W-Centers in Silicon</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mario Khoury</w:t>
+                <w:t xml:space="preserve">Enhancement of the creation yield of NV ensembles in a chemically vapour deposited diamond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priyadharshini Balasubramanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Osterkamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ovidiu Brinza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Photonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.2c00336⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 194, pp.282-289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2022.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03667803v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03865721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancement of the creation yield of NV ensembles in a chemically vapour deposited diamond</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maxime Rollo</w:t>
+                <w:t xml:space="preserve">Single G centers in silicon fabricated by co-implantation with carbon and proton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alrik Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Herzig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
+                <w:t xml:space="preserve">Sébastien Pezzagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 194, pp.282-289. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 121 (8), pp.084003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2022.04.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0097407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03865721v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03967286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broad Diversity of Near-Infrared Single-Photon Emitters in Silicon</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yoann Baron</w:t>
+                <w:t xml:space="preserve">Quantitative study of the response of a single NV defect in diamond to magnetic noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rollo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walid Redjem</w:t>
+                <w:t xml:space="preserve">Aurore Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Herzig</w:t>
+                <w:t xml:space="preserve">Rana Tanos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Benali</w:t>
+                <w:t xml:space="preserve">Thibaut Devolder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 126 (7), pp.083602. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (23), pp.235418. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.126.083602⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.235418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03162094v1</w:t>
+                <w:t xml:space="preserve">hal-03295925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging non-collinear antiferromagnetic textures via single spin relaxometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Broad Diversity of Near-Infrared Single-Photon Emitters in Silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alrik Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Finco</w:t>
+                <w:t xml:space="preserve">Walid Redjem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Haykal</w:t>
+                <w:t xml:space="preserve">T. Herzig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rana Tanos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Saddem Chouaieb</w:t>
+                <w:t xml:space="preserve">A. Benali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-20995-x⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (7), pp.083602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.126.083602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03177332v1</w:t>
+                <w:t xml:space="preserve">hal-03162094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative study of the response of a single NV defect in diamond to magnetic noise</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Imaging non-collinear antiferromagnetic textures via single spin relaxometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Haykal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Tanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentin Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Devolder</w:t>
+                <w:t xml:space="preserve">Saddem Chouaieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 103 (23), pp.235418. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.767. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.235418⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-20995-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03295925v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03177332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of room-temperature in-plane magnetization in thin flakes of CrTe2 with a single-spin magnetometer</w:t>
               </w:r>
@@ -1857,481 +1857,481 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03218915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal architecture for diamond-based wide-field thermal imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rana Tanos</w:t>
+                <w:t xml:space="preserve">Single artificial atoms in silicon emitting at telecom wavelengths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Redjem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alrik Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Herzig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Waseem Akhtar</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gediminas Seniutinas</w:t>
+                <w:t xml:space="preserve">Abdennacer Benali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pezzagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5140030⟩</w:t>
+              <w:t xml:space="preserve">Nature Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (12), pp.738-743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41928-020-00499-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02493073v1</w:t>
+                <w:t xml:space="preserve">hal-03036607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single artificial atoms in silicon emitting at telecom wavelengths</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tobias Herzig</w:t>
+                <w:t xml:space="preserve">Weak signal enhancement by non-linear resonance control in a forced nano-electromechanical resonator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avishek Chowdhury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel G. Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barbay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdennacer Benali</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rémy Braive</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3 (12), pp.738-743. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41928-020-00499-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-15827-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03036607v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weak signal enhancement by non-linear resonance control in a forced nano-electromechanical resonator</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal architecture for diamond-based wide-field thermal imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Tanos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avishek Chowdhury</w:t>
+                <w:t xml:space="preserve">Mohammad Waseem Akhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel G. Clerc</w:t>
+                <w:t xml:space="preserve">Serge Monneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Barbay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
+                <w:t xml:space="preserve">Felipe Favaro de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Braive</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gediminas Seniutinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.025027. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-15827-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5140030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02322972v1</w:t>
+                <w:t xml:space="preserve">hal-02493073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing synthetic diamond samples for quantum sensing technologies by tuning the growth temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saddem Chouaieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Javier Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Waseem Akhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2434,51 +2434,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mawussey Segnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexios Beveratos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2689,77 +2689,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chowdhury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Barbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel G. Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 119, pp.234101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3234,51 +3234,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Izo Abram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 68, pp.377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3472,51 +3472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Makles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3574,837 +3574,837 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00672201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Definition of the stimulated emission threshold in high-$\beta$ nanoscale lasers through phase-space reconstruction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Higher-order photon correlations in pulsed photonic crystal nanolasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Elvira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hachair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gian-Lucca Lippi</w:t>
+                <w:t xml:space="preserve">V. Verma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elvira David</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Le Gratiet</w:t>
+                <w:t xml:space="preserve">Gregoire Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, pp.053836. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.83.053836⟩</w:t>
+              <w:t xml:space="preserve">, 2011, pp.061802(R). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.84.061802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00482235v2</w:t>
+                <w:t xml:space="preserve">hal-00598614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher-order photon correlations in pulsed photonic crystal nanolasers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Hachair</w:t>
+                <w:t xml:space="preserve">Structural analysis of site-controlled InAs/InP quantum dots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Verma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Remy Braive</w:t>
+                <w:t xml:space="preserve">Elvira Danilescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregoire Beaudoin</w:t>
+                <w:t xml:space="preserve">Luc Legratiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Largeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.84.061802⟩</w:t>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 334 (1), pp.37-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2011.07.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00598614v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00639913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural analysis of site-controlled InAs/InP quantum dots</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electro-osmotic propulsion of helical nanobelt swimmers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Legratiet</w:t>
+                <w:t xml:space="preserve">Gilgueng Hwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Largeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Beaudoin</w:t>
+                <w:t xml:space="preserve">Antonella Cavanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Ouerghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 30 (7), pp.806-819</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00639913v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03190999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electro-osmotic propulsion of helical nanobelt swimmers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deformable two-dimensional photonic crystal slab for cavity optomechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Antoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Briant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilgueng Hwang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Remy Braive</w:t>
+                <w:t xml:space="preserve">P.-F. Cohadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonella Cavanna</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
+                <w:t xml:space="preserve">A. Heidmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 30 (7), pp.806-819</w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 36 (17), pp.3434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190999v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00605111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deformable two-dimensional photonic crystal slab for cavity optomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Antoni</w:t>
+                <w:t xml:space="preserve">Towards the experimental demonstration of quantum radiation pressure noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Verlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. G. Kuhn</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Briant</w:t>
+                <w:t xml:space="preserve">Alexandros Tavernarakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.-F. Cohadon</w:t>
+                <w:t xml:space="preserve">Chiara Molinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Heidmann</w:t>
+                <w:t xml:space="preserve">Aurélien G. Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (9-10), pp.826 - 836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crhy.2011.03.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00605111v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01793753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the experimental demonstration of quantum radiation pressure noise</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandros Tavernarakis</w:t>
+                <w:t xml:space="preserve">Definition of the stimulated emission threshold in high-$\beta$ nanoscale lasers through phase-space reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Hachair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Molinelli</w:t>
+                <w:t xml:space="preserve">Gian-Lucca Lippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien G. Kuhn</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Antoni</w:t>
+                <w:t xml:space="preserve">Elvira David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Le Gratiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crhy.2011.03.008⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.053836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.83.053836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01793753v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00482235v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal-coated nano-cylinder cavity for broadband nonclassical light emission</w:t>
               </w:r>
@@ -4518,455 +4518,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00531798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room temperature spontaneous emission enhancement from quantum dots in photonic crystal slab cavities in the telecommunications C-band</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transient chirp in high speed photonic crystal quantum dots lasers with controlled spontaneous emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Braive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barbay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Hostein</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne Talneau</w:t>
+                <w:t xml:space="preserve">Audrey Miard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3104855⟩</w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OL.34.000554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00370808v1</w:t>
+                <w:t xml:space="preserve">hal-00345433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient chirp in high speed photonic crystal quantum dots lasers with controlled spontaneous emission</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Optimizing H1 cavities for the generation of entangled photon pairs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Larqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Karle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexios Beveratos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OL.34.000554⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.033022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/11/3/033022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00345433v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00333044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing H1 cavities for the generation of entangled photon pairs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
+                <w:t xml:space="preserve">Room temperature spontaneous emission enhancement from quantum dots in photonic crystal slab cavities in the telecommunications C-band</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Hostein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Braive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Larqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ko-Hsin Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy Karle</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Talneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, pp.033022. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.123101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/11/3/033022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3104855⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00333044v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00370808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bell inequalities and density matrix for polarization entangled photons out of a two-photon cascade in a single quantum dot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Larqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexios Beveratos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5013,77 +5013,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entangling single photons on a beamsplitter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Larqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexios Beveratos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 47, pp.119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5117,77 +5117,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Resolved characterization of InAsP/InP quantum dots emitting in the C-band telecommunication window</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Hostein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noelle Gogneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5415,51 +5415,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Hugonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spyros Varoutis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5679,51 +5679,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387662v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Sfeir" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Schrader" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Fabre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Courtin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/v5zf-5z78" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366049v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lefaucher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jager" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calvo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Cache" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alrik Durand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c01561" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699426v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Baron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Herzig" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Khoury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.L020102" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600016v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Udvarhelyi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krithika V R." TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.14.041071" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979814v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0130196" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967286v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pezzagna" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0097407" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951311v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Clua-Provost" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahan Li" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.L061002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667803v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.2c00336" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865721v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadharshini Balasubramanian" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Osterkamp" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rollo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robert-Philip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2022.04.005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162094v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Redjem" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Herzig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benali" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.126.083602" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177332v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Finco" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Haykal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Tanos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saddem Chouaieb" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-20995-x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295925v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devolder" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.235418" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218915v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fabre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Finco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Purbawati" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj-Azzem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rougemaille" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.034008" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493073v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Waseem Akhtar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Monneret" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Favaro de Oliveira" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gediminas Seniutinas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5140030" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036607v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennacer Benali" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41928-020-00499-0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322972v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishek Chowdhury" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel G. Clerc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barbay" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Braive" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15827-3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302063v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Javier Martinez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Philip" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dr&#233;au" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2019.04.022" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753921v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galan Moody" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mawussey Segnon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sagnes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexios Beveratos" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.5.000395" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670338v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chardin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Makles" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ca&#235;r" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheon Chua" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/lsa.2016.190" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668646v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chowdhury" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.234101" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668675v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tsvirkun" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Surrente" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raineri" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beaudoin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Raj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics3040052" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145028v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Ardizzone" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Chassagneux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Vialla" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Delport" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delcamp" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.121410" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263319v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Makles" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Antoni" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Kuhn" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Del&#233;glise" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Briant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.000174" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990194v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izo Abram" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel G&#233;rard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2014-50717-x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00859960v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Elvira" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Braive" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Beaudoin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Hugonin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818131" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672201v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Antoni" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Briant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Cohadon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/100/68005" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00482235v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hachair" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian-Lucca Lippi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira David" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Le Gratiet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.053836" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598614v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Verma" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Beaudoin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.061802" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639913v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fain" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Danilescu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Legratiet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Largeau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2011.07.031" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ST1XCW29-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190999v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilgueng Hwang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Cavanna" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Ouerghi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605111v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Kuhn" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Cohadon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heidmann" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793753v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Verlot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Tavernarakis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Molinelli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien G. Kuhn" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2011.03.008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6C179JK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531798v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Maksymov" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Besbes" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianji Yang" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.180502" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370808v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hostein" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Larqu&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ko-Hsin Lee" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Talneau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3104855" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345433v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Miard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000554" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333044v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Karle" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/3/033022" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00213464v2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.042118" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203472v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2008-00017-3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303555v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelle Gogneau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriache" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2965112" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00566665v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inbal Friedler" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claudon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00877855v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecamp" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyros Varoutis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2711186" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387662v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Sfeir" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Schrader" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Fabre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Courtin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/v5zf-5z78" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699426v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alrik Durand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Baron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Cache" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Herzig" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Khoury" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.L020102" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366049v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lefaucher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jager" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calvo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c01561" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600016v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Udvarhelyi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krithika V R." TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.14.041071" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979814v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0130196" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667803v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.2c00336" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951311v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Clua-Provost" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahan Li" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.L061002" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865721v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadharshini Balasubramanian" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Osterkamp" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rollo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robert-Philip" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2022.04.005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967286v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pezzagna" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0097407" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295925v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Finco" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Tanos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devolder" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.235418" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162094v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Redjem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Herzig" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benali" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.126.083602" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177332v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Haykal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saddem Chouaieb" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-20995-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218915v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fabre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Finco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Purbawati" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj-Azzem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rougemaille" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.034008" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036607v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennacer Benali" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41928-020-00499-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322972v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishek Chowdhury" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel G. Clerc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barbay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Braive" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15827-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493073v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Waseem Akhtar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Monneret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Favaro de Oliveira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gediminas Seniutinas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5140030" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302063v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Javier Martinez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Philip" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dr&#233;au" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2019.04.022" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753921v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galan Moody" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mawussey Segnon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sagnes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexios Beveratos" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.5.000395" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670338v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chardin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Makles" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ca&#235;r" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheon Chua" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/lsa.2016.190" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668646v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chowdhury" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.234101" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668675v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tsvirkun" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Surrente" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raineri" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beaudoin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Raj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics3040052" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145028v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Ardizzone" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Chassagneux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Vialla" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Delport" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delcamp" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.121410" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263319v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Makles" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Antoni" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Kuhn" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Del&#233;glise" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Briant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.000174" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990194v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izo Abram" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel G&#233;rard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2014-50717-x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00859960v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Elvira" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Braive" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Beaudoin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Hugonin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818131" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672201v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Antoni" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Briant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Cohadon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/100/68005" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598614v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hachair" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Verma" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Beaudoin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.061802" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639913v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fain" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Danilescu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Legratiet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Largeau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2011.07.031" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ST1XCW29-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190999v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilgueng Hwang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Cavanna" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Ouerghi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605111v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Kuhn" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Cohadon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heidmann" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793753v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Verlot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Tavernarakis" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Molinelli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien G. Kuhn" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2011.03.008" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6C179JK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00482235v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian-Lucca Lippi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira David" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Le Gratiet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.053836" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531798v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Maksymov" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Besbes" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianji Yang" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.180502" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345433v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Miard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000554" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333044v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Larqu&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Karle" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/3/033022" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370808v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hostein" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ko-Hsin Lee" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Talneau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3104855" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00213464v2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.042118" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203472v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2008-00017-3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303555v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelle Gogneau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriache" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2965112" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00566665v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inbal Friedler" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claudon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00877855v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecamp" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyros Varoutis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2711186" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>