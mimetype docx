--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Royer </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echantillon(s) : choix des individus et des cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zarlowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes de recherche en Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5ème édition, pp.224-254, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le design de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zarlowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes de recherche en Management,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5ème édition, pp.168-201, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La décision stratégique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Seville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands courants en management stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-194, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02387670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le design de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zarlowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raymond-Alain Thietart et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes de recherche en Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, pp.168-196, 2014, 978-2-10-071109-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01074017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echantillon(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zarlowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raymond-Alain Thietart et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes de recherche en Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, pp.219-260, 2014, 978-2-10-071109-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01074007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naviguer entre les paradoxes au fil du temps dans la quête de la durabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hippy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing paradoxical tensions in sustainability : A longitudinal study of an SME seeking B-Corp certification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hippy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences inattendues des réponses apportées au paradoxe de performance : étude du cas d’une PME en cours de certification B-Corp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hippy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-fertilizing process approaches to enhance results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pfeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop GT Méthodologie AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Côte d'Azur, Nov 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04298192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Being an employee-coworker: constructing one’s work identity in a coworking space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pfeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PROS Symposium 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04227262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The overlooked two- and three-case designs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04683319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FCEs during field evolution: Performing institutional work at the Bocuse d’Or gastronomy competition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Agrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Institutionalism Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03616393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALL FOR ONE OR ONE FOR ALL? DIVESTITURE DECISION AND PERFORMANCE THROUGH TMT FUNCTIONAL DIVERSITY AND ORIENTATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safsaf Nadjet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02932000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FUNCTIONAL BACKGROUND AS A DETERMINANT OF DIVESTURE’S MODES AND FIRMS’ OUTCOMES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safsaf Nadjet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">http://www.eiasm.org/frontoffice/event_announcement.asp?event_id=1348</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Passau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02090487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand un artéfact présent absent conduit au conflit identitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Bensouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS, Jun 2019, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02474010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer la matérialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01871533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérience de salariés en espaces de coworking: nouvelles attentes vis-à-vis des espaces de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pfeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01871496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When identity is embodied in a missing artifact: Clashing founder values and market-driven managers in identity formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Bensouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tallin, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01873544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Employees in coworking spaces: how work practices transform their expectations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pfeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01871498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International or local R&D cooperation for innovation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Bensouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D management conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01400850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les entreprises manufacturières internationales et l’utilisation des outils numériques : vers la fabrique numérique du XXIème siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Thivant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Management des Technologies Organisationnelles - MTO'2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voicers in innovation: 5 profiles with different impacts on change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rostain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31h European Group for Organizational Studies Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01164454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Departure of performative from ostensive aspects of routine as source of artifacts persistence and organizational change:</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Montréal, Canada. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00865693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escalade de l'engagement et erreur de décision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'erreur en décision organisationnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Montréal, Canada. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00865695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockbusters and Fiascoes in the Movie Industry: The Role of Champions on Escalation and Ultimate Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd INTERREG CONFERENCE 3rd INTERREG CONFERENCE, EM Normandie and University of Southampton "Creative industries: think tanks for innovative practices in management, strategy and organization?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Deauville, France. pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00923579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competencies for open innovation: an empirical test for entrepreneurs in technological incubators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The R&amp;D Management Conference 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Grenoble, France. pp.129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00726124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rationalité et politique dans les décisions réglementées : Le cas des décisions de sanction dans les EHPAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Conférence de l'Association Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Nantes, France. pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00819325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Institutional Logics in a Technological Field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Forgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Group for Organizational Studies Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Gothenburg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00820449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Champions pour le meilleur et pour le pire : propositions de résolution du paradoxe entre les littératures sur le champion et sur l'escalade de l'engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Briand-Decré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Nice-Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des lieux et de la technologie dans un secteur naissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Forgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04683317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observing Materiality in Organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (3), pp.9-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02956264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of stakeholders and collaborative innovation on value creation of incubated start-ups: The case of Romanian business incubators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama-Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 62, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.062.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02956268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational Routines and Institutional Maintenance: The Influence of Legal Artifacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (2), pp.204-224. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1056492617730402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01625107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La quantification des données qualitatives : intérêts et difficultés en sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Roulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2019 (NS6), </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/fcs.3312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competencies for open innovation for entrepreneurs in technological incubators: an empirical test in Romania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.33-58. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.123.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01086247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité des chercheurs en gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 37 (216), pp.65-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00726123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcement de la résilience par un apprentissage post-crise : étude longitudinale sur deux périodes de turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gulsun Altintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (4), pp.266-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00703449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'escalade de l'engagement dans le développement de produits nouveaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 11 (3), pp.7-22. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/076737019601100301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Royer </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le design de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zarlowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes de recherche en Management,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5ème édition, pp.168-201, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echantillon(s) : choix des individus et des cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zarlowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes de recherche en Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5ème édition, pp.224-254, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La décision stratégique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Seville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands courants en management stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-194, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02387670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echantillon(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zarlowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raymond-Alain Thietart et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes de recherche en Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, pp.219-260, 2014, 978-2-10-071109-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01074007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le design de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zarlowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raymond-Alain Thietart et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes de recherche en Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, pp.168-196, 2014, 978-2-10-071109-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01074017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naviguer entre les paradoxes au fil du temps dans la quête de la durabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hippy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing paradoxical tensions in sustainability : A longitudinal study of an SME seeking B-Corp certification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hippy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences inattendues des réponses apportées au paradoxe de performance : étude du cas d’une PME en cours de certification B-Corp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hippy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-fertilizing process approaches to enhance results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pfeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop GT Méthodologie AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Côte d'Azur, Nov 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04298192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Being an employee-coworker: constructing one’s work identity in a coworking space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pfeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PROS Symposium 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04227262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The overlooked two- and three-case designs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04683319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FCEs during field evolution: Performing institutional work at the Bocuse d’Or gastronomy competition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Agrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Institutionalism Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03616393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALL FOR ONE OR ONE FOR ALL? DIVESTITURE DECISION AND PERFORMANCE THROUGH TMT FUNCTIONAL DIVERSITY AND ORIENTATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safsaf Nadjet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02932000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand un artéfact présent absent conduit au conflit identitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Bensouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS, Jun 2019, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02474010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FUNCTIONAL BACKGROUND AS A DETERMINANT OF DIVESTURE’S MODES AND FIRMS’ OUTCOMES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safsaf Nadjet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">http://www.eiasm.org/frontoffice/event_announcement.asp?event_id=1348</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Passau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02090487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Employees in coworking spaces: how work practices transform their expectations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pfeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01871498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer la matérialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01871533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérience de salariés en espaces de coworking: nouvelles attentes vis-à-vis des espaces de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pfeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01871496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When identity is embodied in a missing artifact: Clashing founder values and market-driven managers in identity formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Bensouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tallin, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01873544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International or local R&D cooperation for innovation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Bensouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D management conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01400850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voicers in innovation: 5 profiles with different impacts on change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rostain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31h European Group for Organizational Studies Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01164454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les entreprises manufacturières internationales et l’utilisation des outils numériques : vers la fabrique numérique du XXIème siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Thivant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Management des Technologies Organisationnelles - MTO'2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockbusters and Fiascoes in the Movie Industry: The Role of Champions on Escalation and Ultimate Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd INTERREG CONFERENCE 3rd INTERREG CONFERENCE, EM Normandie and University of Southampton "Creative industries: think tanks for innovative practices in management, strategy and organization?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Deauville, France. pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00923579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Departure of performative from ostensive aspects of routine as source of artifacts persistence and organizational change:</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Montréal, Canada. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00865693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escalade de l'engagement et erreur de décision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'erreur en décision organisationnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Montréal, Canada. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00865695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competencies for open innovation: an empirical test for entrepreneurs in technological incubators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The R&amp;D Management Conference 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Grenoble, France. pp.129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00726124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Institutional Logics in a Technological Field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Forgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Group for Organizational Studies Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Gothenburg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00820449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rationalité et politique dans les décisions réglementées : Le cas des décisions de sanction dans les EHPAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Conférence de l'Association Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Nantes, France. pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00819325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Champions pour le meilleur et pour le pire : propositions de résolution du paradoxe entre les littératures sur le champion et sur l'escalade de l'engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Briand-Decré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Nice-Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des lieux et de la technologie dans un secteur naissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Forgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04683317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observing Materiality in Organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (3), pp.9-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02956264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of stakeholders and collaborative innovation on value creation of incubated start-ups: The case of Romanian business incubators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama-Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 62, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.062.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02956268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational Routines and Institutional Maintenance: The Influence of Legal Artifacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (2), pp.204-224. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1056492617730402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01625107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La quantification des données qualitatives : intérêts et difficultés en sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Roulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2019 (NS6), </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/fcs.3312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competencies for open innovation for entrepreneurs in technological incubators: an empirical test in Romania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.33-58. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.123.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01086247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité des chercheurs en gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 37 (216), pp.65-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00726123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcement de la résilience par un apprentissage post-crise : étude longitudinale sur deux périodes de turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gulsun Altintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (4), pp.266-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00703449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'escalade de l'engagement dans le développement de produits nouveaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 11 (3), pp.7-22. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/076737019601100301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470559v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Royer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zarlowski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470554v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02387670v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Seville" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074017v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074007v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250727v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hippy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;rard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645038v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613793v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04298192v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pfeffer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04227262v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04683319v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03616393v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Agrel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02932000v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safsaf Nadjet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Perdreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02090487v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02474010v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Bensouna" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871533v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871496v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01873544v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871498v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01400850v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01215794v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thivant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01164454v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rostain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865693v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Daniel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865695v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00923579v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00726124v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Grama" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00819325v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00820449v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Forgues" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430954v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Briand-Decr&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04683317v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02956264v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02956268v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Grama-Vigouroux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.062.0129" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01625107v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056492617730402" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303982v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Garreau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roulet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.3312" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01086247v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.123.0033" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00726123v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00703449v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulsun Altintas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016801v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737019601100301" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470554v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Royer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zarlowski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470559v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02387670v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Seville" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074007v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074017v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250727v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hippy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;rard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645038v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613793v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04298192v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pfeffer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04227262v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04683319v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03616393v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Agrel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02932000v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safsaf Nadjet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Perdreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02474010v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Bensouna" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02090487v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871498v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871533v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871496v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01873544v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01400850v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01164454v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rostain" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01215794v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thivant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00923579v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865693v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Daniel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865695v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00726124v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Grama" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00820449v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Forgues" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00819325v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430954v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Briand-Decr&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04683317v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02956264v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02956268v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Grama-Vigouroux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.062.0129" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01625107v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056492617730402" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303982v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Garreau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roulet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.3312" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01086247v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.123.0033" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00726123v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00703449v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulsun Altintas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016801v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737019601100301" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>