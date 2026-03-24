--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1571,295 +1571,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03332021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-Scale Screening of Thiol and Fermentative Aroma Production during Wine Alcoholic Fermentation: Exploring the Effects of Assimilable Nitrogen and Peptides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">QTL mapping of modelled metabolic fluxes reveals gene variants impacting yeast central carbon metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Eder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Duc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Faïza Maçna</w:t>
+                <w:t xml:space="preserve">Thibault Nidelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Delpech</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fermentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/fermentation6040098⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.2162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-57857-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03102145v1</w:t>
+                <w:t xml:space="preserve">hal-02516760v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTL mapping of modelled metabolic fluxes reveals gene variants impacting yeast central carbon metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthias Eder</w:t>
+                <w:t xml:space="preserve">Large-Scale Screening of Thiol and Fermentative Aroma Production during Wine Alcoholic Fermentation: Exploring the Effects of Assimilable Nitrogen and Peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faïza Maçna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Nidelet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+                <w:t xml:space="preserve">Stéphane Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.2162. </w:t>
+              <w:t xml:space="preserve">Fermentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-57857-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/fermentation6040098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02516760v2</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03102145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen sources preferences of non-Saccharomyces yeasts to sustain growth and fermentation under winemaking conditions</w:t>
               </w:r>
@@ -1979,51 +1979,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific gene regulations of unusual micronutrient starvations leading to cell death during wine fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Pradal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2509,429 +2509,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relief from nitrogen starvation triggers transient destabilization of glycolytic mRNAs in Saccharomyces cerevisiae cells</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Chloé Bessiere</w:t>
+                <w:t xml:space="preserve">Impact of the timing and the nature of nitrogen additions on the production kinetics of fermentative aromas by Saccharomyces cerevisiae during winemaking fermentation in synthetic media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Seguinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Blondin</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Sablayrolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology of the Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1091/mbc.E17-01-0061⟩</w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 76, pp.29-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2018.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01837842v1</w:t>
+                <w:t xml:space="preserve">hal-02623197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the timing and the nature of nitrogen additions on the production kinetics of fermentative aromas by Saccharomyces cerevisiae during winemaking fermentation in synthetic media</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Rollero</w:t>
+                <w:t xml:space="preserve">QTL mapping of volatile compound production in Saccharomyces cerevisiae during alcoholic fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Eder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Brice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2018.04.005⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (1), 19 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-018-4562-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623197v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTL mapping of volatile compound production in Saccharomyces cerevisiae during alcoholic fermentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthias Eder</w:t>
+                <w:t xml:space="preserve">Relief from nitrogen starvation triggers transient destabilization of glycolytic mRNAs in Saccharomyces cerevisiae cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Tesniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Pradal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Blondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 19 (1), 19 p. </w:t>
+              <w:t xml:space="preserve">Molecular Biology of the Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (4), pp.490-498. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-018-4562-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1091/mbc.E17-01-0061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837846v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of S. cerevisiae to Fermented Food Environments Reveals Remarkable Genome Plasticity and the Footprints of Domestication</w:t>
               </w:r>
@@ -3319,51 +3319,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A set of nutrient limitations trigger yeast cell death in a nitrogen-dependent manner during wine alcoholic fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Pradal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3587,51 +3587,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative 13 C-isotope labelling-based analysis to elucidate the influence of environmental parameters on the production of fermentative aromas during wine fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Roch Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3721,51 +3721,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Key role of lipid management in nitrogen and aroma metabolism in an evolved wine yeast strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Roch Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4101,51 +4101,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined effects of nutrients and temperature on the production of fermentative aromas by Saccharomyces cerevisiae during wine fermentation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4261,51 +4261,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat-My Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4464,51 +4464,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une étude du besoin en azote des levures œnologiques révèle le rôle clé de la signalisation azote dans le contrôle de la vitesse de fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4615,51 +4615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Crepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Nidelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4849,51 +4849,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A genetic approach of wine yeast fermentation capacity in nitrogen-starvation reveals the key role of nitrogen signaling.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4979,51 +4979,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the mechanisms responsible for differences between nitrogen requirements of Saccharomyces cerevisiae wine yeasts in alcoholic fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5783,51 +5783,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequential Use of Nitrogen Compounds by Saccharomyces cerevisiae during Wine Fermentation: a Model Based on Kinetic and Regulation Characteristics of Nitrogen Permeases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Crepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Nidelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6861,51 +6861,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erick Casalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Nidelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36. International Specialised Symposium on Yeasts - ISSY36</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Vancouver, Canada. </w:t>
@@ -7590,51 +7590,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Rigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Nidelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7702,51 +7702,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat-My Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8776,51 +8776,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04595814v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Me&#239;li Baragatti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Casenave" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cloez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M&#233;tivier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2025.2546446" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05221729v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Llach" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Decandia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Giovanetti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2025.101374" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04563781v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fontez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijb-2023-0065" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04511174v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mariel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verzelen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Massol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carri&#232;re St&#233;phanie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.103906" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04053997v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Godillot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Baconin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P&#233;rez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1124970" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03919239v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Leroux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Llach-Martinez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Besche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dominique Guyonneau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Montier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2022.100032" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185866v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovana Girardi Piva" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Casalta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Legras" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pradal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2023.110350" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03625745v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Galeote" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.829786" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661692v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Eder" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Daran" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dequin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2022.104041" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04534345v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Guittin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;za Ma&#231;na" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barreau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Poitou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fermentation8020051" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332021v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Sablayrolles" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-021-11479-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03102145v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Duc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delpech" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fermentation6040098" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02516760v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57857-3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320569v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Su" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Seguinot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz-Julien" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Maria Heras" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2019.103287" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02871928v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Noble" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Blondin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2020.54.2.2970" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627721v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neveu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tireau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hilgert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Negre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mineau-Cesari" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15385" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126102v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tesniere" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bessiere" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0215870" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619451v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Alvarez Prado" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera Bosquet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Grau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz191" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837842v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E17-01-0061" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623197v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rollero" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.04.005" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837846v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brice" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4562-8" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837856v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bigey" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Marsit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy066" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605957v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Mendes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Franco-Duarte" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorit Schuller" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3816-1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607566v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ferreira" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julien Ortiz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/fox051" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608237v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184838" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606184v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Crepin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat My Truong" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bloem" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.02617-16" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606296v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Mouret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.12749" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284656v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-016-0434-6" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837759v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02429-15" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837763v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13117" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-95NRC1DV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837726v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-6210-9" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604946v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cr&#233;pin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-My Truong" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161657v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-015-0245-1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506449v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268687v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-014-0109-0" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837734v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brion" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; C. Ambroset" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-1085" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189979v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-495" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639540v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03856-13" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647528v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Clement" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Perez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie J.-M. Sablayrolles" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02853-12" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506241v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maisonnave" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moine" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2013.03.004" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLJ51WR4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939593v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Brion" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-681" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649995v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Celton" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-317" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485468v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Steyer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Claudel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-573" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506263v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02294-12" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645675v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brial" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Dequin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0025147" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487358v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Petit" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/G3.111.000422" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522215v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maigne" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rossard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05363123v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cormary" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Brisset" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Rodriguez" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente P&#233;rez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Salgado" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04935716v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carayon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rey" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195753v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04141247v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177018v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovana Girardi-Piva" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961837v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz Julien" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Heras" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788853v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958317v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958350v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604146v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603289v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rigou" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606654v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601704v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821197v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Erny" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ambroset" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04977360v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie J. Millet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Xose Rodriguez-Alvarez" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Marcela Perez Valencia" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5f1831a8767fe2010b387b1ef6213ccacb33934f;origin=https://hal.archives-ouvertes.fr/hal-04977360;visit=swh:1:snp:9717d21afd26aad92a9f62bd8b504ba845f31f32;anchor=swh:1:rel:d555c74353628f95065936a8419bafe1326720f5;path=/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831212v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girault Gnanguenon Guesse" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:1935073f9a5e5c54f8a6df6108134a04426dbbc7;origin=https://hal.archives-ouvertes.fr/hal-04831212;visit=swh:1:snp:c2743417246989750ca647c8cb80feba74967941;anchor=swh:1:rel:44a8f83951eebba111aefb70a99b774079e773cb;path=/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830668v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:728011713fe724b0f29203da74bc01ac5f8d530f;origin=https://hal.archives-ouvertes.fr/hal-04830668;visit=swh:1:snp:f129608714c2acc104ea5a3bfbb3243115853a97;anchor=swh:1:rel:e62f5a0feb09d34c3cfcb777efb9908632ba0ea0;path=/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835927v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5b7eb80a0060d1ff66e90906985ac8815aae45aa;origin=https://hal.archives-ouvertes.fr/hal-04835927;visit=swh:1:snp:a1d2d4a154eba9b618c7d8c7dc4c40ee373f09ee;anchor=swh:1:rel:73f4b00912eda7ddc2f955a729fa4ab32776cb67;path=/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835991v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:235c8edc0c420d831a4f4f2cd3d3cf9d552b9e7b;origin=https://hal.archives-ouvertes.fr/hal-04835991;visit=swh:1:snp:95f0c856c382dab0b118249353a15c89baa36a66;anchor=swh:1:rel:a35928dff80c9195c4e136f247fab64c53bf15a0;path=/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04595814v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Me&#239;li Baragatti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Casenave" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cloez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M&#233;tivier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2025.2546446" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05221729v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Llach" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Decandia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Giovanetti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2025.101374" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04563781v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fontez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijb-2023-0065" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04511174v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mariel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verzelen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Massol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carri&#232;re St&#233;phanie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.103906" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04053997v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Godillot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Baconin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P&#233;rez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1124970" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03919239v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Leroux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Llach-Martinez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Besche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dominique Guyonneau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Montier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2022.100032" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185866v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovana Girardi Piva" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Casalta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Legras" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pradal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2023.110350" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03625745v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Galeote" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.829786" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661692v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Eder" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Daran" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dequin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2022.104041" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04534345v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Guittin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;za Ma&#231;na" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barreau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Poitou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fermentation8020051" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332021v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Sablayrolles" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-021-11479-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02516760v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57857-3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03102145v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Duc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delpech" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fermentation6040098" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320569v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Su" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Seguinot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz-Julien" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Maria Heras" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2019.103287" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02871928v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Noble" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Blondin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2020.54.2.2970" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627721v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neveu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tireau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hilgert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Negre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mineau-Cesari" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15385" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126102v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tesniere" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bessiere" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0215870" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619451v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Alvarez Prado" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera Bosquet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Grau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz191" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623197v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rollero" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.04.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837846v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brice" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4562-8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837842v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E17-01-0061" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837856v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bigey" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Marsit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy066" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605957v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Mendes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Franco-Duarte" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorit Schuller" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3816-1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607566v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ferreira" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julien Ortiz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/fox051" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608237v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184838" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606184v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Crepin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat My Truong" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bloem" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.02617-16" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606296v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Mouret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.12749" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284656v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-016-0434-6" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837759v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02429-15" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837763v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13117" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-95NRC1DV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837726v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-6210-9" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604946v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cr&#233;pin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-My Truong" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161657v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-015-0245-1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506449v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268687v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-014-0109-0" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837734v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brion" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; C. Ambroset" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-1085" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189979v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-495" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639540v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03856-13" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647528v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Clement" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Perez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie J.-M. Sablayrolles" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02853-12" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506241v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maisonnave" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moine" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2013.03.004" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLJ51WR4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939593v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Brion" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-681" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649995v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Celton" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-317" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485468v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Steyer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Claudel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-573" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506263v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02294-12" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645675v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brial" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Dequin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0025147" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487358v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Petit" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/G3.111.000422" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522215v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maigne" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rossard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05363123v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cormary" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Brisset" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Rodriguez" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente P&#233;rez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Salgado" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04935716v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carayon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rey" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195753v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04141247v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177018v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovana Girardi-Piva" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961837v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz Julien" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Heras" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788853v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958317v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958350v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604146v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603289v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rigou" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606654v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601704v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821197v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Erny" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ambroset" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04977360v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie J. Millet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Xose Rodriguez-Alvarez" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Marcela Perez Valencia" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5f1831a8767fe2010b387b1ef6213ccacb33934f;origin=https://hal.archives-ouvertes.fr/hal-04977360;visit=swh:1:snp:9717d21afd26aad92a9f62bd8b504ba845f31f32;anchor=swh:1:rel:d555c74353628f95065936a8419bafe1326720f5;path=/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831212v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girault Gnanguenon Guesse" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:1935073f9a5e5c54f8a6df6108134a04426dbbc7;origin=https://hal.archives-ouvertes.fr/hal-04831212;visit=swh:1:snp:c2743417246989750ca647c8cb80feba74967941;anchor=swh:1:rel:44a8f83951eebba111aefb70a99b774079e773cb;path=/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830668v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:728011713fe724b0f29203da74bc01ac5f8d530f;origin=https://hal.archives-ouvertes.fr/hal-04830668;visit=swh:1:snp:f129608714c2acc104ea5a3bfbb3243115853a97;anchor=swh:1:rel:e62f5a0feb09d34c3cfcb777efb9908632ba0ea0;path=/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835927v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5b7eb80a0060d1ff66e90906985ac8815aae45aa;origin=https://hal.archives-ouvertes.fr/hal-04835927;visit=swh:1:snp:a1d2d4a154eba9b618c7d8c7dc4c40ee373f09ee;anchor=swh:1:rel:73f4b00912eda7ddc2f955a729fa4ab32776cb67;path=/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835991v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:235c8edc0c420d831a4f4f2cd3d3cf9d552b9e7b;origin=https://hal.archives-ouvertes.fr/hal-04835991;visit=swh:1:snp:95f0c856c382dab0b118249353a15c89baa36a66;anchor=swh:1:rel:a35928dff80c9195c4e136f247fab64c53bf15a0;path=/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>