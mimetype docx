--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -540,165 +540,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Algunas reflexiones sobre realismo y narraciones en imágenes en la España del siglo XXI. El ejemplo de María y yo de Miguel Gallardo y su adaptación cinematográfica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pasavento. Revista de Estudios Hispánicos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La lección de las novelas ejemplares : algunas calas en la narrativa contemporánea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Touton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insula : revista de letras y ciencias humanas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 799-800, pp.48-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02157765v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02626685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El discurso político del cómic sobre el pasado nacional. Tres lecturas del Siglo de Oro</w:t>
               </w:r>
@@ -1384,604 +1384,604 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02136561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'Espagne des trois cultures vue par Francisco Márquez Villanueva (Séville, 1931 - Boston, 2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Ben Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUM, pp.50, 2015, Horizons Maghrébins, 978-2-8107-0379-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02522142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Imagen y verdad en el mundo hispánico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Peyraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Giménez Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Ramouche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascale Peyraga. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Orbis Tertius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.436, 2015, 978-2-36783-063-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Peyraga</w:t>
+                <w:t xml:space="preserve">hal-01290953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Espagne des trois cultures vue par Francisco Marquez Villanueva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Llored</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Touton</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Isabelle Touton; Yannick Llored. Presses Universitaires du Midi, 2015, 978-2-8107-0379-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Todos somos autores y público: conversaciones sobre creación contemporánea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roberto Valencia. Institución Fernando el Católico, 2014, 978-84-9911-304-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02280583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuevas tecnologías y creación literaria en España</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Breton</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cristina Giménez Navarro</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, pp.436, 2015, 978-2-36783-063-6</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Florenchie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Letral, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Touton</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'héritage de l'Espagne des trois cultures. Musulmans, juifs et chrétiens (vol. II)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Llored</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">PUM, pp.50, 2015, Horizons Maghrébins, 978-2-8107-0379-1</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Isabelle Touton; Yannick Llored. Presses Universitaires du Mirail, 2012, 978-2-8107-0237-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'héritage de l'Espagne des trois cultures. Musulman, juifs et chrétiens vol. II</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Llored</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Isabelle Touton; Yannick Llored. Presses Universitaires du Midi, 2015, 978-2-8107-0379-1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Horizons Maghrébins, pp.235, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...224 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02626708v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-02971797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ejemplaridad en la narrativa española contemporánea (1950-2010)</w:t>
               </w:r>
@@ -2644,165 +2644,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La nouvelle en Espagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUB, pp.30-33, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02290002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le franquisme n'a pas tué la &amp;quot;sainte de la race&amp;quot; ou comment et pourquoi Thérèse d'Avila (1515-1582) renaît sans cesse de ses cendres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Touton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Figures emblématiques de l'imaginaire politique espagnol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Indigo, pp.15-32, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02274296v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02290002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juana Salabert, La narrativa española de hoy (2000-2010)</w:t>
               </w:r>
@@ -3585,173 +3585,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02638472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le regard sur le corps dans le roman Crónica del Rey pasmado de Gonzalo Torrente Ballester (1989) et le film El Rey pasmado d'Imanol Uribe (1992)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Merlo, Philippe. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Image et corps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRMH/LCE, pp.11, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">El capitán Alatriste de Arturo Pérez-Reverte y la memoria nacional</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Touton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Serra, Odette and Gorsse, Frédéric. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">El Siglo de oro en escena. Homenaje a Marc Vitse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUM, pp.11, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02638511v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-02638510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La tradition revisitée dans l'incipit de Crónica del rey pasmado scherzo en re(y) mayor, alegre mas no demasiado de Gonzalo Torrente Ballester : transgression ou topique postmoderne ?</w:t>
               </w:r>
@@ -4125,51 +4125,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446914v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Segas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Touton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522068v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Barrero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522140v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280650v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280652v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157765v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626685v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153867v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153855v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639143v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638473v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638488v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638512v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385947v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Jare&#241;o" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Sanz-Gavillon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Javier Alonso Carball&#233;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465942v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mitaine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judite Rodrigues" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136561v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7195/ri14.v10i2.496" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290953v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Colin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Peyraga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gim&#233;nez Navarro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ramouche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsorbistertius.fr/librairie/fr/3-collection-universitas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522142v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ben Salem" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02971788v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Llored" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280583v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626686v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Breton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Florenchie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626708v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02971797v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639079v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638474v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02971800v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522067v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522095v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291244v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522113v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290949v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291182v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274296v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290002v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280552v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639076v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639077v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639078v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639075v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639141v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639140v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639142v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638471v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638470v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638472v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638511v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638510v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638539v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638541v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638540v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446914v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Segas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Touton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522068v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Barrero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522140v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280650v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280652v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626685v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157765v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153867v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153855v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639143v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638473v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638488v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638512v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385947v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Jare&#241;o" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Sanz-Gavillon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Javier Alonso Carball&#233;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465942v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mitaine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judite Rodrigues" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136561v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7195/ri14.v10i2.496" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522142v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ben Salem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290953v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Colin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Peyraga" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gim&#233;nez Navarro" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ramouche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsorbistertius.fr/librairie/fr/3-collection-universitas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02971788v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Llored" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280583v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626686v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Breton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Florenchie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02971797v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626708v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639079v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638474v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02971800v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522067v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522095v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291244v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522113v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290949v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291182v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290002v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274296v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280552v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639076v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639077v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639078v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639075v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639141v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639140v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639142v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638471v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638470v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638472v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638510v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638511v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638539v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638541v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638540v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>