--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1096,441 +1096,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights on the influence of surface roughness on photovoltaic properties of state of the art copper indium gallium diselenide thin films solar cells</w:t>
+                <w:t xml:space="preserve">Aqueous bromine etching of InP: a specific surface chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Jehl</w:t>
+                <w:t xml:space="preserve">A. Causier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouttemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Aureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Lincot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Gerard</w:t>
+                <w:t xml:space="preserve">J. Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4721648⟩</w:t>
+              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 9 (6), pp.1408-1410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssc.201100681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05040007v1</w:t>
+                <w:t xml:space="preserve">hal-05039993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aqueous bromine etching of InP: a specific surface chemistry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mo/Cu(In, Ga)Se2 back interface chemical and optical properties for ultrathin CIGSe solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Erfurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Causier</w:t>
+                <w:t xml:space="preserve">Z. Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouttemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Vigneron</w:t>
+                <w:t xml:space="preserve">N. Dahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Tran-Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssc.201100681⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 258 (7), pp.3058-3061. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2011.11.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05039993v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mo/Cu(In, Ga)Se2 back interface chemical and optical properties for ultrathin CIGSe solar cells</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Insights on the influence of surface roughness on photovoltaic properties of state of the art copper indium gallium diselenide thin films solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouttemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Tran-Van</w:t>
+                <w:t xml:space="preserve">D. Lincot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Guillemoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2011.11.037⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 111 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4721648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05040126v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards ultrathin copper indium gallium diselenide solar cells: proof of concept study by chemical etching and gold back contact engineering</w:t>
               </w:r>
@@ -1662,51 +1662,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mo/Cu(In,Ga)Se-2 back interface chemical and optical properties for ultrathin CIGSe solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Erfurth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zacharie Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1714,51 +1714,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouttemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nir Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tran-Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 258, pp.3058</w:t>
@@ -1781,203 +1781,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00785307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thinning of CIGS solar cells: Part II: Cell characterizations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thinning of CIGS solar cells: Part I: Chemical processing in acidic bromine solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bouttemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Tran-Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Hildebrandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Jehl</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Gerard</w:t>
+                <w:t xml:space="preserve">A. Causier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 519 (21), pp.7212-7215. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 519 (21), pp.7207-7211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2010.12.219⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2010.12.224⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05040127v1</w:t>
+                <w:t xml:space="preserve">hal-05040130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wet Etching of HgCdTe in Aqueous Bromine Solutions: a Quantitative Chemical Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Causier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1985,249 +1985,249 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouttemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pautet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 40 (8), pp.1823-1829. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11664-011-1660-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thinning of CIGS solar cells: Part I: Chemical processing in acidic bromine solutions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Tran-Van</w:t>
+                <w:t xml:space="preserve">Thinning of CIGS solar cells: Part II: Cell characterizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Jehl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Erfurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Naghavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lombez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gerard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Causier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 519 (21), pp.7207-7211. </w:t>
+              <w:t xml:space="preserve">, 2011, 519 (21), pp.7212-7215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2010.12.219⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2010.12.224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05040130v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fundamentals of III-V Semiconductor Electrochemistry and Wet Etching Processes: Br 2 Etching Properties onto InP</w:t>
               </w:r>
@@ -2466,1422 +2466,1422 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04131107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pore Formation on n-InP(100) in Acidic Liquid Ammonia at 223 K</w:t>
+                <w:t xml:space="preserve">In situ electrochemical characterization of porous n -InP (100)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.-M. Gonçalves</w:t>
+                <w:t xml:space="preserve">Lionel Santinacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Santinacci</w:t>
+                <w:t xml:space="preserve">Anne-Marie Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">C. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A. Eb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Mathieu</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochemical and Solid-State Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 10 (4), pp.D35. </w:t>
+              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4 (6), pp.1898-1902. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/1.2434201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pssc.200674314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05040141v1</w:t>
+                <w:t xml:space="preserve">hal-05040138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ electrochemical characterization of porous n ‐InP (100)</w:t>
+                <w:t xml:space="preserve">Pore Formation on n-InP(100) in Acidic Liquid Ammonia at 223 K: A True Water-Free Etching Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Santinacci</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A.‐m. Gonçalves</w:t>
+                <w:t xml:space="preserve">Anne-Marie Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Santinacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Eb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. David</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Gerard</w:t>
+                <w:t xml:space="preserve">Ciara Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 4 (6), pp.1898-1902. </w:t>
+              <w:t xml:space="preserve">Electrochemical and Solid-State Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 10 (4), pp.D35. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pssc.200674314⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1149/1.2434201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05040138v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cadmium sulfide/indium phosphide as a model system for understanding indium related chemical reactivity at CIGS/CdS interface: XPS and ex situ luminescence investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Canava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Canava</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J.-F. Guillemoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lincot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 480-481, pp.230-235. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2004.11.074⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2004.11.074⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathodic Behavior of n-InP Modified by a Thin Anodic Oxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Quach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Quach</w:t>
+                <w:t xml:space="preserve">N. Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tran Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 151 (5), pp.C318. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/1.1690783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient photocurrent as a probe to follow n‐InP oxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Quach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 3, pp.1033-1038. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pssc.200306231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Application for Heteropolyanions: Etching of III-V Semiconductor Compounds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selective electroless photoetching of n-type InP in acidic solution containing an heteropolyanion (SiMo12O404−)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Debiemme-Chouvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Quennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Catherine Debiemme-Chouvy</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cluster Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1023/A:1020594831098⟩</w:t>
+              <w:t xml:space="preserve">Electrochemistry Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 4 (2), pp.97-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1388-2481(01)00281-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05040163v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of a thin anodic oxide on n-InP by photocurrent transient, capacitance measurements and surface analysis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Etcheberry</w:t>
+                <w:t xml:space="preserve">A New Application for Heteropolyanions: Etching of III-V Semiconductor Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Quennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Rothschild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Etcheberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Debiemme-Chouvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 47 (16), pp.2625-2631. </w:t>
+              <w:t xml:space="preserve">Journal of Cluster Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 13 (3), pp.313-331. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0013-4686(02)00123-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1023/A:1020594831098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05040158v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective electroless photoetching of n-type InP in acidic solution containing an heteropolyanion (SiMo12O404−)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Quennoy</w:t>
+                <w:t xml:space="preserve">Study of a thin anodic oxide on n-InP by photocurrent transient, capacitance measurements and surface analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochemistry Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1388-2481(01)00281-8⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 47 (16), pp.2625-2631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0013-4686(02)00123-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05040168v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photodissolution of n-GaAs electrodes under laser illumination: control of the etching profile</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thin anodic oxides on n-InP studied by photocurrent transients and surface analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0268-1242/16/4/306⟩</w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 400 (1-2), pp.134-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0040-6090(01)01495-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05040176v1</w:t>
+                <w:t xml:space="preserve">hal-05040171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of oxide growth and stability on n-GaAs and n-InP by coupling transient photocurrent and surface analysis</w:t>
+                <w:t xml:space="preserve">Photodissolution of n-GaAs electrodes under laser illumination: control of the etching profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 175-176, pp.734-739. </w:t>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 16 (4), pp.222-226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0169-4332(01)00083-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0268-1242/16/4/306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05040173v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thin anodic oxides on n-InP studied by photocurrent transients and surface analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of oxide growth and stability on n-GaAs and n-InP by coupling transient photocurrent and surface analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 400 (1-2), pp.134-138. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 175-176, pp.734-739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0040-6090(01)01495-X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0169-4332(01)00083-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05040171v1</w:t>
+                <w:t xml:space="preserve">hal-05040173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local oxide growth on the n-GaAs surface studied by small area XPS</w:t>
               </w:r>
@@ -3893,51 +3893,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Debiemme-Chouvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bellenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4169,51 +4169,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Debiemme-Chouvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Triboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4302,51 +4302,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Iranzo-Marín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6772,90 +6772,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the surface roughness on CIGS-based solar cell parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Erfurth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Naghavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lombez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6994,169 +6994,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01747638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study and characterization of luminophores excited in the VUV and UV by synchrotron radiation</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Chemical Sciences. Université Paris Sud (Paris 11), 1993. English. </w:t>
+                <w:t xml:space="preserve">Etude et caracterisation de luminophores excites dans le vuv et l'uv par le rayonnement synchrotron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nuclear Experiment [nucl-ex]. Université Paris Sud - Paris XI, 1993. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 1993PA112114⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-05040212v1</w:t>
+                <w:t xml:space="preserve">in2p3-00014953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude et caracterisation de luminophores excites dans le vuv et l'uv par le rayonnement synchrotron</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Nuclear Experiment [nucl-ex]. Université Paris Sud - Paris XI, 1993. English. </w:t>
+                <w:t xml:space="preserve">Study and characterization of luminophores excited in the VUV and UV by synchrotron radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chemical Sciences. Université Paris Sud (Paris 11), 1993. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : 1993PA112114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00014953v1</w:t>
+                <w:t xml:space="preserve">tel-05040212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId236"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -7311,51 +7311,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156949v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arcadie Fuior" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Colin-Duchevet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Cebotari" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie No&#235;l" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ribaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5qi00878f" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04500746v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Rabah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Nasrallah" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Wright" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G&#233;rard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fensterbank" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202300717" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617532v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gerard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Girard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Moyon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vanhoolandt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37571/2024.0202" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040194v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sutter" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etcheberry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1391784" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039988v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Paire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Jean" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lombez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Collin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pelouard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2014.11.033" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9L371VN9-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040241v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Vayron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Causier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bouttemy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Aureau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06606.0003ecst" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040004v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aureau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaghi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sik" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fleury" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2013.03.063" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040007v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Jehl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouttemy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lincot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillemoles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4721648" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039993v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Causier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vigneron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201100681" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040126v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Erfurth" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dahan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tran-Van" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2011.11.037" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JRQN0GBK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040025v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Jehl Li-Kao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Naghavi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Erfurth" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Guillemoles" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.2162" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B0N2WN6V-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00785307v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Jehl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir Dahan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040127v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Naghavi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lombez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.224" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DW5H582L-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040136v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pautet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-011-1660-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040130v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hildebrandt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.219" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JF7BF9F4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040248v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Causier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tran-Van" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Etcheberry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3567737" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04131107v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. G&#233;rard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Froment" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Cachet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200779119" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2XZNGQ0H-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040141v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Santinacci" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eb" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mathieu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.2434201" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040138v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.&#8208;m. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200674314" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GGR7W9RR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040147v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Canava" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Guillemoles" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2004.11.074" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V35S0FC-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040150v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Quach" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Simon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tran Van" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1690783" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040153v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200306231" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040163v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Quennoy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rothschild" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Debiemme-Chouvy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1020594831098" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XTBTQSR1-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040158v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0013-4686(02)00123-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040168v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Debiemme-Chouvy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1388-2481(01)00281-8" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTF9X458-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040176v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Simon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Vigneron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mathieu" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Etcheberry" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/16/4/306" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040173v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(01)00083-6" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040171v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-6090(01)01495-X" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040178v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debiemme-Chouvy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bellenger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kostelitz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(99)00071-0" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1QW1VS7V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040191v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;liane Sutter" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Vigneron" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1387-1609(99)80029-2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040205v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Iranzo-Mar&#237;n" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Triboulet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(96)00146-6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPZ5C43D-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040184v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-0728(95)04288-1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040200v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ionova" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Krupa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Guillaumont" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040214v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Krupa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Simoni" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0925-8388(94)90191-0" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040209v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0925-8388(92)90647-R" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040207v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayolet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0254-0584(92)90161-Z" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511349v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bournaud" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fuchs Gallezot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mathias" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557167v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616975v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422883v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fuior" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Colin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cebotari" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ribaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422882v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fr&#233;gnaux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Sandoz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422884v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204527v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bourgeois" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Parmentier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779013v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Morel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mencaraglia" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arouna Darga" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Djebbour" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Connolly" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710782v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Jehl" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022164v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gerard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557156v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vessiere" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Karamanos" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423146v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Larcher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Della-Negra" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421710v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Guillemoles" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040243v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Massiot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cattoni" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vandamme" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dupuis" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2004269" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040247v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cattoni" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Massiot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F. Guillemoles" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bardou" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040249v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747638v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998NAN10289" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05040212v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993PA112114" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014953v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156949v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arcadie Fuior" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Colin-Duchevet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Cebotari" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie No&#235;l" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ribaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5qi00878f" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04500746v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Rabah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Nasrallah" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Wright" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G&#233;rard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fensterbank" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202300717" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617532v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gerard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Girard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Moyon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vanhoolandt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37571/2024.0202" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040194v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sutter" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etcheberry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1391784" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039988v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Paire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Jean" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lombez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Collin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pelouard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2014.11.033" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9L371VN9-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040241v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Vayron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Causier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bouttemy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Aureau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06606.0003ecst" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040004v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aureau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaghi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sik" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fleury" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2013.03.063" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039993v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Causier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouttemy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vigneron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201100681" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040126v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Erfurth" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Jehl" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dahan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tran-Van" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2011.11.037" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JRQN0GBK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040007v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lincot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillemoles" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4721648" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040025v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Jehl Li-Kao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Naghavi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Erfurth" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Guillemoles" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.2162" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B0N2WN6V-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00785307v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Jehl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir Dahan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040130v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hildebrandt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.219" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JF7BF9F4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040136v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pautet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-011-1660-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040127v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Naghavi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lombez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.224" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DW5H582L-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040248v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Causier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tran-Van" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Etcheberry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3567737" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04131107v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. G&#233;rard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Froment" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Cachet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200779119" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2XZNGQ0H-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040138v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Santinacci" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Gon&#231;alves" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eb" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200674314" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GGR7W9RR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040141v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara Mathieu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.2434201" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040147v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Canava" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Guillemoles" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2004.11.074" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V35S0FC-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040150v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Quach" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Simon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tran Van" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1690783" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040153v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200306231" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040168v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Debiemme-Chouvy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Quennoy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1388-2481(01)00281-8" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTF9X458-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040163v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rothschild" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Debiemme-Chouvy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1020594831098" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XTBTQSR1-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040158v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mathieu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0013-4686(02)00123-8" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040171v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Simon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Vigneron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Etcheberry" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-6090(01)01495-X" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040176v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mathieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/16/4/306" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040173v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(01)00083-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040178v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debiemme-Chouvy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bellenger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kostelitz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(99)00071-0" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1QW1VS7V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040191v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;liane Sutter" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Vigneron" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1387-1609(99)80029-2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040205v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Iranzo-Mar&#237;n" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Triboulet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(96)00146-6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPZ5C43D-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040184v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-0728(95)04288-1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040200v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ionova" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Krupa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Guillaumont" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040214v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Krupa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Simoni" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0925-8388(94)90191-0" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040209v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0925-8388(92)90647-R" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040207v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayolet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0254-0584(92)90161-Z" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511349v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bournaud" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fuchs Gallezot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mathias" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557167v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616975v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422883v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fuior" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Colin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cebotari" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ribaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422882v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fr&#233;gnaux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Sandoz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422884v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204527v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bourgeois" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Parmentier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779013v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Morel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mencaraglia" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arouna Darga" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Djebbour" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Connolly" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710782v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Jehl" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022164v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gerard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557156v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vessiere" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Karamanos" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423146v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Larcher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Della-Negra" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421710v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Guillemoles" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040243v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Massiot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cattoni" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vandamme" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dupuis" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2004269" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040247v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cattoni" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Massiot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F. Guillemoles" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bardou" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040249v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747638v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998NAN10289" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014953v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05040212v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993PA112114" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>