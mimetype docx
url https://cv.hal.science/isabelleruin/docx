--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1965,51 +1965,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapter 4: High-impact Weather Events: Is a Socio-hydrometeorological Characterization Possible?</w:t>
+                <w:t xml:space="preserve">Chapitre 4 : Événement à fort impact, une caractérisation socio-hydrométéorologique est-elle possible ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ruin</w:t>
@@ -2039,115 +2039,102 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.S. Carnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mobility in face of extreme hydrometeorological events 1. Defining the relevant scales of analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">« Mobilités face aux événements hydrométéorologiques extrêmes », C. Lutoff, S. Durand Eds,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE Presse Elsevier, pp.99-112, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02608186v1</w:t>
+                <w:t xml:space="preserve">hal-02608251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 4 : Événement à fort impact, une caractérisation socio-hydrométéorologique est-elle possible ?</w:t>
+                <w:t xml:space="preserve">Chapter 4: High-impact Weather Events: Is a Socio-hydrometeorological Characterization Possible?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ruin</w:t>
@@ -2177,78 +2164,91 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.S. Carnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Céline Lutoff; Séverine Durand. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Mobilités face aux événements hydrométéorologiques extrêmes », C. Lutoff, S. Durand Eds,</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mobility in face of extreme hydrometeorological events 1. Defining the relevant scales of analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE Presse; Elsevier, pp.89-112, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-289-2.50004-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608251v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anticipating or coping: Behaviors in the face of flash floods</w:t>
               </w:r>
@@ -2484,51 +2484,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3422,453 +3422,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HyMeX, le cycle de l'eau méditerranéen à la loupe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Véronique Ducrocq</w:t>
+                <w:t xml:space="preserve">Toward a Space–Time Framework for Integrated Water and Society Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ruin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lutoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Arbogast</w:t>
+                <w:t xml:space="preserve">L. Creton-Cazanave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Basdevant</w:t>
+                <w:t xml:space="preserve">S. Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bastin</w:t>
+                <w:t xml:space="preserve">M. Borga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Météorologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 80, pp.23-36. </w:t>
+              <w:t xml:space="preserve">Bulletin of the American Meteorological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 93 (10), pp.ES89-ES91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4267/2042/48792⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1175/BAMS-D-11-00226.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00828758v1</w:t>
+                <w:t xml:space="preserve">hal-02916881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a Space–Time Framework for Integrated Water and Society Studies</w:t>
+                <w:t xml:space="preserve">Conduite à contre-courant et crues rapides, le conflit du quotidien et de l'exceptionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ruin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the American Meteorological Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 674, pp.419-432</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02916881v1</w:t>
+                <w:t xml:space="preserve">insu-00652691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conduite à contre-courant et crues rapides, le conflit du quotidien et de l'exceptionnel</w:t>
-[...67 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">How to get there?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ruin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lutoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental hazards</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 7 (3), pp.235-244</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03061558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3878,91 +3744,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilités quotidiennes et crues éclair : Une rencontre à haut risque !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ruin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environnement et Société. Université Grenoble Alpes, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03092999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3972,133 +3838,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do people behave during flash floods and why? Lessons for the prediction of the human vulnerability dynamics in short-fuse weather events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javed Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ruin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated nowcasting of flash floods and related socio-economic impacts: The French ANR PICS project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Payrastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4157,176 +4023,176 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th HyMeX workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Lecce, Italy. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04397034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatiotemporal exposure of daily and residential mobility facing flash floods: proposition for a methodology based on scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lutoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.D. Creutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chardonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Andre Poyaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INQUIMUS 2016 : Spatial and temporal dynamics of risk and vulnerability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Salzburg, Austria. pp.1, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02605020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4336,287 +4202,287 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résilience : du concept à son opérationnalisation. Regards croisés entre recherche, expertise et action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ruin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lallau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de l'Environnement, de l'Energie et de la Mer (MEEM). 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03132505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HyMeX Science Plan, Version 2.3, May 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Roussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Béranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Chanzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] irstea. 2010, pp.128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02599633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId146"/>
+      <w:footerReference w:type="default" r:id="rId141"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4763,51 +4629,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida D Arik" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chionne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brochet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Renou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Blanchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782413v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Payrastre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourgin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caumont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ducrocq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaume" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074274v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boudevillain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouvier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fourrie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608275v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ruin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Molini&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Carnel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lafon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608805v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vazken Andr&#233;assian" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaufils" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768365v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lebouc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alain Ayral" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brunet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Delrieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599045v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vannier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Ollagnier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794407v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshay Singhal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Crochemore" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ruin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev K Jha" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506742v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galateia Terti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2019-0-00510-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752154v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Robbins" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Golding" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger Dankers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Nairn" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98989-7_5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086680v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lutoff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dominique Creutin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Durand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086688v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cavali&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule-Annick Davoine" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086673v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saif Shabou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Chardonnel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Debionne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086676v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091816v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Creutin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duvillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608186v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-289-2.50004-5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608251v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091817v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Shabou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091822v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delrieu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091823v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111149v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weyrich" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Scolobig" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102053" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404615v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gourley" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kirstetter" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Flamig" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/risa.12921" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086634v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Kalas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona L&#225;ng" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Cangr&#242;s I Alonso" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-19-507-2019" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369515v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Boudevillain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouvier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Fourri&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2019048" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086638v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Borga" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Comiti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Marra" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wat2.1338" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599118v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinski" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alpert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Anagnostou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. B&#233;ranger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-12-00242" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091825v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Gourley" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hong" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. L Flamig" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arthur" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Clark" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-12-00198.1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828758v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arbogast" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Basdevant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/48792" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916881v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Creton-Cazanave" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anquetin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borga" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-11-00226.1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00652691v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061558v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gaillard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03092999v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123257v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javed Ali" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04397034v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605020v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Creutin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chardonnel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Andre Poyaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132505v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cholez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gilbert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Metzger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599633v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roussot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida D Arik" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chionne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brochet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Renou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Blanchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782413v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Payrastre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourgin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caumont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ducrocq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaume" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074274v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boudevillain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouvier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fourrie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608275v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ruin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Molini&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Carnel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lafon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608805v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vazken Andr&#233;assian" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaufils" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768365v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lebouc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alain Ayral" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brunet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Delrieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599045v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vannier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Ollagnier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794407v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshay Singhal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Crochemore" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ruin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev K Jha" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506742v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galateia Terti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2019-0-00510-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752154v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Robbins" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Golding" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger Dankers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Nairn" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98989-7_5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086680v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lutoff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dominique Creutin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Durand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086688v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cavali&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule-Annick Davoine" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086673v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saif Shabou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Chardonnel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Debionne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086676v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091816v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Creutin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duvillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608251v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608186v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-289-2.50004-5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091817v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Shabou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091822v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delrieu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091823v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111149v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weyrich" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Scolobig" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102053" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404615v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gourley" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kirstetter" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Flamig" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/risa.12921" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086634v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Kalas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona L&#225;ng" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Cangr&#242;s I Alonso" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-19-507-2019" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369515v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Boudevillain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouvier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Fourri&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2019048" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086638v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Borga" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Comiti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Marra" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wat2.1338" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599118v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinski" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alpert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Anagnostou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. B&#233;ranger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-12-00242" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091825v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Gourley" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hong" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. L Flamig" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arthur" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Clark" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-12-00198.1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916881v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Creton-Cazanave" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anquetin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borga" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-11-00226.1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00652691v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061558v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gaillard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03092999v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123257v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javed Ali" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04397034v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605020v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Creutin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chardonnel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Andre Poyaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132505v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cholez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gilbert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Metzger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599633v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roussot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>