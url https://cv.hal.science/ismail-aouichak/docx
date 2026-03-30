--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -225,243 +225,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05437528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un convertisseur à haut rendement pilotant un système de stockage d'énergie renouvelable permettant de garantir un système électrique plus flexible</w:t>
+                <w:t xml:space="preserve">Comparaison des performances des transistors SiC et GaN 650V pour des applications bidirectionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rida Yachouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Aouichak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Le Bunetel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambroise Schellmanns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05093507v1</w:t>
+                <w:t xml:space="preserve">hal-05495767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des performances des transistors SiC et GaN 650V pour des applications bidirectionnelles</w:t>
+                <w:t xml:space="preserve">Développement d'un convertisseur à haut rendement pilotant un système de stockage d'énergie renouvelable permettant de garantir un système électrique plus flexible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rida Yachouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Aouichak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Le Bunetel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ambroise Schellmanns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05495767v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05093507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitigating Common-Mode Noise in the Totem Pole Bridgeless PFC Using Balance Boost Technique</w:t>
               </w:r>
@@ -1882,273 +1882,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Narrowband Noise and Channel Capacity for Powerline Communication in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chapter 5 - Making Inverters for Domestic Photovoltaic Applications More Robust: The Relevance of a Mixed 5-level Topology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Le Bunetel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Aouichak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Raingeaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Energy Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Insights into Physical Science Vol. 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Book Publisher International (a part of SCIENCEDOMAIN International), 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.9734/bpi/nips/v1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02922681v1</w:t>
+                <w:t xml:space="preserve">hal-02889285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapter 5 - Making Inverters for Domestic Photovoltaic Applications More Robust: The Relevance of a Mixed 5-level Topology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Narrowband Noise and Channel Capacity for Powerline Communication in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Elfeki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Aouichak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Doligez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Raingeaud</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Phattara Khumprom and Mladen Bošnjaković. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Insights into Physical Science Vol. 1</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advances in Energy Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vide Leaf, 2020, 9788194517542</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.9734/bpi/nips/v1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02889285v1</w:t>
+                <w:t xml:space="preserve">hal-02922681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId52"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2303,51 +2303,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Aouichak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Nour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Raingeaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rayar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Kergosien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093507v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Yachouti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Le Bunetel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495767v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Batut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Schellmanns" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601541v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Hoang Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hague" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Launois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope57790.2023.10274410" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326677v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02011651v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Elfeki" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02020585v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Doligez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPLC.2018.8360229" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02020568v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018276v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Billaut" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018395v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Baestard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127138v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Achouri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope59828.2024.10722206" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542431v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Elfeki" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope.2017.8094681" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03566417v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jacques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bissey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Reymond" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;o Besson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15031194" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01920035v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11113022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02922681v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02889285v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/bpi/nips/v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Aouichak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Nour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Raingeaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rayar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Kergosien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495767v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Yachouti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Le Bunetel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Batut" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Schellmanns" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093507v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601541v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Hoang Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hague" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Launois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope57790.2023.10274410" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326677v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02011651v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Elfeki" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02020585v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Doligez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPLC.2018.8360229" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02020568v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018276v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Billaut" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018395v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Baestard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127138v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Achouri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope59828.2024.10722206" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542431v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Elfeki" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope.2017.8094681" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03566417v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jacques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bissey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Reymond" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;o Besson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15031194" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01920035v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11113022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02889285v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/bpi/nips/v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02922681v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>