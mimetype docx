--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -415,89 +415,85 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaila Sy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birahime Diouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Khadre Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Drocourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Durand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intelligent Cybersecurity and Resilience for Critical Industries: Challenges and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, River Publishers, pp.7-31, 2025, 9788770042260. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/9788770047746-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>