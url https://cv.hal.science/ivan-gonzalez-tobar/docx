--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -364,131 +364,105 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04839871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Las Geórgicas de Virgilio in figlinis : a propósito de un grafito ante cocturam sobre un ánfora olearia bética</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Figlinae y toponimia predial en la Bética</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antònia Soler I Nicolau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Piero Berni Millet</w:t>
+                <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Roman Archaeology (JRA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 36 (1), pp.1-22. </w:t>
+              <w:t xml:space="preserve">Latomus : revue d'études latines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 82 (4), pp.686-711. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1047759423000156⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2143/LAT.82.4.3292690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04839913v1</w:t>
+                <w:t xml:space="preserve">halshs-04839947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trends in the production of olive oil amphorae at ceramic workshops in Roman Baetica: a chrono-proportional representation method</w:t>
               </w:r>
@@ -546,235 +520,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04839860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Figlinae y toponimia predial en la Bética</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lucius Horatius y los sellos más antiguos sobre ánforas de aceite del sur de Hispania. Consideraciones a partir del hallazgo de nuevos ejemplares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan González Tobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piero Berni Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan González Tobar</w:t>
+                <w:t xml:space="preserve">Rui Roberto de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horacio González Cesteros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique García Vargas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Latomus : revue d'études latines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 82 (4), pp.686-711. </w:t>
+              <w:t xml:space="preserve">Zephyrvs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 91, pp.163-181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2143/LAT.82.4.3292690⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14201/zephyrus202391163181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04839947v1</w:t>
+                <w:t xml:space="preserve">halshs-04839925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucius Horatius y los sellos más antiguos sobre ánforas de aceite del sur de Hispania. Consideraciones a partir del hallazgo de nuevos ejemplares</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivan González Tobar</w:t>
+                <w:t xml:space="preserve">Las Geórgicas de Virgilio in figlinis : a propósito de un grafito ante cocturam sobre un ánfora olearia bética</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iván González Tobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antònia Soler I Nicolau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Berni Millet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Enrique García Vargas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zephyrvs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 91, pp.163-181. </w:t>
+              <w:t xml:space="preserve">Journal of Roman Archaeology (JRA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (1), pp.1-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14201/zephyrus202391163181⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1047759423000156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04839925v1</w:t>
+                <w:t xml:space="preserve">halshs-04839913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMPHORAE FROM BAETICA. NEW DATA RELEVANT TO RURAL PRODUCTION IN THE GUADALQUIVIR VALLEY (FIRST CENTURY BC–FIFTH/SIXTH CENTURIES AD)</w:t>
               </w:r>
@@ -838,51 +838,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novedades sobre etiquetado y expedición del aceite bético: los tituli picti del alfar romano de El Sotillo (Almodóvar del Río, Córdoba)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Estévez de La Mata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1054,51 +1054,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un atelier rural inédit d’amphores à huile augusto-tibériennes. Fuente de los Peces (Fuente Palmera, province de Cordoue)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1280,396 +1280,894 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Boletín ex officina hispana</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">APAO: an Online Atlas of Wine and Oil Presses in the Ancient Occident for the ANR MICA Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberte Bondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Carrato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan González Tobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Guiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30th EAA Annual Meeting in Rome - Integrating data on ancient wine &amp; oil presses, Challenges &amp; interpretativepotential (#Session 909)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dimitri van Limbergen; Tomasz Waliszewski, Aug 2024, Rome Sapienza Universita di Roma, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04877088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OLEASTRO : Neue Ergebnisse des französisch-spanischen Forschungsprograms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique García Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Dubler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Desbonnets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19 th International Congress of classical Archaeology. Archaeology and Economy in the Ancient World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Cologne, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03509605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La production de Dolia dans la Vallée du Guadalquivir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iván González Tobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Desbonnets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Carrato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Société française d'étude de la céramique antique en Gaule (SFECAG). Actes du congrès de Narbonne 25-28 mai 2017. Les contextes littoraux entre Rhône et Pyrénées et leurs relations avec l'Arrière-Pays : actualité des recherches céramiques.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Narbonne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03101981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuevos datos sobre la producción de ánforas Dressel 23 en el valle del Genil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iván González Tobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Latournerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Mathet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">III Congreso Internacional de la Sociedad de Estudios de la Cerámica Antigua (SECAH) - Ex Officina Hispana (Tarragona, 10-13 de diciembre de 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Tarragone, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03101991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuove indagini sui centri produttori di anfore d’olio di Cordoba (Provincia della Baetica, Spagna)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iván González Tobar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Museo delle Nave di Pisa (RIVISTA GRADUS). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rivista Gradus. Testacceum I: Studia amphoraria Emilio Rodríguez Almeida Dicata: Atti del Convegno internazionale (Pisa 25-26 maggio 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 17, 2024, ISSN: E197616</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04970971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports récents des amphores Dr. 20 à la datation des contextes des IIe et IIIe s. ap. J.-C. : des centres de consommation au Monte Testaccio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Dubler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iván González Tobar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Amaury Gilles; Stéphane Mauné. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La datation des contextes archéologiques dans le sud-est de la Gaule (IIe-IIIe s. ap. J.-C.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 46, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Mergoil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.329-342, 2021, Archéologie et Histoire Romaine, 978-2-35518-062-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que compte-t-on et comment sur les ateliers d’amphores à huile Dr. 20 de la vallée du Guadalquivir (Andalousie, Espagne) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Corbeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Desbonnets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">José Remesal Rodríguez, Victor Revilla Calvo, Juan Manuel Bermúdez Lorenzo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantifying ancient économies. Problems and méthodologies.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 60, p. 281-294, 2018, Coll. Instrumenta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02131133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'atelier d'amphores Dressel 20 et Haltern 70 d'El Mohíno à Palma del Río (prov. de Cordoue, Espagne), Ier-IIe s. apr. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1677,721 +2175,223 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique García Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Société française d'étude de la céramique antique en Gaule (SFECAG). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du congrès de Reims, 10-13 mai 2018. La céramique en Champagne : production, diffusion et consommation. Actualité des recherches céramiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 319-344, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02131208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une production d’amphores, de céramiques à pâte claire, de BOB et de dolia dans l’arrière-pays de Béziers. L’atelier de potiers d’Embournière à Neffiès (Hérault), Ier-IIIe s. apr. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Corbeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Carrato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Artuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Société française d'étude de la céramique antique en Gaule (SFECAG). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du congrès de Reims, 10-13 mai 2018. La céramique en Champagne : production, diffusion et consommation. Actualité des recherches céramiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 421-454, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02131260v1</w:t>
-              </w:r>
-[...496 lines deleted...]
-                <w:t xml:space="preserve">hal-03101991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2529,51 +2529,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2660,51 +2660,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production d’amphores à huile dans le Conventus Cordubensis (Province de Bétique, Espagne) à l’époque romaine. Nouvelles perspectives socio-économiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. Université Paul-Valéry Montpellier 3; Universidad de Córdoba, 2020. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3173,51 +3173,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519516v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Gonz&#225;lez Tobar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maun&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garc&#237;a Vargas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago-Seoane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Arvidsson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/aespa.098.025.743" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839871v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Gonz&#225;lez Cesteros" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Berni Millet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Roberto De Almeida" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047759424000023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839913v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#242;nia Soler I Nicolau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047759423000156" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839860v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2023.69" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839947v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gonz&#225;lez Tobar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/LAT.82.4.3292690" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839925v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Roberto de Almeida" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14201/zephyrus202391163181" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820027v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ojoa.12256" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169203v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Est&#233;vez de La Mata" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12795/spal.2021.i30.09" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102018v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Desbonnets" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Corbeel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Bourgeon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Pellegrino" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129861v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.9378" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101937v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Berni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101942v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Latournerie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970971v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414141v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dubler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/archeologie-et-histoire-romaine/275-la-datation-des-contextes-archeologiques-dans-le-sud-est-de-la-gaule-iie-iiie-s-ap-j-c-9782355180620.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131133v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131208v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131260v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Artuso" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877088v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberte Bondeau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Guiot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509605v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101981v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101991v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pineau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mathet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052506v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946192v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gomes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Rovira Buendia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03132507v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103498v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525000v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519516v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Gonz&#225;lez Tobar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maun&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garc&#237;a Vargas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago-Seoane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Arvidsson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/aespa.098.025.743" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839871v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Gonz&#225;lez Cesteros" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Berni Millet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Roberto De Almeida" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047759424000023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839947v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gonz&#225;lez Tobar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/LAT.82.4.3292690" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839860v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2023.69" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839925v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Roberto de Almeida" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14201/zephyrus202391163181" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04839913v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#242;nia Soler I Nicolau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047759423000156" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820027v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ojoa.12256" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169203v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Est&#233;vez de La Mata" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12795/spal.2021.i30.09" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102018v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Desbonnets" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Corbeel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Bourgeon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Pellegrino" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129861v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.9378" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101937v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Berni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101942v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Latournerie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877088v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberte Bondeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Guiot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509605v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dubler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101981v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101991v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pineau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mathet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970971v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414141v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/archeologie-et-histoire-romaine/275-la-datation-des-contextes-archeologiques-dans-le-sud-est-de-la-gaule-iie-iiie-s-ap-j-c-9782355180620.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131133v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131208v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131260v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Artuso" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052506v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946192v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gomes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Rovira Buendia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03132507v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103498v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525000v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>