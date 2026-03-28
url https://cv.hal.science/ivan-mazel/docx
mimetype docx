--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ivan Mazel </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Architecte-urbaniste - Maître de conférences en aménagement de l'espace et urbanisme - Université Grenoble Alpes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ivan Mazel est architecte-urbaniste, diplômé d'état de l'Ecole Nationale supérieure d'architecture de Grenoble (ENSAG) et avec un post-master en architecture et urbanisme de l'Escola da Cidade de São Paulo au Brésil. Dans cette ville, il a travaillé durant trois ans dans deux agences d'architecture et d'urbanisme, CAT arquitetura et Hereñu + Ferroni arquitetos, dans des projets aux programmes et aux échelles variés : habitat individuel et collectif, équipements culturels et éducatifs, projets urbains de régénération urbaine et d'urbanisation de favelas.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur de l'Université Grenoble Alpes, sa thèse préparée au sein de l'Unité de recherche Architecture, environnement et cultures constructives (AE&CC) et intitulée </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitation écologique et dispersion bâtie : les « habitats alternatifs » comme expérimentations pour des transitions socioécologiques en territoires de moyenne montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> interrogeait les mutations de la production de l'habitat, des modes d'habiter et de l'aménagement des territoires dans le cadre de transitions à la fois sociales et écologiques.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après avoir été enseignant dans les écoles d'architecture de Grenoble (2014-2020) et de Saint-Etienne (2017-2018), attaché temporaire d'enseignement et de recherche à l'Université Grenoble Alpes (UGA) en parcours urbanisme de l'Institut d’urbanisme et de géographie alpine et en parcours génie civil de l'Institut physique, ingénierie, terre, environnement, mécanique (2020-2022), il est maintenant maître de conférences associé à l'ENSAG.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ses recherches développées dans l'équipe de CRAterre de l'Unité de recherche AE&CC de l'ENSAG et de l'UGA recouvrent les thématiques suivantes :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les approches écologiques dans les pensées architecturales, urbanistiques et paysagères,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">le métabolisme territorial des filières de construction,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">la spatialisation des modes d'habiter dans le cadre des transitions socioécologiques,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les démarches alternatives de production de l'habitat,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">la recomposition des territoires d'urbanisation dispersée.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitation écologique et dispersion bâtie : les « habitats alternatifs » comme expérimentations pour des transitions socioécologiques en territoires de moyenne montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Architecture, aménagement de l'espace. Université Grenoble Alpes, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017GREAH025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01768270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théoriser les modes de production située de l'architecture pour repenser l'écologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Flécheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues-Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valéry Didelon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ce que l’architecture fait à l'écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions deux-cent-cinq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, AAA.. (architecture, urbanisme, paysage), 978-2-919380-81-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperación para la producción arquitectónica: de la vivienda al espacio de trabajo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noelia Monteiro de Ribeiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Graziano Brau Pani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivienda colectiva [2]: reflexiones sobre el habitar contemporáneo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arquitónica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 978-607-699-852-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancrages en partage : mettre en commun les récits territoriaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Gangarossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges-Henry Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Léonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Nowakowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luna d'Emilio; Xavier Guillot; François Nowakowski. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités en action et pouvoir d'agir. Ici et ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Saint-Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.116-207, 2022, Espace rural &amp; projet spatial (ERPS), 978-2-86272-745-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancrages en partage : mettre en commun les récits territoriaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Gangarossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges-Henry Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Léonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Nowakowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luna d'Emilio; Xavier Guillot; François Nowakowski. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités en action et pouvoir d'agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, Presses universitaires de Saint-Etienne, 2022, Espace rural &amp; projet spatial, 978-2-86272-745-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Révéler par le diagramme : processus architectural et transitions socioécologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alessia de Biase; Pierre Chabard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représenter : objets, outils, processus. Actes des 4e rencontres doctorales en architecture et paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Villette, 2020, Etudes et recherche, 978-2-37556-032-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Néotopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sans mots de l'habitabilité et de la territorialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02525128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition énergétique dans les projets d’habitats alternatifs en territoire rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Coste; Luna d'Emilio; Xavier Guillot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités post-carbone. Milieux, échelles et acteurs de la transition énergétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publications Universitaires de Saint-Étienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.110-123, 2018, Espace rural &amp; projet spatial (ERPS), 978-2-86272-703-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01804458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le défi de la construction d’une vision commune pour le paysage des Cévennes ardéchoises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gottfried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Millet lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.20088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche du projet dans la recherche doctorale en architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Tomasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Divergences in Architectural Research / De la recherche en architecture, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des matériaux aux architectures : une question technique, écologique et transcalaire pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux : quels défis au XXIe siècle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris-Est Créteil, Jun 2025, Créteil (94), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire en bois locaux : un enjeu pour la filière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Nemoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de la Haute École du Bois et de la Forêt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Communauté de communes Pays des Ecrins; Tiers lab, Jul 2023, Guillestre (05600), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrialisation ou artisanalisation de l’architecture : une question de mode de production pour l’écologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Flécheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues-Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ce que l’architecture fait à l'écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Architecture, environnement, territoire (ATE), ENSA Normandie, Apr 2023, Rouen (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04147616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bioéconomie territoriale de la filière bois de construction en France : analyse spatiale des acteurs des projets du Panorama national des réalisations bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58e colloque ASRDLF : transitions, gouvernance territoriale et solidarités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production architecturale contemporaine en bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Sciences du bois : école thématique Pluribois Toulouse-Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Aspet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question de la provenance du bois de construction : marché national, analyse de cas d’étude et règles de construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues-Soares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Journées scientifiques du GDR Sciences du Bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os projetos de habitação colaborativa no território rural francês : modelos ecológicos para habitar a urbanização dispersa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV Congresso Internazionale dell'Abitare Colletivo Sostenible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Alghero, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproductibilité des projets architecturaux en bois local dans les territoires vosgiens : édifices exemplaires et modalités de reproduction de l’approvisionnement en grumes et des procédés constructifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e journées du GDR 3544 Sciences du bois - Multifonctionnalité des forêts et diversité des usages du bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancrages en partage à Sainte-Marguerite-Lafigère : des communaux traditionnels aux communs contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités en action : imaginaires, ressources, temporalités, pouvoir d'agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Mirabel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur la Consult'action en Ardèche : la résidence dans le village de Sainte-Marguerite-Lafigère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Dumesny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gottfried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Millet-Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités en action : imaginaires, ressources, temporalités, pouvoir d'agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Mirabel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les habitats alternatifs, quelles pistes pour le devenir des bourgs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux besoins, nouveaux usages : le milieu rural, un terrain d’expérimentation pour de nouvelles formes d’habiter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bourbon-l'Archambault, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les habitats alternatifs en marge de l’urbanisation en Auvergne-Rhône-Alpes : des initiatives ascendantes d’habitat basées sur une collaboration ad hoc et une mutualisation des espaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude « Jeunes Chercheur-e-s » – Le logement et l'habitat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01804350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apport des représentations en schémas, en diagrammes et en cartes pour analyser l'utilisation des ressources dans la production de l'architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres doctorales en architecture et en paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École nationale supérieure d’architecture de Paris-La Villette; Ministère de la Culture et de la Communication, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01665900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces du collectif liés aux habitats alternatifs ruraux : de l’échelle de l’habitat à l’échelle territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Jeunes Chercheurs 2017 − Action collective : pratiques et lieux du collectif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Pacte; Laboratoire Territoires, villes, environnement et société (TVES), Nov 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01665902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets d'habitat en territoire rural : des utopies concrètes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université populaire: Utopies comme chemins du/des possibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Villefontaine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transition énergetique dans l’habitat alternatif en territoire rural : implication habitante et stratégies énergetiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition énergétique et ruralités contemporaines : enjeux architecturaux et territoriaux, stratégies de projet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau scientifique thématique Espace rural &amp; Projet Spatial, Nov 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’habitabilité par le projet : construction de l’habitable en territoire rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Rencontres scientifiques internationales de la Cité des Territoires « Habitable, vivable, désirable. Questionnements sur la condition territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cité des territoires, 2015, Grenoble, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat et développement économique des territoires de la région Auvergne-Rhône-Alpes : le cas de la filière bois de construction - Rapport final d'HaDEcoT-Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues-Soares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole nationale supérieure d'architecture de Grenoble. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation du bois local pour la construction, le cas du massif des Vosges : stratégie publique de réalisation d’édifices exemplaires, reproduction des opérations et facteurs de développement de la filière territoriale de bois de construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole nationale supérieure d'architecture de Grenoble; Architecture, Environnement &amp; Cultures Constructives. 2021, pp.50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513293v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialiser la transition énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dubus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Ruchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENSAG. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #12 - Regard sur le ville - invité P. Thépot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #6 - Berriat-Saint-Bruno - invité P. Belli-Riz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #7 - Ciment et béton - invité C. Avenier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #8 - Habitat participatif - invité C. Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #9 - Espace public - invité H. Torgue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #13 Maison de la culture — Renaud Contra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #11 - Agriculture urbaine - invité S. Bonnefoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #5 - Métropole - invité F. Jacquart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #10 - Grenoble, métropole des Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #3 - Habitat - invité S. Gros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #4 - Economie - invité M. Talandier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #1 - Histoire de l'urbanisation - invité G. Novarina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #2 - Mobilité et transport - invité G. Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId81"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ivan Mazel </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Architecte-urbaniste - Maître de conférences en aménagement de l'espace et urbanisme - Université Grenoble Alpes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ivan Mazel est architecte-urbaniste, diplômé d'état de l'Ecole Nationale supérieure d'architecture de Grenoble (ENSAG) et avec un post-master en architecture et urbanisme de l'Escola da Cidade de São Paulo au Brésil. Dans cette ville, il a travaillé durant trois ans dans deux agences d'architecture et d'urbanisme, CAT arquitetura et Hereñu + Ferroni arquitetos, dans des projets aux programmes et aux échelles variés : habitat individuel et collectif, équipements culturels et éducatifs, projets urbains de régénération urbaine et d'urbanisation de favelas.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur de l'Université Grenoble Alpes, sa thèse préparée au sein de l'Unité de recherche Architecture, environnement et cultures constructives (AE&CC) et intitulée </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitation écologique et dispersion bâtie : les « habitats alternatifs » comme expérimentations pour des transitions socioécologiques en territoires de moyenne montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> interrogeait les mutations de la production de l'habitat, des modes d'habiter et de l'aménagement des territoires dans le cadre de transitions à la fois sociales et écologiques.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après avoir été enseignant dans les écoles d'architecture de Grenoble (2014-2020) et de Saint-Etienne (2017-2018), attaché temporaire d'enseignement et de recherche à l'Université Grenoble Alpes (UGA) en parcours urbanisme de l'Institut d’urbanisme et de géographie alpine et en parcours génie civil de l'Institut physique, ingénierie, terre, environnement, mécanique (2020-2022), il est maintenant maître de conférences associé à l'ENSAG.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ses recherches développées dans l'équipe de CRAterre de l'Unité de recherche AE&CC de l'ENSAG et de l'UGA recouvrent les thématiques suivantes :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les approches écologiques dans les pensées architecturales, urbanistiques et paysagères,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">le métabolisme territorial des filières de construction,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">la spatialisation des modes d'habiter dans le cadre des transitions socioécologiques,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les démarches alternatives de production de l'habitat,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">la recomposition des territoires d'urbanisation dispersée.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitation écologique et dispersion bâtie : les « habitats alternatifs » comme expérimentations pour des transitions socioécologiques en territoires de moyenne montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Architecture, aménagement de l'espace. Université Grenoble Alpes, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017GREAH025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01768270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théoriser les modes de production située de l'architecture pour repenser l'écologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Flécheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues-Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valéry Didelon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ce que l’architecture fait à l'écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions deux-cent-cinq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, AAA.. (architecture, urbanisme, paysage), 978-2-919380-81-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperación para la producción arquitectónica: de la vivienda al espacio de trabajo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noelia Monteiro de Ribeiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Graziano Brau Pani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivienda colectiva [2]: reflexiones sobre el habitar contemporáneo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arquitónica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 978-607-699-852-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancrages en partage : mettre en commun les récits territoriaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Gangarossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges-Henry Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Léonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Nowakowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luna d'Emilio; Xavier Guillot; François Nowakowski. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités en action et pouvoir d'agir. Ici et ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Saint-Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.116-207, 2022, Espace rural &amp; projet spatial (ERPS), 978-2-86272-745-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancrages en partage : mettre en commun les récits territoriaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Gangarossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges-Henry Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Léonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Nowakowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luna d'Emilio; Xavier Guillot; François Nowakowski. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités en action et pouvoir d'agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, Presses universitaires de Saint-Etienne, 2022, Espace rural &amp; projet spatial, 978-2-86272-745-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Révéler par le diagramme : processus architectural et transitions socioécologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alessia de Biase; Pierre Chabard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représenter : objets, outils, processus. Actes des 4e rencontres doctorales en architecture et paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Villette, 2020, Etudes et recherche, 978-2-37556-032-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Néotopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sans mots de l'habitabilité et de la territorialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02525128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition énergétique dans les projets d’habitats alternatifs en territoire rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Coste; Luna d'Emilio; Xavier Guillot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités post-carbone. Milieux, échelles et acteurs de la transition énergétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publications Universitaires de Saint-Étienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.110-123, 2018, Espace rural &amp; projet spatial (ERPS), 978-2-86272-703-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01804458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le défi de la construction d’une vision commune pour le paysage des Cévennes ardéchoises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gottfried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Millet lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.20088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche du projet dans la recherche doctorale en architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Tomasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Divergences in Architectural Research / De la recherche en architecture, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des matériaux aux architectures : une question technique, écologique et transcalaire pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux : quels défis au XXIe siècle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris-Est Créteil, Jun 2025, Créteil (94), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire en bois locaux : un enjeu pour la filière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Nemoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de la Haute École du Bois et de la Forêt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Communauté de communes Pays des Ecrins; Tiers lab, Jul 2023, Guillestre (05600), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrialisation ou artisanalisation de l’architecture : une question de mode de production pour l’écologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Flécheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues-Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ce que l’architecture fait à l'écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Architecture, environnement, territoire (ATE), ENSA Normandie, Apr 2023, Rouen (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04147616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bioéconomie territoriale de la filière bois de construction en France : analyse spatiale des acteurs des projets du Panorama national des réalisations bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58e colloque ASRDLF : transitions, gouvernance territoriale et solidarités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production architecturale contemporaine en bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Sciences du bois : école thématique Pluribois Toulouse-Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Aspet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question de la provenance du bois de construction : marché national, analyse de cas d’étude et règles de construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues-Soares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Journées scientifiques du GDR Sciences du Bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os projetos de habitação colaborativa no território rural francês : modelos ecológicos para habitar a urbanização dispersa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV Congresso Internazionale dell'Abitare Colletivo Sostenible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Alghero, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproductibilité des projets architecturaux en bois local dans les territoires vosgiens : édifices exemplaires et modalités de reproduction de l’approvisionnement en grumes et des procédés constructifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e journées du GDR 3544 Sciences du bois - Multifonctionnalité des forêts et diversité des usages du bois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancrages en partage à Sainte-Marguerite-Lafigère : des communaux traditionnels aux communs contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités en action : imaginaires, ressources, temporalités, pouvoir d'agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Mirabel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur la Consult'action en Ardèche : la résidence dans le village de Sainte-Marguerite-Lafigère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Dumesny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gottfried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Millet-Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruralités en action : imaginaires, ressources, temporalités, pouvoir d'agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Mirabel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les habitats alternatifs, quelles pistes pour le devenir des bourgs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux besoins, nouveaux usages : le milieu rural, un terrain d’expérimentation pour de nouvelles formes d’habiter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bourbon-l'Archambault, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les habitats alternatifs en marge de l’urbanisation en Auvergne-Rhône-Alpes : des initiatives ascendantes d’habitat basées sur une collaboration ad hoc et une mutualisation des espaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude « Jeunes Chercheur-e-s » – Le logement et l'habitat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01804350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apport des représentations en schémas, en diagrammes et en cartes pour analyser l'utilisation des ressources dans la production de l'architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres doctorales en architecture et en paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École nationale supérieure d’architecture de Paris-La Villette; Ministère de la Culture et de la Communication, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01665900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces du collectif liés aux habitats alternatifs ruraux : de l’échelle de l’habitat à l’échelle territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Jeunes Chercheurs 2017 − Action collective : pratiques et lieux du collectif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Pacte; Laboratoire Territoires, villes, environnement et société (TVES), Nov 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01665902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets d'habitat en territoire rural : des utopies concrètes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université populaire: Utopies comme chemins du/des possibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Villefontaine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transition énergetique dans l’habitat alternatif en territoire rural : implication habitante et stratégies énergetiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition énergétique et ruralités contemporaines : enjeux architecturaux et territoriaux, stratégies de projet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau scientifique thématique Espace rural &amp; Projet Spatial, Nov 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’habitabilité par le projet : construction de l’habitable en territoire rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Rencontres scientifiques internationales de la Cité des Territoires « Habitable, vivable, désirable. Questionnements sur la condition territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cité des territoires, 2015, Grenoble, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat et développement économique des territoires de la région Auvergne-Rhône-Alpes : le cas de la filière bois de construction - Rapport final d'HaDEcoT-Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues-Soares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole nationale supérieure d'architecture de Grenoble. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation du bois local pour la construction, le cas du massif des Vosges : stratégie publique de réalisation d’édifices exemplaires, reproduction des opérations et facteurs de développement de la filière territoriale de bois de construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole nationale supérieure d'architecture de Grenoble; Architecture, Environnement &amp; Cultures Constructives. 2021, pp.50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513293v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialiser la transition énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dubus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Ruchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENSAG. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #6 - Berriat-Saint-Bruno - invité P. Belli-Riz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #12 - Regard sur le ville - invité P. Thépot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #7 - Ciment et béton - invité C. Avenier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #8 - Habitat participatif - invité C. Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #9 - Espace public - invité H. Torgue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #13 Maison de la culture — Renaud Contra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #11 - Agriculture urbaine - invité S. Bonnefoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #5 - Métropole - invité F. Jacquart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #10 - Grenoble, métropole des Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #3 - Habitat - invité S. Gros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #1 - Histoire de l'urbanisation - invité G. Novarina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #4 - Economie - invité M. Talandier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gratianopolis #2 - Mobilité et transport - invité G. Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01417311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId81"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8355E809"/>
+    <w:nsid w:val="621A98FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01768270v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mazel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAH025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955586v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fl&#233;cheux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joffroy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nourdin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodrigues-Soares" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions205.fr/products/ce-que-l-architecture-fait-a-l-ecologie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955598v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Monteiro de Ribeiro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arquitonica.com/producto/vivienda-colectiva-2-reflexiones-sobre-el-habitar-contemporaneo/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654152v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Gangarossa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Henry Laffont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile L&#233;onardi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nowakowski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911883v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085587v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02525128v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coste" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sadoux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804458v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545581v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gottfried" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Millet&#160;lacombe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.20088" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155262v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Tomasi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468061v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955603v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nemoz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147616v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711612v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711618v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545665v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976069v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085621v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374506v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374459v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dumesny" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Millet-Lacombe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908422v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01665900v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01665902v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160014v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01232412v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160007v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219297v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sieffert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513293v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119546v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Guillot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Pernet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Ruchon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417379v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Vigneron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417350v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417355v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417361v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417364v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417387v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417371v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417348v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417369v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417324v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417347v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417302v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417311v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01768270v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mazel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAH025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955586v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fl&#233;cheux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joffroy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nourdin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodrigues-Soares" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions205.fr/products/ce-que-l-architecture-fait-a-l-ecologie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955598v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Monteiro de Ribeiro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arquitonica.com/producto/vivienda-colectiva-2-reflexiones-sobre-el-habitar-contemporaneo/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654152v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Gangarossa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Henry Laffont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile L&#233;onardi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nowakowski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911883v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085587v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02525128v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coste" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sadoux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804458v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545581v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gottfried" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Millet&#160;lacombe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.20088" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155262v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Tomasi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468061v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955603v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nemoz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147616v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711612v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711618v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545665v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976069v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085621v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374506v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374459v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dumesny" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Millet-Lacombe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908422v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01665900v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01665902v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160014v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01232412v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160007v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219297v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sieffert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513293v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119546v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Guillot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Pernet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Ruchon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417350v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Vigneron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417379v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417355v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417361v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417364v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417387v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417371v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417348v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417369v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417324v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417302v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417347v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01417311v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>