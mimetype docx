--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -791,295 +791,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04278363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Singular Interface Dynamics of the SARS-CoV-2 Delta Variant Explained with Contact Perturbation Analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Insight on Chirality Encoding from Small Thiolated Molecule to Plasmonic Au@Ag and Au@Au Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Chaloin</w:t>
+                <w:t xml:space="preserve">Antonio Carone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Moncorgé</w:t>
+                <w:t xml:space="preserve">Pablo Mariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Very</w:t>
+                <w:t xml:space="preserve">Anthony Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Romanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacopo Marcheselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.2c00350⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (1), pp.1089-1101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.1c08824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03708020v1</w:t>
+                <w:t xml:space="preserve">hal-03560419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight on Chirality Encoding from Small Thiolated Molecule to Plasmonic Au@Ag and Au@Au Nanoparticles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pablo Mariani</w:t>
+                <w:t xml:space="preserve">Singular Interface Dynamics of the SARS-CoV-2 Delta Variant Explained with Contact Perturbation Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aria Gheeraert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vuillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Désert</w:t>
+                <w:t xml:space="preserve">Laurent Chaloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Romanelli</w:t>
+                <w:t xml:space="preserve">Olivier Moncorgé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacopo Marcheselli</w:t>
+                <w:t xml:space="preserve">Thibaut Very</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 16 (1), pp.1089-1101. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (12), pp.3107-3122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.1c08824⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.2c00350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560419v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03708020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the origin of controlled anisotropic growth of monodisperse gold nanobipyramids</w:t>
               </w:r>
@@ -1193,325 +1193,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04739627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting Dissociation Dynamics of Phosphorus Molecular Ions by Atom Probe Tomography</w:t>
+                <w:t xml:space="preserve">Sodium diffusion in ionic liquid-based electrolytes for Na-ion batteries: the effect of polarizable force fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrico Di Russo</w:t>
+                <w:t xml:space="preserve">Arianna Massaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Blum</w:t>
+                <w:t xml:space="preserve">Jocasta Avila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kateryna Goloviznina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérald da Costa</w:t>
+                <w:t xml:space="preserve">Claudio Gerbaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 124 (52), pp.10977-10988. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22, pp.20114-20122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.0c09259⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0CP02760J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03120561v1</w:t>
+                <w:t xml:space="preserve">hal-02938881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sodium diffusion in ionic liquid-based electrolytes for Na-ion batteries: the effect of polarizable force fields</w:t>
+                <w:t xml:space="preserve">Detecting Dissociation Dynamics of Phosphorus Molecular Ions by Atom Probe Tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arianna Massaro</w:t>
+                <w:t xml:space="preserve">Enrico Di Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jocasta Avila</w:t>
+                <w:t xml:space="preserve">Ivan Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kateryna Goloviznina</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ivan Rivalta</w:t>
+                <w:t xml:space="preserve">Jonathan Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Gerbaldi</w:t>
+                <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 22, pp.20114-20122. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (52), pp.10977-10988. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0CP02760J⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.0c09259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02938881v1</w:t>
+                <w:t xml:space="preserve">hal-03120561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulating Plasmon Resonances of Gold Nanoparticles with Bipyramidal Shapes by Boundary Element Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacopo Marcheselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Chateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1997,295 +1997,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02142621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-dimensional electronic spectroscopy as a tool for tracking molecular conformations in DNA/RNA aggregates</w:t>
+                <w:t xml:space="preserve">COBRAMM 2.0 — A software interface for tailoring molecular electronic structure calculations and running nanoscale (QM/MM) simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Oliver Weingart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artur Nenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piero Altoè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rivalta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faraday Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c7fd00201g⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (9), pp.271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00894-018-3769-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01896120v1</w:t>
+                <w:t xml:space="preserve">hal-01889522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COBRAMM 2.0 — A software interface for tailoring molecular electronic structure calculations and running nanoscale (QM/MM) simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two-dimensional electronic spectroscopy as a tool for tracking molecular conformations in DNA/RNA aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vishal Jaiswal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Weingart</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Ana Julieta Pepino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Giussani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Modeling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 24 (9), pp.271. </w:t>
+              <w:t xml:space="preserve">Faraday Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 207, pp.233 - 250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00894-018-3769-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c7fd00201g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01889522v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Key role of the REC lobe during CRISPR–Cas9 activation by ‘sensing’, ‘regulating’, and ‘locking’ the catalytic HNH domain</w:t>
               </w:r>
@@ -2399,481 +2399,481 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02142618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Accurate Simulation of Two-Dimensional Electronic Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
+                <w:t xml:space="preserve">Theoretical Model of the Protochlorophyllide Oxidoreductase from a Hierarchy of Protocols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Gholami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artur Nenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaul Mukamel</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marco Bocola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Khalegh Bordbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topics in current chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41061-018-0201-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (31), pp.7668 - 7681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.8b04231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01889564v1</w:t>
+                <w:t xml:space="preserve">hal-01889572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resolving the Singlet Excited State Manifold of Benzophenone by First-Principles Simulations and Ultrafast Spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Towards Accurate Simulation of Two-Dimensional Electronic Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Marazzi</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shaul Mukamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Garavelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artur Nenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rivalta</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.7b01208⟩</w:t>
+              <w:t xml:space="preserve">Topics in current chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 376 (3), pp.24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41061-018-0201-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01889513v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01889564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical Model of the Protochlorophyllide Oxidoreductase from a Hierarchy of Protocols</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ivan Rivalta</w:t>
+                <w:t xml:space="preserve">Resolving the Singlet Excited State Manifold of Benzophenone by First-Principles Simulations and Ultrafast Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Zvereva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Marazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Bocola</w:t>
+                <w:t xml:space="preserve">Johanna Brazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Khalegh Bordbar</w:t>
+                <w:t xml:space="preserve">Elise Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 122 (31), pp.7668 - 7681. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (5), pp.2570 - 2585. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.8b04231⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.7b01208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01889572v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01889513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UV-induced long-lived decays in solvated pyrimidine nucleosides resolved at the MS-CASPT2/MM level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Julieta Pepino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2937,90 +2937,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The highly excited-state manifold of guanine: calibration for nonlinear electronic spectroscopy simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Pepino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaul Mukamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Garavelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3071,103 +3071,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of solvent relaxation in the ultrafast time-resolved spectroscopy of solvated benzophenone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Zvereva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Marazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Brazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photochemical &amp; Photobiological Sciences </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 17 (3), pp.323-331. </w:t>
@@ -3333,295 +3333,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01889518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Protein Tyrosine Phosphatase 1B Inhibition by Chlorogenic Acid and Cichoric Acid</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivan Rivalta</w:t>
+                <w:t xml:space="preserve">Protospacer Adjacent Motif-Induced Allostery Activates CRISPR-Cas9</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Palermo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Lipchock</w:t>
+                <w:t xml:space="preserve">Amendra Fernando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heidi P. Hendrickson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kelly E. Bird</w:t>
+                <w:t xml:space="preserve">Rajshekhar Basak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Jinek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.biochem.6b01025⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 139 (45), pp.16028 - 16031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.7b05313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01639040v1</w:t>
+                <w:t xml:space="preserve">hal-01889551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protospacer Adjacent Motif-Induced Allostery Activates CRISPR-Cas9</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clarisse Ricci</w:t>
+                <w:t xml:space="preserve">Characterization of Protein Tyrosine Phosphatase 1B Inhibition by Chlorogenic Acid and Cichoric Acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rivalta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Lipchock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heidi P. Hendrickson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amendra Fernando</w:t>
+                <w:t xml:space="preserve">Bonnie B. Douglas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rajshekhar Basak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Jinek</w:t>
+                <w:t xml:space="preserve">Kelly E. Bird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 139 (45), pp.16028 - 16031. </w:t>
+              <w:t xml:space="preserve">Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (1), pp.96 - 106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.7b05313⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.biochem.6b01025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01889551v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fine Tuning of Retinal Photoinduced Decay in Solution</w:t>
               </w:r>
@@ -3679,295 +3679,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01639035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissecting Dynamic Allosteric Pathways Using Chemically Related Small-Molecule Activators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivan Rivalta</w:t>
+                <w:t xml:space="preserve">Molcas 8: New capabilities for multiconfigurational quantum chemical calculations across the periodic table</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Aquilante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George p. Lisi</w:t>
+                <w:t xml:space="preserve">Jochen Autschbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory a. Manley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Heidi Hendrickson</w:t>
+                <w:t xml:space="preserve">Rebecca K. Carlson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor s. Batista</w:t>
+                <w:t xml:space="preserve">Liviu Chibotaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël G. Delcey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.str.2016.04.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (5), pp.506 - 541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcc.24221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01639042v1</w:t>
+                <w:t xml:space="preserve">hal-01409053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molcas 8: New capabilities for multiconfigurational quantum chemical calculations across the periodic table</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jochen Autschbach</w:t>
+                <w:t xml:space="preserve">Dissecting Dynamic Allosteric Pathways Using Chemically Related Small-Molecule Activators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca K. Carlson</w:t>
+                <w:t xml:space="preserve">George p. Lisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liviu Chibotaru</w:t>
+                <w:t xml:space="preserve">Gregory a. Manley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heidi Hendrickson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël G. Delcey</w:t>
+                <w:t xml:space="preserve">Victor s. Batista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 37 (5), pp.506 - 541. </w:t>
+              <w:t xml:space="preserve">Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 24 (7), pp.1155 - 1166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcc.24221⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.str.2016.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409053v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allosteric Pathways in the PPARγ-RXRα nuclear receptor complex</w:t>
               </w:r>
@@ -4096,77 +4096,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopic fingerprints of DNA/RNA pyrimidine nucleobases in third-order nonlinear electronic spectra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Giussani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Giussani</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Tolomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4345,351 +4345,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01639041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple Decay Mechanisms and 2D-UV Spectroscopic Fingerprints of Singlet Excited Solvated Adenine-Uracil Monophosphate</w:t>
+                <w:t xml:space="preserve">Ultraviolet vision: photophysical properties of the unprotonated retinyl Schiff base in the Siberian hamster cone pigment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quansong Li</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Andrea Bonvicini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore F. Altavilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201505086⟩</w:t>
+              <w:t xml:space="preserve">Theoretical Chemistry Accounts: Theory, Computation, and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 135 (4), pp.110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00214-016-1869-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01639033v1</w:t>
+                <w:t xml:space="preserve">hal-01639028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultraviolet vision: photophysical properties of the unprotonated retinyl Schiff base in the Siberian hamster cone pigment</w:t>
+                <w:t xml:space="preserve">Multiple Decay Mechanisms and 2D-UV Spectroscopic Fingerprints of Singlet Excited Solvated Adenine-Uracil Monophosphate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salvatore F. Altavilla</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Quansong Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Giussani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Chemistry Accounts: Theory, Computation, and Modeling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 135 (4), pp.110. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (22), pp.7497 - 7507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00214-016-1869-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201505086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01639028v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the photochemical mechanisms describing the UV-induced processes occurring in solvated guanine monophosphate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvatore F. Altavilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Conti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4766,51 +4766,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excited state evolution of DNA stacked adenines resolved at the CASPT2//CASSCF/Amber level: from the bright to the excimer state and back</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Conti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Höfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4887,77 +4887,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing deactivation pathways of DNA nucleobases by two-dimensional electronic spectroscopy: first principles simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Giussani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Conti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5015,261 +5015,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01234546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Dimensional Electronic Spectroscopy of Benzene, Phenol, and Their Dimer: An Efficient First-Principles Simulation Protocol</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marco Garavelli</w:t>
+                <w:t xml:space="preserve">Soft X-ray Spectroscopic Properties of Ruthenium Complex Catalyst under CO2 Electrochemical Reduction Conditions: A First-Principles Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocío Sánchez-De-Armas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Brena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Moyses Araujo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5b00443⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119 (40), pp.22899-22907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b05626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01234566v1</w:t>
+                <w:t xml:space="preserve">hal-01235924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft X-ray Spectroscopic Properties of Ruthenium Complex Catalyst under CO2 Electrochemical Reduction Conditions: A First-Principles Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Barbara Brena</w:t>
+                <w:t xml:space="preserve">Two-Dimensional Electronic Spectroscopy of Benzene, Phenol, and Their Dimer: An Efficient First-Principles Simulation Protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artur Nenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaul Mukamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Garavelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Moyses Araujo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 119 (40), pp.22899-22907. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (8), pp.3755-3771. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b05626⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5b00443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01235924v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01234566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Triplet Oxygen Evolution Catalyzed by a Biomimetic Oxomanganese Complex: Functional Role of the Carboxylate Buffer</w:t>
               </w:r>
@@ -5366,879 +5366,879 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01234593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the high-energy electronic state manifold of adenine: Calibration for nonlinear electronic spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Spectral lineshapes in nonlinear electronic spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Giussani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vishal K. Jaiswal</w:t>
+                <w:t xml:space="preserve">Benjamin P. Fingerhut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 142, pp.212443. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (46), pp.30925-30936. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4921016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c5cp01167a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01234570v1</w:t>
+                <w:t xml:space="preserve">hal-01246263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral lineshapes in nonlinear electronic spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Modeling the high-energy electronic state manifold of adenine: Calibration for nonlinear electronic spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Giussani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Giussani</w:t>
+                <w:t xml:space="preserve">Javier Segarra-Martí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin P. Fingerhut</w:t>
+                <w:t xml:space="preserve">Vishal K. Jaiswal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 17 (46), pp.30925-30936. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 142, pp.212443. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c5cp01167a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4921016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01246263v1</w:t>
+                <w:t xml:space="preserve">hal-01234570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling Time-Resolved Two-Dimensional Electronic Spectroscopy of the Primary Photoisomerization Event in Rhodopsin</w:t>
+                <w:t xml:space="preserve">Ab initio simulations of two-dimensional electronic spectra: The SOS//QM/MM approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulio Cerullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaul Mukamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Garavelli</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 118 (28), pp.8396-8405. </w:t>
+              <w:t xml:space="preserve">International Journal of Quantum Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 114 (2), pp.85 - 93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/Jp502538m⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/qua.24511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01121386v1</w:t>
+                <w:t xml:space="preserve">hal-01896763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking Conformational Dynamics of Polypeptides by Nonlinear Electronic Spectroscopy of Aromatic Residues: A First-Principles Simulation Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Bidimensional electronic spectroscopy on indole in gas phase and in water from first principles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaul Mukamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Garavelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhysChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/Cphc.201402374⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical and Computational Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1040-1041, pp.295-303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comptc.2014.03.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01121377v1</w:t>
+                <w:t xml:space="preserve">hal-01121379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bidimensional electronic spectroscopy on indole in gas phase and in water from first principles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Modelling Time-Resolved Two-Dimensional Electronic Spectroscopy of the Primary Photoisomerization Event in Rhodopsin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rivalta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Shaul Mukamel</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Weingart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulio Cerullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Garavelli</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical and Computational Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comptc.2014.03.031⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 118 (28), pp.8396-8405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/Jp502538m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01121379v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab initio simulations of two-dimensional electronic spectra: The SOS//QM/MM approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tracking Conformational Dynamics of Polypeptides by Nonlinear Electronic Spectroscopy of Aromatic Residues: A First-Principles Simulation Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artur Nenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio a Beccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulio Cerullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaul Mukamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Quantum Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 114 (2), pp.85 - 93. </w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (15), pp.3282-3290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/qua.24511⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/Cphc.201402374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01896763v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disentangling Peptide Configurations via Two-Dimensional Electronic Spectroscopy: Ab Initio Simulations Beyond the Frenkel Exciton Hamiltonian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulio Cerullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaul Mukamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Garavelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6428,51 +6428,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling retinal chromophores photoisomerization: from minimal models in vacuo to ultimate bidimensional spectroscopy in rhodopsins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Nenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Garavelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6704,51 +6704,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Na+ diffusion in IL-based electrolytes for Na-ion batteries: the effect of polarizable force fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arianna Massaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rivalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7223,51 +7223,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362132v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deep Sekhar Biswas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Fanciullo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Boglio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bordoni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Rivalta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.5c02914" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041555v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aria Gheeraert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mias-Lucquin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasaman Karami" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vuillon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom15040541" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304606v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Aarabi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aranda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Gholami" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Kumar Meena" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lerouge" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00446" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273607v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Li Manni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Fdez. Galv&#225;n" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alavi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Aleotti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Aquilante" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00182" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278363v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesieur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor S Batista" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.3c04592" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03708020v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaloin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moncorg&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Very" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.2c00350" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560419v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Carone" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mariani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#233;sert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Marcheselli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c08824" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739627v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baldeck" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Garavelli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NR01768C" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120561v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Di Russo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Houard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c09259" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938881v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Massaro" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocasta Avila" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kateryna Goloviznina" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Gerbaldi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP02760J" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736250v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chateau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00269" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388649v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoshana J. Wodak" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Paci" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Dokholyan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Berezovsky" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amnon Horovitz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2019.01.003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134286v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Pacini" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Batista" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.9b01294" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142621v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Negre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uriel Morzan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Hendrickson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhitankar Pal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Lisi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1810452115" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896120v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Segarra-Mart&#237;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal Jaiswal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Julieta Pepino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Giussani" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Nenov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7fd00201g" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889522v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Weingart" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Alto&#232;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-018-3769-6" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142618v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Palermo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Chen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Ricci" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jinek" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033583518000070" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889564v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaul Mukamel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41061-018-0201-8" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889513v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Zvereva" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Marazzi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Brazard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dumont" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.7b01208" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889572v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bocola" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khalegh Bordbar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.8b04231" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01894479v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Improta" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP08235E" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889560v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pepino" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-018-2225-0" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184642v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7PP00439G" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889518v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Segatta" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itay Gdor" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;hault" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Taioli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noga Friedman" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201803525" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639040v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Lipchock" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi P. Hendrickson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie B. Douglas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly E. Bird" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.6b01025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889551v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amendra Fernando" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajshekhar Basak" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b05313" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639035v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b01780" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639042v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George&#160;p. Lisi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory&#160;a. Manley" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor&#160;s. Batista" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2016.04.010" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01409053v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Autschbach" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca K. Carlson" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Chibotaru" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l G. Delcey" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.24221" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639022v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo L. Silveira" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor S. Batista" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munir S. Skaf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep19940" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639030v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Tolomelli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-016-1867-z" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639041v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George P. Lisi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning-Shiuan Snoeberger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Manley" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patrick Loria" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.6b00859" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639033v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quansong Li" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201505086" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639028v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bonvicini" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Demoulin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore F. Altavilla" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-016-1869-x" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234575v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Conti" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2015.00029" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234547v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried H&#246;finger" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Flavio Altavilla" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp05546b" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234546v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4fd00175c" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234566v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5b00443" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235924v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o S&#225;nchez-De-Armas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Brena" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moyses Araujo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b05626" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234593v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke R. Yang" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary W. Brudvig" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5b00048" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234570v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal K. Jaiswal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4921016" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246263v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin P. Fingerhut" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp01167a" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121386v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Cerullo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/Jp502538m" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121377v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio a Beccara" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/Cphc.201402374" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121379v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2014.03.031" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896763v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.24511" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121378v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/Jz5002314" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121382v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Oliverio" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Costanzo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Nardi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Procopio" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/sc5000682" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121384v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3cp55211j" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265062v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Loprete" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Benito" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan N. Steinmann" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136569v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Pavone" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Costa Gomes" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ag&#237;lio P&#225;dua" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073958v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangui Le Bahers" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curutchet Antton" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Colinet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074855v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Ciofini" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Adamo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362132v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deep Sekhar Biswas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Fanciullo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Boglio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bordoni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Rivalta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.5c02914" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041555v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aria Gheeraert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mias-Lucquin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasaman Karami" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vuillon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom15040541" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304606v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Aarabi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aranda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Gholami" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Kumar Meena" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lerouge" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00446" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273607v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Li Manni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Fdez. Galv&#225;n" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alavi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Aleotti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Aquilante" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00182" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278363v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesieur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor S Batista" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.3c04592" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560419v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Carone" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mariani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#233;sert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Marcheselli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c08824" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03708020v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaloin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moncorg&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Very" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.2c00350" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739627v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baldeck" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Garavelli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NR01768C" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938881v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Massaro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocasta Avila" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kateryna Goloviznina" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Gerbaldi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP02760J" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120561v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Di Russo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Houard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c09259" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736250v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chateau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00269" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388649v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoshana J. Wodak" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Paci" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Dokholyan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Berezovsky" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amnon Horovitz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2019.01.003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134286v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Pacini" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Batista" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.9b01294" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142621v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Negre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uriel Morzan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Hendrickson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhitankar Pal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Lisi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1810452115" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889522v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Weingart" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Nenov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Alto&#232;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Segarra-Mart&#237;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-018-3769-6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896120v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal Jaiswal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Julieta Pepino" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Giussani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7fd00201g" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142618v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Palermo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Chen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Ricci" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jinek" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033583518000070" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889572v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bocola" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khalegh Bordbar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.8b04231" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889564v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaul Mukamel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41061-018-0201-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889513v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Zvereva" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Marazzi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Brazard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dumont" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.7b01208" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01894479v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Improta" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP08235E" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889560v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pepino" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-018-2225-0" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184642v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7PP00439G" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889518v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Segatta" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itay Gdor" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;hault" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Taioli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noga Friedman" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201803525" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889551v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amendra Fernando" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajshekhar Basak" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b05313" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639040v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Lipchock" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi P. Hendrickson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie B. Douglas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly E. Bird" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.6b01025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639035v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b01780" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01409053v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Autschbach" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca K. Carlson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Chibotaru" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l G. Delcey" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.24221" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639042v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George&#160;p. Lisi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory&#160;a. Manley" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor&#160;s. Batista" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2016.04.010" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639022v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo L. Silveira" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor S. Batista" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munir S. Skaf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep19940" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639030v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Tolomelli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-016-1867-z" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639041v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George P. Lisi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning-Shiuan Snoeberger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Manley" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patrick Loria" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.6b00859" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639028v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bonvicini" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Demoulin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore F. Altavilla" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-016-1869-x" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639033v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quansong Li" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201505086" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234575v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Conti" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2015.00029" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234547v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried H&#246;finger" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Flavio Altavilla" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp05546b" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234546v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4fd00175c" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235924v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o S&#225;nchez-De-Armas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Brena" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moyses Araujo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b05626" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234566v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5b00443" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234593v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke R. Yang" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary W. Brudvig" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5b00048" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246263v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin P. Fingerhut" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp01167a" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234570v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal K. Jaiswal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4921016" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896763v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Cerullo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.24511" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121379v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2014.03.031" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121386v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/Jp502538m" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121377v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio a Beccara" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/Cphc.201402374" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121378v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/Jz5002314" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121382v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Oliverio" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Costanzo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Nardi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Procopio" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/sc5000682" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121384v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3cp55211j" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265062v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Loprete" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Benito" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan N. Steinmann" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136569v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Pavone" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Costa Gomes" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ag&#237;lio P&#225;dua" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073958v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangui Le Bahers" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curutchet Antton" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Colinet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074855v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Ciofini" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Adamo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>