--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -191,325 +191,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05300732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How can biodiversity strategy and action plans incorporate genetic diversity and align with global commitments?</w:t>
+                <w:t xml:space="preserve">Restoring genetic diversity to facilitate the implementation of the EU Nature Restoration Law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sean Hoban</w:t>
+                <w:t xml:space="preserve">David O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Hvilsom</w:t>
+                <w:t xml:space="preserve">Tsipe Aavik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdeldjalil Aissi</w:t>
+                <w:t xml:space="preserve">Ancuta Fedorca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Aleixo</w:t>
+                <w:t xml:space="preserve">Martin C Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Bélanger</w:t>
+                <w:t xml:space="preserve">Robin Goffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 75, pp.47-60. </w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 303, pp.110995. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/biosci/biae106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2025.110995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04826458v1</w:t>
+                <w:t xml:space="preserve">hal-05109272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restoring genetic diversity to facilitate the implementation of the EU Nature Restoration Law</w:t>
+                <w:t xml:space="preserve">How can biodiversity strategy and action plans incorporate genetic diversity and align with global commitments?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David O'Brien</w:t>
+                <w:t xml:space="preserve">Sean Hoban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tsipe Aavik</w:t>
+                <w:t xml:space="preserve">Christina Hvilsom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancuta Fedorca</w:t>
+                <w:t xml:space="preserve">Abdeldjalil Aissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin C Fischer</w:t>
+                <w:t xml:space="preserve">Alexandre Aleixo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Goffaux</w:t>
+                <w:t xml:space="preserve">Julie Bélanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 303, pp.110995. </w:t>
+              <w:t xml:space="preserve">Bioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 75, pp.47-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2025.110995⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biosci/biae106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05109272v1</w:t>
+                <w:t xml:space="preserve">hal-04826458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Too simple, too complex, or just right? Advantages, challenges, and guidance for indicators of genetic diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Hoban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -593,459 +593,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guideline Materials and Documentation for the Genetic Diversity Indicators of the Monitoring Framework for the Kunming-Montreal Global Biodiversity Framework</w:t>
+                <w:t xml:space="preserve">Multinational evaluation of genetic diversity indicators for the Kunming‐Montreal Global Biodiversity Framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Mastretta-Yanes</w:t>
+                <w:t xml:space="preserve">Alicia Mastretta‐yanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofía Suárez</w:t>
+                <w:t xml:space="preserve">Jessica M da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Jordan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jessica da Silva</w:t>
+                <w:t xml:space="preserve">Catherine E Grueber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Castillo‐reina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoria Köppä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversity Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17161/bi.v18i.22332⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (7), pp.e14461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.14461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04701101v1</w:t>
+                <w:t xml:space="preserve">hal-04652468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Best practices for genetic and genomic data archiving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Leigh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Vandergast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaret Hunter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Crandall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Chris Funk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8, pp.1224-1232. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41559-024-02423-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multinational evaluation of genetic diversity indicators for the Kunming‐Montreal Global Biodiversity Framework</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guideline Materials and Documentation for the Genetic Diversity Indicators of the Monitoring Framework for the Kunming-Montreal Global Biodiversity Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine E Grueber</w:t>
+                <w:t xml:space="preserve">Alicia Mastretta-Yanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Castillo‐reina</w:t>
+                <w:t xml:space="preserve">Sofía Suárez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktoria Köppä</w:t>
+                <w:t xml:space="preserve">Rebecca Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Hoban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 27 (7), pp.e14461. </w:t>
+              <w:t xml:space="preserve">Biodiversity Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.14461⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17161/bi.v18i.22332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652468v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04701101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction: DNA-based studies and genetic diversity indicator assessments are complementary approaches to conserving evolutionary potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Hoban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Paz-Vinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1135,51 +1135,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dealing With the Complexity of Effective Population Size in Conservation Practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancuta Fedorca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Mergeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1269,51 +1269,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA-based studies and genetic diversity indicator assessments are complementary approaches to conserving evolutionary potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Hoban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Paz-Vinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1537,90 +1537,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic diversity goals and targets have improved, but remain insufficient for clear implementation of the post-2020 global biodiversity framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Hoban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael W Bruford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica M da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Chris Funk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Frankham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1814,51 +1814,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic diversity and IUCN Red List status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Hoban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaret Hunter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1931,90 +1931,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring status and trends in genetic diversity for the Convention on Biological Diversity: An ongoing assessment of genetic indicators in nine countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Hoban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica M da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Mastretta‐yanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine E Grueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Heuertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2333,51 +2333,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global genetic diversity status and trends: towards a suite of Essential Biodiversity Variables (EBVs) for genetic composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Hoban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick I. Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2461,412 +2461,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patterns and determinants of phenotypic variability within two invasive crayfish species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inference of local invasion pathways in two invasive crayfish species displaying contrasting genetic patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Paz-Vinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iris Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Cucherousset</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Veyssière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Loot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fwb.13792⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 58 (12), pp.2854--2865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.14023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717378v1</w:t>
+                <w:t xml:space="preserve">hal-04717370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inference of local invasion pathways in two invasive crayfish species displaying contrasting genetic patterns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effective population size remains a suitable, pragmatic indicator of genetic diversity for all species, including forest trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Hoban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Paz-Vinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Loot</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sally Aitken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bertola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Breed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.14023⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 253, pp.1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2020.108906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717370v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03306592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective population size remains a suitable, pragmatic indicator of genetic diversity for all species, including forest trees</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sean Hoban</w:t>
+                <w:t xml:space="preserve">Patterns and determinants of phenotypic variability within two invasive crayfish species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Paz-Vinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cucherousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Loot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 253, pp.1-3. </w:t>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 66 (9), pp.1782--1798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2020.108906⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/fwb.13792⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03306592v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Authors’ Reply to Letter to the Editor: Continued improvement to genetic diversity indicator for CBD</w:t>
               </w:r>
@@ -3120,90 +3120,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opportunities and challenges of macrogenetic studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Leigh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles van Rees</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katie Millette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Breed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3254,51 +3254,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic diversity targets and indicators in the CBD post-2020 Global Biodiversity Framework must be improved</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Hoban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Bruford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3678,51 +3678,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Chiarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Paz‐vinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Veyssière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Santoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3838,51 +3838,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Paz-Vinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Loot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Veyssière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The American Naturalist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 191 (4), pp.1-17. </w:t>
@@ -3959,51 +3959,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Loot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virgilio Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Veyssière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4863,77 +4863,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uneven genetic data limits biodiversity assessments in protected areas globally</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Paz-Vinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Vandergast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Leigh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5724,51 +5724,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05300732v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lepais" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Paz&#8208;vinas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.70051" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826458v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Hoban" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hvilsom" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeldjalil Aissi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Aleixo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie B&#233;langer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biae106" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109272v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David O'Brien" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsipe Aavik" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ancuta Fedorca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin C Fischer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2025.110995" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593754v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica da Silva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Hughes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Hunter" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belma Kalamuji&#263; Stroil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biae006" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04701101v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Mastretta-Yanes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sof&#237;a Su&#225;rez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Jordan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17161/bi.v18i.22332" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593895v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Leigh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Vandergast" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Crandall" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chris Funk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02423-7" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652468v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Mastretta&#8208;yanes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica M da Silva" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine E Grueber" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Castillo&#8208;reina" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria K&#246;pp&#228;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14461" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007994v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Paz-Vinas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Shaw" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Castillo-Reina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-024-01642-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884184v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Mergeay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adejoke O Akinyele" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamer Albayrak" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Biebach" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.70031" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684879v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn E Shaw" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica M D A Silva" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-024-01632-8" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04590931v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Gargiulo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Decroocq" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonzalez-Martinez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Aury" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13691" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975071v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael W Bruford" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Frankham" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-022-01492-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718805v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Garcia" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaujard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian D. Olden" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2022.0533" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718811v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Schmidt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin J. Garroway" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.14064" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04107368v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Heuertz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12953" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04688211v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Castagn&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boul&#234;treau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Ferriol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Loot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-023-02596-w" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718395v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Arranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Nobre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Reis de Carvalho" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Cantarute-Rodrigues" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8986" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718415v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick I. Archer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura D. Bertola" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason G. Bragg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin F. Breed" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12852" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717378v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Lang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13792" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717370v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Millet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14023" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03306592v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Aitken" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bertola" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Breed" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2020.108906" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03230524v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Laikre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A Hohenlohe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred W Allendorf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura D Bertola" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin F Breed" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-021-01359-w" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717374v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn L. Jensen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian K. Hand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13732" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917918v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles van Rees" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Millette" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41576-021-00394-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934625v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bruford" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine d'Urban Jackson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Lopes-Fernandes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2020.108654" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914974v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prunier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keoni Saint-P&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier REY" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12941" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02155296v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Mathieu-B&#233;gn&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chevalier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.05511" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04716901v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Chiarello" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santoul" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12774" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732611v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourtune" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/696233" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01797434v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgilio Hermoso" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2017.2746" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444024v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.12826" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3VMTQ706-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445165v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyssiere" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13401" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1Z23DBVX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445151v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marie Stevens" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13345" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445202v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12626" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650228v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Paz-Vinas" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chikhi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.12321" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841314v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841091v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841253v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841271v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841295v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenna R Forester" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679390v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lamouroux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Castella" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Forcellini" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lebrun" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680015v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841416v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Benavides Guedes" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dall'Agnol" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grandjean" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislain Lipeme Kouyi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05300732v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lepais" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Paz&#8208;vinas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.70051" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109272v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David O'Brien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsipe Aavik" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ancuta Fedorca" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin C Fischer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2025.110995" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826458v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Hoban" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hvilsom" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeldjalil Aissi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Aleixo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie B&#233;langer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biae106" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593754v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica da Silva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Hughes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Hunter" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belma Kalamuji&#263; Stroil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biae006" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652468v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Mastretta&#8208;yanes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica M da Silva" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine E Grueber" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Castillo&#8208;reina" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria K&#246;pp&#228;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14461" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593895v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Leigh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Vandergast" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Crandall" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chris Funk" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02423-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04701101v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Mastretta-Yanes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sof&#237;a Su&#225;rez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Jordan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17161/bi.v18i.22332" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007994v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Paz-Vinas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Shaw" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Castillo-Reina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-024-01642-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884184v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Mergeay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adejoke O Akinyele" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamer Albayrak" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Biebach" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.70031" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684879v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn E Shaw" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica M D A Silva" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-024-01632-8" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04590931v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Gargiulo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Decroocq" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonzalez-Martinez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Aury" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13691" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975071v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael W Bruford" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Frankham" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-022-01492-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718805v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Garcia" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaujard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian D. Olden" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2022.0533" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718811v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Schmidt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin J. Garroway" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.14064" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04107368v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Heuertz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12953" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04688211v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Castagn&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boul&#234;treau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Ferriol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Loot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-023-02596-w" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718395v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Arranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Nobre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Reis de Carvalho" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Cantarute-Rodrigues" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8986" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718415v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick I. Archer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura D. Bertola" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason G. Bragg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin F. Breed" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12852" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717370v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Lang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Millet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14023" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03306592v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Aitken" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bertola" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Breed" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2020.108906" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717378v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13792" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03230524v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Laikre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A Hohenlohe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred W Allendorf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura D Bertola" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin F Breed" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-021-01359-w" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717374v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn L. Jensen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian K. Hand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13732" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917918v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles van Rees" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Millette" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41576-021-00394-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934625v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bruford" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine d'Urban Jackson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Lopes-Fernandes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2020.108654" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914974v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prunier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keoni Saint-P&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier REY" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12941" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02155296v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Mathieu-B&#233;gn&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chevalier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.05511" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04716901v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Chiarello" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santoul" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12774" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732611v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourtune" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/696233" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01797434v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgilio Hermoso" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2017.2746" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444024v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.12826" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3VMTQ706-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445165v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyssiere" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13401" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1Z23DBVX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445151v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marie Stevens" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13345" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445202v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12626" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650228v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Paz-Vinas" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chikhi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.12321" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841314v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841091v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841253v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841271v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841295v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenna R Forester" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679390v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lamouroux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Castella" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Forcellini" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lebrun" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680015v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841416v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Benavides Guedes" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dall'Agnol" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grandjean" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislain Lipeme Kouyi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>