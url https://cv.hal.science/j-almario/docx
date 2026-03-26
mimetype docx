--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,239 +100,239 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blurred lines in the mycorrhiza world</w:t>
+                <w:t xml:space="preserve">Needle in a Haystack: Culturing Plant‐Beneficial Helotiales Lineages From Plant Roots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Bruyant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moënne‐loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41579-025-01215-5⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (4), pp.e70082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.70082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05380066v1</w:t>
+                <w:t xml:space="preserve">hal-05379981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Needle in a Haystack: Culturing Plant‐Beneficial Helotiales Lineages From Plant Roots</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Blurred lines in the mycorrhiza world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (4), pp.e70082. </w:t>
+              <w:t xml:space="preserve">Nature Reviews Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (10), pp.619-619. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.70082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41579-025-01215-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05379981v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05380066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The connections of climate change with microbial ecology and their consequences for ecosystem, human, and plant health</w:t>
               </w:r>
@@ -344,51 +344,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Guigard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Nazaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bertolla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -446,291 +446,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05258695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial communities living inside plant leaves or on the leaf surface are differently shaped by environmental cues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Root-associated Helotiales fungi: Overlooked players in plant nutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Bruyant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryam Mahmoudi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Kemen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISME Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ismeco/ycae103⟩</w:t>
+              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 191, pp.109363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2024.109363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04773923v1</w:t>
+                <w:t xml:space="preserve">hal-04662162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root-associated Helotiales fungi: Overlooked players in plant nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Bruyant</w:t>
+                <w:t xml:space="preserve">Microbial communities living inside plant leaves or on the leaf surface are differently shaped by environmental cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryam Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Almario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrina Lutap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay Nieselt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliana Almario</w:t>
+                <w:t xml:space="preserve">Eric Kemen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 191, pp.109363. </w:t>
+              <w:t xml:space="preserve">ISME Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (1), pp.ycae103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2024.109363⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ismeco/ycae103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04662162v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04773923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unearthing the plant–microbe quid pro quo in root associations with beneficial fungi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Izabela Fabiańska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -807,64 +807,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Leaf Microbiome of Arabidopsis Displays Reproducible Dynamics and Patterns throughout the Growing Season</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Mahmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Kroll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -967,51 +967,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfredo Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Murillo‐roos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1088,51 +1088,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dysfunction in the arbuscular mycorrhizal symbiosis has consistent but small effects on the establishment of the fungal microbiota in Lotus japonicus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Xue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Izabela Fabiańska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1231,51 +1231,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Izabela Fabiańska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Gerlach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Bucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1335,51 +1335,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arabidopsis thaliana and Pseudomonas Pathogens Exhibit Stable Associations over Evolutionary Timescales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talia Karasov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Friedemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1456,51 +1456,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution of 2,4-diacetylphloroglucinol biosynthetic genes among the pseudomonas spp. reveals unexpected polyphyletism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bruto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1584,647 +1584,647 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhizosphere ecology and phytoprotection in soils naturally suppressive to Thielaviopsis black root rot of tobacco</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Rhizosphere microbial communities associated with Rhizoctonia damage at the field and disease patch scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Donn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vadakattu V.S.R. Gupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.12459⟩</w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 78, pp.37-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2014.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01010573v1</w:t>
+                <w:t xml:space="preserve">hal-01010607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of rhizobacterial indicators of tobacco black root rot suppressiveness in farmers' fields</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Prevalence of type III secretion system in effective biocontrol pseudomonads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Kopecký</w:t>
+                <w:t xml:space="preserve">Davide Gobbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markéta Ságová-Marečková</w:t>
+                <w:t xml:space="preserve">Geneviève Défago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacqueline Haurat</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fabio Rezzonico</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, </w:t>
+              <w:t xml:space="preserve">Research in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 165 (4), pp.300-304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1758-2229.12131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.resmic.2014.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01010640v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhizosphere microbial communities associated with Rhizoctonia damage at the field and disease patch scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of rhizobacterial indicators of tobacco black root rot suppressiveness in farmers' fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Kyselková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Almario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Donn</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
+                <w:t xml:space="preserve">Jan Kopecký</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vadakattu V.S.R. Gupta</w:t>
+                <w:t xml:space="preserve">Markéta Ságová-Marečková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Haurat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2014.02.001⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1758-2229.12131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01010607v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of type III secretion system in effective biocontrol pseudomonads</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Rhizosphere ecology and phytoprotection in soils naturally suppressive to Thielaviopsis black root rot of tobacco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Geneviève Défago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabio Rezzonico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.12459⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.resmic.2014.03.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01010566v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Clay Mineralogy on Iron Bioavailability and Rhizosphere Transcription of 2,4-Diacetylphloroglucinol Biosynthetic Genes in Biocontrol Pseudomonas protegens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 26 (5), pp.566-574. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2258,103 +2258,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the relationship between geologic origin of soil, rhizobacterial community composition and soil receptivity to tobacco black root rot in Savoie region (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Kyselková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Kopecký</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ságová-Marečková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.1-12. </w:t>
@@ -2404,77 +2404,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of the relation between 2,4-diacetylphloroglucinol-producing Pseudomonas and Thielaviopsis basicola populations by real-time PCR in tobacco black root-rot suppressive and conducive soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2552,51 +2552,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapting to symbiosis loss: new microbial associations in non-mycorrhizal plants?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symbiosis in context</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Rothenburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2621,51 +2621,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapting to symbiosis loss: uncovering new microbial associations in non-mycorrhizal plants and establishing their contribution to plant phosphorus nutrition.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International molecular mycorrhiza meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Cambridge (England), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2690,51 +2690,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plants' adaptations to the loss of an ancestral symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MODIP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lauret, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2798,51 +2798,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Revellin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2874,243 +2874,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03593578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of clay mineralogy on the plant-protecting activity of Pseudomonas in the rhizosphere</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Relation between landscape distribution of disease-suppressive soils, iron bioavailability for biocontrol Pseudomonas on roots, and rhizosphere expression of genes for 2,4-diacetylphloroglucinol synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd meeting of Ph.D. students in Ecology, Evolution, Microbiology and Modelization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, VIlleurbanne, France</w:t>
+              <w:t xml:space="preserve">14. International Symposium on Microbial Ecology- ISME14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Copenhaguen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02547978v1</w:t>
+                <w:t xml:space="preserve">hal-02545176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relation between landscape distribution of disease-suppressive soils, iron bioavailability for biocontrol Pseudomonas on roots, and rhizosphere expression of genes for 2,4-diacetylphloroglucinol synthesis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Effect of clay mineralogy on the plant-protecting activity of Pseudomonas in the rhizosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. International Symposium on Microbial Ecology- ISME14</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Copenhaguen, Denmark</w:t>
+              <w:t xml:space="preserve">2nd meeting of Ph.D. students in Ecology, Evolution, Microbiology and Modelization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, VIlleurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02545176v1</w:t>
+                <w:t xml:space="preserve">hal-02547978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3128,90 +3128,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of root-associated microbiota of non-mycorrhizal plants and its contribution to phosphorus nutrition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Bruyant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Bruyant</w:t>
+                <w:t xml:space="preserve">Yvan Moënne‐loccoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISS Holobiont meeting 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3268,90 +3268,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machine Learning Reveals Biocontrol Agents Shaping Disease Protection in Natural Arabidopsis Populations and Synthetic Communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kemen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Kemen</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maryam Mahmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiheng Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Stincone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3386,103 +3386,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotic interactions shape infection outcomes in&amp;lt;i&amp;gt;Arabidopsis&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Mahmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiheng Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn-Marie Tenzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kay Nieselt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3504,51 +3504,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life on leaves : uncovering temporal dynamics in Arabidopsis’ leaf microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Mahmudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3654,51 +3654,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation entre la propriété phytoprotectrice de synthèse de 2,4-diacétylphloroglucinol par les Pseudomonas fluorescents dans la rhizosphère, et la résistance des sols à la maladie de la pourriture noire des racines de tabac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie végétale. Université Claude Bernard - Lyon I, 2012. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012LYO10337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3894,51 +3894,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380066v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Almario" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41579-025-01215-5" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379981v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bruyant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dor&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Mo&#235;nne&#8208;loccoz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70082" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05258695v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Guigard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Nazaret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bertolla" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxaf168" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773923v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Mahmoudi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Lutap" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay Nieselt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kemen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycae103" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662162v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Mo&#235;nne-Loccoz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2024.109363" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03639657v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Fabia&#324;ska" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Saridis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bucher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18061" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747665v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kroll" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew Agler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Placzek" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02825-21" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357146v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Mayer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Mari" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Murillo&#8208;roos" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafiz Syed M. Abdullah" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13408" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496549v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Xue" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15958" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496545v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gerlach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15538" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496601v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talia Karasov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Friedemann" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ding" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Giolai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2018.06.011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608669v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bruto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Vacheron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent-Combaret" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Moenne-Loccoz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01218" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010573v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Muller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve D&#233;fago" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12459" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q57TKJ0N-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010640v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kyselkov&#225;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kopeck&#253;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta S&#225;gov&#225;-Mare&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Haurat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12131" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W5NXVH15-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010607v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Donn" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadakattu V.S.R. Gupta" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2014.02.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2C201C7Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010566v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Gobbin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Rezzonico" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2014.03.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522202v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-11-12-0274-R" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522203v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kopeck&#253;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S&#225;gov&#225;-Mare&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-013-1677-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/793A38D633DDBB86D7CB5778F6EA279D26CB37A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02532808v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2012.09.003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K4VCFCJ8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468117v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468113v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03942891v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03593578v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bartoli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lefebvre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Revellin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547978v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent Combaret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545176v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03943421v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381017v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiheng Hu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Stincone" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773955v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn-Marie Tenzer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357193v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Mahmudi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01138517v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LYO10337" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379981v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bruyant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dor&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Mo&#235;nne&#8208;loccoz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Almario" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70082" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380066v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41579-025-01215-5" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05258695v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Guigard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Nazaret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bertolla" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxaf168" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662162v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Mo&#235;nne-Loccoz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2024.109363" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773923v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Mahmoudi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Lutap" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay Nieselt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kemen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycae103" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03639657v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Fabia&#324;ska" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Saridis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bucher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18061" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747665v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kroll" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew Agler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Placzek" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02825-21" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357146v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Mayer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Mari" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Murillo&#8208;roos" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafiz Syed M. Abdullah" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13408" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496549v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Xue" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15958" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496545v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gerlach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15538" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496601v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talia Karasov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Friedemann" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ding" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Giolai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2018.06.011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608669v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bruto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Vacheron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent-Combaret" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Moenne-Loccoz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01218" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010607v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Donn" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Muller" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadakattu V.S.R. Gupta" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2014.02.001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2C201C7Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010566v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Gobbin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve D&#233;fago" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Rezzonico" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2014.03.008" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010640v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kyselkov&#225;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kopeck&#253;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta S&#225;gov&#225;-Mare&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Haurat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12131" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W5NXVH15-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010573v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12459" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q57TKJ0N-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522202v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-11-12-0274-R" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522203v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kopeck&#253;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S&#225;gov&#225;-Mare&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-013-1677-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/793A38D633DDBB86D7CB5778F6EA279D26CB37A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02532808v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2012.09.003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K4VCFCJ8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468117v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468113v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03942891v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03593578v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bartoli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lefebvre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Revellin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545176v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent Combaret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547978v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03943421v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381017v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiheng Hu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Stincone" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773955v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn-Marie Tenzer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357193v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Mahmudi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01138517v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LYO10337" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>