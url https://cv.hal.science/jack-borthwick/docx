--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -397,326 +397,326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04605759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary rigidity, and non-rigidity, of projective structures</w:t>
+                <w:t xml:space="preserve">Asymptotic symmetries of projectively compact order one Einstein manifolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Borthwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Niky Kamran</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Herfray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Geometric Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12220-024-01734-2⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 382 (2267), pp.20230042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2023.0042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04089512v1</w:t>
+                <w:t xml:space="preserve">hal-04495966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bounded Palais-Smale sequences with Morse type information for some constrained functionals</w:t>
+                <w:t xml:space="preserve">Boundary rigidity, and non-rigidity, of projective structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Borthwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicola Soave</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niky Kamran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions of the American Mathematical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1090/tran/9145⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Geometric Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (9), pp.289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12220-024-01734-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03850019v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04089512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic symmetries of projectively compact order one Einstein manifolds</w:t>
+                <w:t xml:space="preserve">Bounded Palais-Smale sequences with Morse type information for some constrained functionals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Borthwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yannick Herfray</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jeanjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Soave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 382 (2267), pp.20230042. </w:t>
+              <w:t xml:space="preserve">Transactions of the American Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsta.2023.0042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1090/tran/9145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04495966v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ti and Spi, Carrollian extended boundaries at timelike and spatial infinity</w:t>
               </w:r>
@@ -904,222 +904,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03622618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering theory for Dirac fields near an extreme Kerr-de Sitter black hole</w:t>
+                <w:t xml:space="preserve">Normalized solutions of L2-supercritical NLS equations on noncompact metric graphs with localized nonlinearities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Borthwick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jeanjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Soave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 73 (3), pp. 919-997. </w:t>
+              <w:t xml:space="preserve">Nonlinearity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (7), pp.3776. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/aif.3553⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6544/acda76⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03588532v2</w:t>
+                <w:t xml:space="preserve">hal-04145060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normalized solutions of L2-supercritical NLS equations on noncompact metric graphs with localized nonlinearities</w:t>
+                <w:t xml:space="preserve">Scattering theory for Dirac fields near an extreme Kerr-de Sitter black hole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Borthwick</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicola Soave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinearity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 36 (7), pp.3776. </w:t>
+              <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 73 (3), pp. 919-997. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6544/acda76⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/aif.3553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04145060v1</w:t>
+                <w:t xml:space="preserve">hal-03588532v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum: Maximal Kerr–de Sitter spacetimes (2018 Class. Quantum Grav. 35 215006)</w:t>
               </w:r>
@@ -1306,51 +1306,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inverse problems for the Bakry-\'Emery Laplacian on manifolds with boundary -- uniqueness and non-uniqueness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Borthwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niky Kamran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1698,51 +1698,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DE55B48F"/>
+    <w:nsid w:val="648D0FC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1929,51 +1929,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jack-borthwick" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7183-0752" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/http://arxiv.org/a/borthwick_j_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/JBS-7757-2023" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051063v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Borthwick" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gourgoulhon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nicolas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021989162550002X" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605759v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Herfray" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10711-024-00973-5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089512v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niky Kamran" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-024-01734-2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850019v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Chang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jeanjean" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Soave" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/9145" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495966v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2023.0042" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867879v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Chantreau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ae0d3f" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622618v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabile Boussa&#239;d" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Daud&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/ipi.2023031" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588532v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3553" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145060v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6544/acda76" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780817v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ac8d42" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797090v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/aae3dc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014656v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598907v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03652254v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021BRES0055" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jack-borthwick" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7183-0752" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/http://arxiv.org/a/borthwick_j_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/JBS-7757-2023" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051063v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Borthwick" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gourgoulhon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nicolas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021989162550002X" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605759v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Herfray" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10711-024-00973-5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495966v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2023.0042" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089512v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niky Kamran" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-024-01734-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850019v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Chang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jeanjean" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Soave" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/9145" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867879v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Chantreau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ae0d3f" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622618v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabile Boussa&#239;d" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Daud&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/ipi.2023031" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145060v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6544/acda76" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588532v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3553" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780817v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ac8d42" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797090v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/aae3dc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014656v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598907v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03652254v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021BRES0055" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>