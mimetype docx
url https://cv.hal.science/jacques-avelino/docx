--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -495,295 +495,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05253696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailored policies for perennial woody crops are crucial to advance sustainable development</w:t>
+                <w:t xml:space="preserve">Heterogeneous disease progress of black leaf streak disease of banana at the within-leaf scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Martinez-Nuñez</w:t>
+                <w:t xml:space="preserve">Marine Seidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Velado-Alonso</w:t>
+                <w:t xml:space="preserve">Mathilde Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Rey</w:t>
+                <w:t xml:space="preserve">Fabienne Ribeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerben Martijn ten Hoopen</w:t>
+                <w:t xml:space="preserve">Clara Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8, pp.133-141. </w:t>
+              <w:t xml:space="preserve">European Journal of Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 18 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41893-024-01483-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10658-025-03144-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04848563v1</w:t>
+                <w:t xml:space="preserve">hal-05375700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneous disease progress of black leaf streak disease of banana at the within-leaf scale</w:t>
+                <w:t xml:space="preserve">Tailored policies for perennial woody crops are crucial to advance sustainable development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Seidel</w:t>
+                <w:t xml:space="preserve">Carlos Martinez-Nuñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Chen</w:t>
+                <w:t xml:space="preserve">Elena Velado-Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Ribeyre</w:t>
+                <w:t xml:space="preserve">Pedro Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Landry</w:t>
+                <w:t xml:space="preserve">Gerben Martijn ten Hoopen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 18 p. </w:t>
+              <w:t xml:space="preserve">Nature Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8, pp.133-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10658-025-03144-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41893-024-01483-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375700v1</w:t>
+                <w:t xml:space="preserve">hal-04848563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strengthening one health in the future of the Caribbean through a regional community of practice</w:t>
               </w:r>
@@ -1020,51 +1020,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does resistance host modify airborne spore dynamics and leaf infection? Case of Black Leaf Streak Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Seidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1810,692 +1810,692 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03831938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecosystem-Based Practices for Smallholders’ Adaptation to Climate Extremes: Evidence of Benefits and Knowledge Gaps in Latin America</w:t>
+                <w:t xml:space="preserve">Translating cropland and trade connectivity for mitigation of emerging pathogens: Priority locations globally and focusing on the Americas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raffaele Vignola</w:t>
+                <w:t xml:space="preserve">Aaron I. Plex Sulá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Jimena Esquivel</w:t>
+                <w:t xml:space="preserve">R.I. Alcalá Briseño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celia Harvey</w:t>
+                <w:t xml:space="preserve">Yanru Xing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Rapidel</w:t>
+                <w:t xml:space="preserve">Berea A. Etherton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pavel Bautista-Solis</w:t>
+                <w:t xml:space="preserve">K.F. Andersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 112 (11S), pp.S3.20</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03948703v1</w:t>
+                <w:t xml:space="preserve">hal-05180336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the joint effects of landscape, farm features and crop management practices on berry damage in coffee plantations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ecosystem-Based Practices for Smallholders’ Adaptation to Climate Extremes: Evidence of Benefits and Knowledge Gaps in Latin America</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Vignola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Vilchez-Mendoza</w:t>
+                <w:t xml:space="preserve">M Jimena Esquivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Romero-Gurdián</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacques Avelino</w:t>
+                <w:t xml:space="preserve">Celia Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Declerck</w:t>
+                <w:t xml:space="preserve">Bruno Rapidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bommel</w:t>
+                <w:t xml:space="preserve">Pavel Bautista-Solis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 330, pp.107903. </w:t>
+              <w:t xml:space="preserve">Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (10), pp.2535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2022.107903⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/agronomy12102535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03792349v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translating cropland and trade connectivity for mitigation of emerging pathogens: Priority locations globally and focusing on the Americas</w:t>
+                <w:t xml:space="preserve">Assessing the joint effects of landscape, farm features and crop management practices on berry damage in coffee plantations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aaron I. Plex Sulá</w:t>
+                <w:t xml:space="preserve">Sergio Vilchez-Mendoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.I. Alcalá Briseño</w:t>
+                <w:t xml:space="preserve">Ali Romero-Gurdián</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanru Xing</w:t>
+                <w:t xml:space="preserve">Fabrice Declerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Berea A. Etherton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K.F. Andersen</w:t>
+                <w:t xml:space="preserve">Pierre Bommel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 330, pp.107903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2022.107903⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05180336v1</w:t>
+                <w:t xml:space="preserve">hal-03792349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microclimate estimation under different coffee-based agroforestry systems using full-sun weather data and shade tree characteristics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improved forecasting of coffee leaf rust by qualitative modeling: Design and expert validation of the ExpeRoya model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Motisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bommel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Merle</w:t>
+                <w:t xml:space="preserve">Grégoire Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rogelio Villarreyna-Acuña</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Ribeyre</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Roupsard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Cilas</w:t>
+                <w:t xml:space="preserve">Jean-Noël Aubertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2021.126396⟩</w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 197, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2021.103352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03473219v1</w:t>
+                <w:t xml:space="preserve">hal-03682877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved forecasting of coffee leaf rust by qualitative modeling: Design and expert validation of the ExpeRoya model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Bommel</w:t>
+                <w:t xml:space="preserve">Microclimate estimation under different coffee-based agroforestry systems using full-sun weather data and shade tree characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Leclerc</w:t>
+                <w:t xml:space="preserve">Rogelio Villarreyna-Acuña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Ribeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Robin</w:t>
+                <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Noël Aubertot</w:t>
+                <w:t xml:space="preserve">Christian Cilas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 197, </w:t>
+              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 132, pp.126396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2021.103352⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2021.126396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03682877v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03473219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Translating cropland and trade connectivity for mitigation of emerging pathogens: Priority locations globally and focusing on the America</w:t>
               </w:r>
@@ -2749,64 +2749,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coffee leaf rust (Hemeleia vastatrix) risk management in Central America: contribution of remote interactive simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bommel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Motisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2877,320 +2877,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03531784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fortalecimiento de plataformas nacionales y regional de investigación y transferencia como apoyo a pequeños y medianos productores de café de países que integran el PROMECAFE*</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synergies and tradeoffs in natural regulation of crop pests and diseases under plant species diversification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayron Medina</w:t>
+                <w:t xml:space="preserve">Alain Ratnadass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laércio Zambolim</w:t>
+                <w:t xml:space="preserve">Paula Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Somarriba</w:t>
+                <w:t xml:space="preserve">Philippe Letourmy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Babin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agroforesteria en las Américas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Crop Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 146, pp.105658. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cropro.2021.105658⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04821509v1</w:t>
+                <w:t xml:space="preserve">hal-03288002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergies and tradeoffs in natural regulation of crop pests and diseases under plant species diversification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Ratnadass</w:t>
+                <w:t xml:space="preserve">Fortalecimiento de plataformas nacionales y regional de investigación y transferencia como apoyo a pequeños y medianos productores de café de países que integran el PROMECAFE*</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias de Melo Virginio Filho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bayron Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Babin</w:t>
+                <w:t xml:space="preserve">Laércio Zambolim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Somarriba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crop Protection</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Agroforesteria en las Américas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51, pp.39-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03288002v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04821509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoreo de servicios ecosistémicos en un observatorio de cafetales agroforestales. Recomendaciones para el sector cafetalero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Allinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3198,51 +3198,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karel van Den Meersche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vaast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rapidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agroforesteria en las Américas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 51, pp.152-164</w:t>
@@ -3427,64 +3427,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Solano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayron Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Somarriba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agroforesteria en las Américas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 51, pp.103-106</w:t>
@@ -3526,51 +3526,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aportes a la investigación, fortalecimiento de capacidades y formulación de políticas para el sector cafetalero en 20 años de ensayos de sistemas agroforestales con café</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias de Melo Virginio Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Somarriba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rolando Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4040,90 +4040,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fortalecimiento de plataformas nacionales y regional de investigación y transferencia como apoyo a pequeños y medianos productores de café de países que integran el PROMECAFE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias de Melo Virginio Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayron Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laércio Zambolim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Somarriba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agroforesteria en las Américas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 51, pp.39-54</w:t>
@@ -4191,64 +4191,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Solano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayron Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Somarriba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agroforesteria en las Américas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 51, pp.103-106</w:t>
@@ -4271,979 +4271,979 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04821570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptación basada en ecosistemas: Efecto de los árboles de sombra sobre servicios ecosistémicos en cafetales</w:t>
+                <w:t xml:space="preserve">Economic constraints as drivers of coffee rust epidemics in Nicaragua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rogelio Antonio Villarreyna</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Villarreyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Barrios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vílchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vignola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomía Mesoamericana</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15517/am.v31i2.37591⟩</w:t>
+              <w:t xml:space="preserve">Crop Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 127, pp.104980 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cropro.2019.104980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04860402v1</w:t>
+                <w:t xml:space="preserve">hal-03488681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coffee agroforestry systems capable of reducing disease-induced yield and economic losses while providing multiple ecosystem services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rolando Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia A. Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Gary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crop Protection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 134, pp.105149. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cropro.2020.105149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02539732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economic constraints as drivers of coffee rust epidemics in Nicaragua</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptación basada en ecosistemas: Efecto de los árboles de sombra sobre servicios ecosistémicos en cafetales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Vignola</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rogelio Antonio Villarreyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Avelino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rolando Cerda</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crop Protection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 127, pp.104980 -. </w:t>
+              <w:t xml:space="preserve">Agronomía Mesoamericana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (2), pp.499-516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cropro.2019.104980⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15517/am.v31i2.37591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03488681v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04860402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of shade trees to wind dynamics and pathogen dispersal on the edge of coffee agroforestry systems: A functional traits approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Gagliardi</w:t>
+                <w:t xml:space="preserve">Hojarasca e inóculo de Mycena citricolor sobre la epidemia de ojo de gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María del Milagro Granados-Montero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marney Isaac</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Arauz-Cavallini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastián Castro-Tanzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Ureña</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crop Protection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cropro.2019.105071⟩</w:t>
+              <w:t xml:space="preserve">Agronomía Mesoamericana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (1), pp.77-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15517/am.v31i1.36614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04860355v1</w:t>
+                <w:t xml:space="preserve">hal-04860366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hojarasca e inóculo de Mycena citricolor sobre la epidemia de ojo de gallo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">María del Milagro Granados-Montero</w:t>
+                <w:t xml:space="preserve">Contribution of shade trees to wind dynamics and pathogen dispersal on the edge of coffee agroforestry systems: A functional traits approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Gagliardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felipe Arauz-Cavallini</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Natalia Ureña</w:t>
+                <w:t xml:space="preserve">Leïla Bagny Beilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marney Isaac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomía Mesoamericana</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 31 (1), pp.77-94. </w:t>
+              <w:t xml:space="preserve">Crop Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 130, pp.105071. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15517/am.v31i1.36614⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cropro.2019.105071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04860366v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04860355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovering weather periods and crop properties favorable for coffee rust incidence from feature selection approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unraveling the complexity of coffee leaf rust behavior and development in different Coffea arabica agro-ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lasso Emmanuel</w:t>
+                <w:t xml:space="preserve">Jimmy Pico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Camilo Corrales</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eduardo Granados</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Boudrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Tixier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2020.105640⟩</w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 110 (2), pp.418-427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-03-19-0094-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02955770v1</w:t>
+                <w:t xml:space="preserve">hal-04860387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the complexity of coffee leaf rust behavior and development in different Coffea arabica agro-ecosystems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Discovering weather periods and crop properties favorable for coffee rust incidence from feature selection approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Granados</w:t>
+                <w:t xml:space="preserve">Lasso Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Boudrot</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Camilo Corrales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Avelino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias de Melo Virginio Filho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Corrales</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 110 (2), pp.418-427. </w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 176, </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-03-19-0094-R⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2020.105640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04860387v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forecast models of coffee leaf rust symptoms and signs based on identified microclimatic combinations in coffee-based agroforestry systems in Costa Rica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elías de Melo Virginio Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cilas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5303,51 +5303,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shade tree Chloroleucon eurycyclum promotes coffee leaf rust by reducing uredospore wash-off by rain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vílchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.B. Segura-Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5437,51 +5437,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rule-based expert system for detection of coffee rust warnings in colombian crops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwar Javier Girón Buitrón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Camilo Corrales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5567,51 +5567,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactive effects of altitude, microclimate and shading system on coffee leaf rust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theresa Liebig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Ribeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Läderach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5835,64 +5835,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local and regional drivers of the African coffee white stem borer ( Monochamus leuconotus ) in Uganda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theresa Liebig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Babin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Ribeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Läderach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6008,51 +6008,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy D. Meehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily A. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Declerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 115 (3), pp.1-8. </w:t>
@@ -6103,51 +6103,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of microclimatic variables on the symptoms and signs onset of Moniliophthora roreri, causal agent of Moniliophthora pod rot in cacao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariela Leandro-Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Germon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6263,64 +6263,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Allinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Gary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia A. Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 82 (part B), pp.308-319. </w:t>
@@ -6358,51 +6358,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of Ecosystem-based Adaptation practices by smallholder farmers in Central America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ruth Martínez-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6410,51 +6410,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Mario Cárdenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rapidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 246, pp.279-290. </w:t>
@@ -6486,295 +6486,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary and secondary yield losses caused by pests and diseases: assessment and modeling in coffee</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Tixier</w:t>
+                <w:t xml:space="preserve">Crop health and its global impacts on the components of food security.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esther Lechevallier</w:t>
+                <w:t xml:space="preserve">Simone Bregaglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Willocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gustafson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mason D’ Croz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0169133⟩</w:t>
+              <w:t xml:space="preserve">Food Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (2), pp.311-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12571-017-0659-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01594983v1</w:t>
+                <w:t xml:space="preserve">hal-01604520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop health and its global impacts on the components of food security.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Gustafson</w:t>
+                <w:t xml:space="preserve">Primary and secondary yield losses caused by pests and diseases: assessment and modeling in coffee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rolando Cerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Avelino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Mason D’ Croz</w:t>
+                <w:t xml:space="preserve">Esther Lechevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 9 (2), pp.311-327. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12571-017-0659-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0169133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604520v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delicate balance between pest and disease injuries, yield performance, and other ecosystem services in the complex coffee-based systems of Costa Rica</w:t>
               </w:r>
@@ -6877,51 +6877,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bird functional diversity supports pest control services in a Costa Rican coffee farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandra Martínez-Salinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Declerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerri Vierling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6998,90 +6998,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shade Effects on the Dispersal of Airborne Hemileia vastatrix Uredospores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Boudrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Pico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Granados</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Vílchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7400,103 +7400,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecosystem-based adaptation for smallholder farmers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Vignola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Alice Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Bautista-Solis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rapidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 211, pp.126-132. </w:t>
@@ -7573,51 +7573,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deheuvels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cilas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Ange Ngo Bieng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7849,51 +7849,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Gidoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cilas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deheuvels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7982,51 +7982,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deheuvels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Somarriba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Malézieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8228,51 +8228,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alí Romero-Gurdián</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héctor Cruz-Cuellar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Declerck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 22 (2), pp.584-596. </w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8332,51 +8332,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Aubert Mouen Bedimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cilas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8661,51 +8661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Elsie Bouvret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cilas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Soil Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 43 (1), pp.95-105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9730,1709 +9730,52 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1655 lines deleted...]
-    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId401"/>
+      <w:footerReference w:type="default" r:id="rId360"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11500,51 +9843,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7CA77FC3"/>
+    <w:nsid w:val="C1F35027"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11731,51 +10074,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-avelino" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1983-9431" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/202406075" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-5624-2009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816733v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athina Koutouleas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Arias" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Barrera" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beyene Zewdie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godfrey Kagezi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2024.03.002" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253696v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Zu&#241;iga Cajas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Daniel Pe&#241;a Ramos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmamnuel Lasso" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Avelino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Corrales" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4114/intartif.vol28iss76pp200-222" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848563v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Martinez-Nu&#241;ez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Velado-Alonso" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Rey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerben Martijn ten Hoopen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-024-01483-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375700v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Seidel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ribeyre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Landry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-025-03144-8" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249238v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Guenin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asia Fernandes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Barral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Abadie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=de las Nieves Montano Valle Damarys" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.onehlt.2025.101152" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04702465v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagro Granados-Montero" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Ure&#241;a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Castro-Tanzi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jph.13379" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852911v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorka Fourneau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Chilin-Charles" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62498/ARTC.2424" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677391v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivette Acu&#241;a" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Andrade-Piedra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Armengol" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elizabeth Arnold" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-01-23-0166-FE" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602145v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Gagliardi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Fulthorpe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias de Melo Virginio Filho" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marney Isaac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.08987" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589707v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivette Perfecto" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marney E Isaac" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Liebig" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-08-21-1804-FE" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117900v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam R Martin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cadotte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0284203" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03831938v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dupont" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Irvine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Motisi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Allinne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2022.109214" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03948703v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Vignola" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jimena Esquivel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Harvey" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rapidel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Bautista-Solis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12102535" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03792349v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Vilchez-Mendoza" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Romero-Gurdi&#225;n" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Declerck" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bommel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2022.107903" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180336v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron I. Plex Sul&#225;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Alcal&#225; Brise&#241;o" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanru Xing" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berea A. Etherton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.F. Andersen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03473219v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Merle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogelio Villarreyna-Acu&#241;a" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roupsard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cilas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126396" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03682877v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leclerc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2021.103352" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820414v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. I. Plex Sul&#225;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. I. Alcal&#225; Brise&#241;o" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xing" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. A. Etherton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. F. Andersen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-112-11-S3.1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541540v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cambou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thaler" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cl&#233;ment-Vidal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G Barth&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Charbonnier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpab075" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03531784v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Vezy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Treminio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54800/roc535" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821509v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayron Medina" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#233;rcio Zambolim" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Somarriba" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288002v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ratnadass" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Fernandes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Letourmy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Babin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2021.105658" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824473v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel van Den Meersche" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vaast" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03469337v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/btp.12984" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177403v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. Cordero" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Solano" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824951v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Cerda" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Casanoves" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cordero" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03342666v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevon Rhiney" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zack Guido" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Knudson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Bacon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2023212118" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334406v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lasso" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3104537" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03469646v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia A Harvey" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa A Pritts" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie J Zwetsloot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Jansen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam M Pulleman" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00712-0" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177405v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821570v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860402v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogelio Antonio Villarreyna" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15517/am.v31i2.37591" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02539732v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia A. Harvey" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gary" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tixier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2020.105149" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488681v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Villarreyna" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barrios" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V&#237;lchez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cerda" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vignola" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.104980" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860355v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bagny Beilhe" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.105071" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860366v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a del Milagro Granados-Montero" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Arauz-Cavallini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15517/am.v31i1.36614" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955770v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasso Emmanuel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camilo Corrales" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2020.105640" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860387v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Pico" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Granados" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boudrot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-03-19-0094-R" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488682v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#237;as de Melo Virginio Filho" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.105046" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860341v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Segura-Escobar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Brenes-Loaiza" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de M. Virginio Filho" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.105038" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936026v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwar Javier Gir&#243;n Buitr&#243;n" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Antonio Iglesias" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JIFS-179025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936005v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L&#228;derach" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Michael Poehling" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet van Asten" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17429145.2019.1643934" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624385v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Willocquet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Savary" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-phyto-080417-050117" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950539v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12284" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134898v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S. Karp" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Chaplin-Kramer" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D. Meehan" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily A. Martin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1800042115" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950530v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariela Leandro-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Germon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veromanitra Rakotobe" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilbert Phillips-Mora" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184638" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623739v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2016.09.019" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950531v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruth Mart&#237;nez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mario C&#225;rdenas" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2017.04.018" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594983v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Lechevallier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169133" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604520v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bregaglio" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gustafson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mason D&#8217; Croz" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-017-0659-1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641412v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allinne" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Avelino" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2016.02.001" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959751v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Mart&#237;nez-Salinas" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerri Vierling" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Vierling" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Legal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2016.10.029" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950526v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio V&#237;lchez" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-15-0058-R" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950528v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jassogne" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rahn" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0159392" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950523v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cristancho" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selena Georgiou" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Imbach" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Aguilar" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-015-0446-9" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634221v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Alice Harvey" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2015.05.013" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950521v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Gidoin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deheuvels" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ange Ngo Bieng" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-07-13-0216-R" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225638v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Taugourdeau" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey R. Jones" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis G. Ramirez" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2014.03.042" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSWN5XSC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506268v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2013.03.003" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5D7XKTV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644421v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2011.03.003" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0X65W2Q-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950518v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F. L&#243;pez-Bravo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de M. Virginio-Filho" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2012.03.011" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950519v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al&#237; Romero-Gurdi&#225;n" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Cruz-Cuellar" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/11-0869.1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950516v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Aubert Mouen Bedimo" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dufour" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2012.0550" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930491v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratnadass" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernandes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelino" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-011-0022-4" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963382v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950515v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elsie Bouvret" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Salazar" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2009.06.006" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950513v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cabut" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Barboza" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Barquero" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Alfaro" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-97-12-1532" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665896v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zelaya" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adlan Merlo" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pineda" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ordonez" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2006.03.013" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FGV2RSL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950510v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Araya" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fonseca" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Davrieux" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2188" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2RZXLVGK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959766v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Savary" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Janeau" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Allorent" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Escalante" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950509v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Willocquet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2004.01067.x" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950508v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Decazy" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guyot" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Perriot" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pineda" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2621.2003.tb05772.x" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963365v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Muller" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cilas" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Velasco Pascual" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950494v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saindrenan" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barchietto" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bompeix" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0885-5765(88)80035-3" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837379v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel van den Meersche" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071036v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galileo Rivas" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249254v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Barrera Gaytan" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime G&#243;mez Ruiz" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Herrera Mu&#241;oz" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Holguin Melendez" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953008v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristhian Lizardo" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972557v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Treminio" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Casanoves" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vilchez" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C&#225;rdenas" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249256v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Barrera" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Huerta" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime G&#243;mez" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;el Herrera" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952801v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952789v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Anzueto" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/9780890546383.009" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03297146v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias de Melo" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/110/9782759230600/agroforesterie-et-services-ecosystemiques-en-zone-tropicale" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962667v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bagny-Beilhe" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Babin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Br&#233;vault" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173945v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961904v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rapidel" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Le Coq" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Melo" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Freguin-Gresh" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/114/9782759230570/the-agroecological-transition-of-agricultural-systems-in-the-global-south" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789592v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Allinne" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-avelino" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1983-9431" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/202406075" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-5624-2009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816733v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athina Koutouleas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Arias" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Barrera" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beyene Zewdie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godfrey Kagezi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2024.03.002" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253696v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Zu&#241;iga Cajas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Daniel Pe&#241;a Ramos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmamnuel Lasso" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Avelino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Corrales" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4114/intartif.vol28iss76pp200-222" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375700v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Seidel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ribeyre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Landry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-025-03144-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848563v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Martinez-Nu&#241;ez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Velado-Alonso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Rey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerben Martijn ten Hoopen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-024-01483-8" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249238v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Guenin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asia Fernandes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Barral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Abadie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=de las Nieves Montano Valle Damarys" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.onehlt.2025.101152" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04702465v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagro Granados-Montero" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Ure&#241;a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Castro-Tanzi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jph.13379" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852911v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorka Fourneau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Chilin-Charles" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62498/ARTC.2424" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677391v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivette Acu&#241;a" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Andrade-Piedra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Armengol" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elizabeth Arnold" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-01-23-0166-FE" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602145v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Gagliardi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Fulthorpe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias de Melo Virginio Filho" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marney Isaac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.08987" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589707v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivette Perfecto" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marney E Isaac" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Liebig" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-08-21-1804-FE" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117900v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam R Martin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cadotte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0284203" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03831938v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dupont" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Irvine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Motisi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Allinne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2022.109214" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180336v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron I. Plex Sul&#225;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Alcal&#225; Brise&#241;o" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanru Xing" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berea A. Etherton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.F. Andersen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03948703v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Vignola" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jimena Esquivel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Harvey" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rapidel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Bautista-Solis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12102535" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03792349v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Vilchez-Mendoza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Romero-Gurdi&#225;n" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Declerck" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bommel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2022.107903" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03682877v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leclerc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2021.103352" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03473219v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Merle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogelio Villarreyna-Acu&#241;a" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roupsard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cilas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126396" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820414v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. I. Plex Sul&#225;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. I. Alcal&#225; Brise&#241;o" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xing" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. A. Etherton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. F. Andersen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-112-11-S3.1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541540v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cambou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thaler" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cl&#233;ment-Vidal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G Barth&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Charbonnier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpab075" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03531784v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Vezy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Treminio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54800/roc535" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288002v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ratnadass" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Fernandes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Letourmy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Babin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2021.105658" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821509v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayron Medina" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#233;rcio Zambolim" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Somarriba" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824473v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel van Den Meersche" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vaast" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03469337v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/btp.12984" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177403v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. Cordero" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Solano" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824951v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Cerda" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Casanoves" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cordero" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03342666v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevon Rhiney" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zack Guido" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Knudson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Bacon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2023212118" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334406v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lasso" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3104537" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03469646v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia A Harvey" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa A Pritts" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie J Zwetsloot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Jansen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam M Pulleman" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00712-0" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177405v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821570v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488681v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Villarreyna" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barrios" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V&#237;lchez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cerda" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vignola" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.104980" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02539732v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia A. Harvey" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gary" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tixier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2020.105149" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860402v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogelio Antonio Villarreyna" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15517/am.v31i2.37591" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860366v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a del Milagro Granados-Montero" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Arauz-Cavallini" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15517/am.v31i1.36614" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860355v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bagny Beilhe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.105071" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860387v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Pico" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Granados" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boudrot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-03-19-0094-R" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955770v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasso Emmanuel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camilo Corrales" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2020.105640" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488682v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#237;as de Melo Virginio Filho" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.105046" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860341v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Segura-Escobar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Brenes-Loaiza" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de M. Virginio Filho" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.105038" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936026v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwar Javier Gir&#243;n Buitr&#243;n" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Antonio Iglesias" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JIFS-179025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936005v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L&#228;derach" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Michael Poehling" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet van Asten" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17429145.2019.1643934" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624385v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Willocquet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Savary" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-phyto-080417-050117" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950539v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12284" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134898v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S. Karp" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Chaplin-Kramer" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D. Meehan" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily A. Martin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1800042115" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950530v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariela Leandro-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Germon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veromanitra Rakotobe" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilbert Phillips-Mora" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184638" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623739v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2016.09.019" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950531v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruth Mart&#237;nez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mario C&#225;rdenas" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2017.04.018" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604520v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bregaglio" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gustafson" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mason D&#8217; Croz" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-017-0659-1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594983v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Lechevallier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169133" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641412v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allinne" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Avelino" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2016.02.001" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959751v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Mart&#237;nez-Salinas" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerri Vierling" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Vierling" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Legal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2016.10.029" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950526v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio V&#237;lchez" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-15-0058-R" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950528v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jassogne" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rahn" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0159392" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950523v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cristancho" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selena Georgiou" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Imbach" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Aguilar" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-015-0446-9" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634221v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Alice Harvey" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2015.05.013" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950521v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Gidoin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deheuvels" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ange Ngo Bieng" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-07-13-0216-R" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225638v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Taugourdeau" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey R. Jones" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis G. Ramirez" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2014.03.042" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSWN5XSC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506268v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2013.03.003" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5D7XKTV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644421v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2011.03.003" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0X65W2Q-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950518v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F. L&#243;pez-Bravo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de M. Virginio-Filho" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2012.03.011" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950519v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al&#237; Romero-Gurdi&#225;n" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Cruz-Cuellar" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/11-0869.1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950516v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Aubert Mouen Bedimo" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dufour" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2012.0550" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930491v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratnadass" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernandes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelino" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-011-0022-4" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963382v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950515v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elsie Bouvret" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Salazar" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2009.06.006" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950513v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cabut" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Barboza" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Barquero" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Alfaro" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-97-12-1532" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665896v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zelaya" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adlan Merlo" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pineda" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ordonez" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2006.03.013" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FGV2RSL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950510v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Araya" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fonseca" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Davrieux" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2188" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2RZXLVGK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959766v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Savary" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Janeau" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Allorent" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Escalante" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950509v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Willocquet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2004.01067.x" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950508v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Decazy" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guyot" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Perriot" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pineda" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2621.2003.tb05772.x" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963365v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Muller" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cilas" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Velasco Pascual" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950494v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saindrenan" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barchietto" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bompeix" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0885-5765(88)80035-3" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>