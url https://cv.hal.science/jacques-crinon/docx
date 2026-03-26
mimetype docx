--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1390,241 +1390,241 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser les difficultés des élèves et des enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Bautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Rochex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphane Bonnéry. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Supports pédagogiques et inégalités scolaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">, La Dispute, 2015, 978-2-84303-258-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01395434v1</w:t>
+                <w:t xml:space="preserve">halshs-04363688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser les difficultés des élèves et des enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Bautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bonnéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Rochex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Supports pédagogiques et inégalités scolaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, La Dispute, 2015, 978-2-84303-258-5</w:t>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04363688v1</w:t>
+                <w:t xml:space="preserve">halshs-01395434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Point de vue et activité des élèves en production écrite</w:t>
               </w:r>
@@ -1802,195 +1802,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00803391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les textes du patrimoine, les didacticiens, les enseignants, les élèves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acquisition de compétences rédactionnelles et de connaissances sur les genres dans un dispositif d’interactions écrites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard-Principalli Patricia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Ferone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Rivière (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enseigner les " classiques " aujourd'hui. Approches critiques et didactiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Peter Lang, pp.289-295, 2012</w:t>
+              <w:t xml:space="preserve">Spécificités et diversité des interactions didactiques. Acte académiques. Riveneuve Editions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Riveneuve Editions, pp.151-166, 2012, Spécificités et diversité des interactions didactiques, 978-2-36013-093-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00757434v1</w:t>
+                <w:t xml:space="preserve">hal-01186408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquisition de compétences rédactionnelles et de connaissances sur les genres dans un dispositif d’interactions écrites.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les textes du patrimoine, les didacticiens, les enseignants, les élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spécificités et diversité des interactions didactiques. Acte académiques. Riveneuve Editions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Riveneuve Editions, pp.151-166, 2012, Spécificités et diversité des interactions didactiques, 978-2-36013-093-1</w:t>
+              <w:t xml:space="preserve">Enseigner les " classiques " aujourd'hui. Approches critiques et didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.289-295, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01186408v1</w:t>
+                <w:t xml:space="preserve">halshs-00757434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aider à lire des textes documentaires sur support informatisé et sur support papier</w:t>
               </w:r>
@@ -2649,919 +2649,919 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04193651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des registres pour enseigner</w:t>
+                <w:t xml:space="preserve">Quels livres pour apprendre à lire ? Les logiques d’un répertoire au cours préparatoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Sylvie Claude</w:t>
+                <w:t xml:space="preserve">Patricia Richard-Principalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Rayou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/edso.22147⟩</w:t>
+              <w:t xml:space="preserve">Repères : recherches en didactique du français langue maternelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Varia 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/reperes.4933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04985657v1</w:t>
+                <w:t xml:space="preserve">halshs-03748001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseigner et apprendre l’orthographe à l’heure du numérique. Présentation du colloque</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Pagnier</w:t>
+                <w:t xml:space="preserve">Des croyances enseignantes sur le numérique aux perceptions des élèves : des décalages différenciateurs ? Étude à partir du dispositif Twictée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prisca Fenoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Ferone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 143, pp.00001. </w:t>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 217, pp.79-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/shsconf/202214300001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rfp.12399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03785869v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04091322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préparation collaborative de dictées : analyse des échanges et des textes produits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des registres pour enseigner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sylvie Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Catherine Brissaud</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rayou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 193-194, </w:t>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 66 (66), </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/pratiques.11830⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/edso.22147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03792317v1</w:t>
+                <w:t xml:space="preserve">halshs-04985657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux connectés d’enseignants et développement professionnel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enseigner et apprendre l’orthographe à l’heure du numérique. Présentation du colloque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pagnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georges Ferone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en éducation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/ree.10092⟩</w:t>
+              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 143, pp.00001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/shsconf/202214300001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03550822v1</w:t>
+                <w:t xml:space="preserve">hal-03785869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseigner à distance, un révélateur du rapport des enseignants au métier</w:t>
+                <w:t xml:space="preserve">Préparation collaborative de dictées : analyse des échanges et des textes produits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Georges Ferone</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisabeth Bautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belinda Lavieu-Gwozdz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Brissaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 193-194, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/pratiques.11830⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03806752v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03792317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numérique et apprentissages : des décalages de perceptions entre élèves et enseignants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réseaux connectés d’enseignants et développement professionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Ferone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/shsconf/202214303003⟩</w:t>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 46, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ree.10092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03748011v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03550822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Twictée : développement professionnel et effets identitaires dans un réseau connecté d’enseignants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enseigner à distance, un révélateur du rapport des enseignants au métier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Crinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Ferone</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Diversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, L'école face à la pandémie, 200</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03748031v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03806752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels livres pour apprendre à lire ? Les logiques d’un répertoire au cours préparatoire</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
+                <w:t xml:space="preserve">Numérique et apprentissages : des décalages de perceptions entre élèves et enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prisca Fenoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Ferone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères : recherches en didactique du français langue maternelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Varia 2022, </w:t>
+              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 143, pp.03003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/reperes.4933⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/shsconf/202214303003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03748001v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03748011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des croyances enseignantes sur le numérique aux perceptions des élèves : des décalages différenciateurs ? Étude à partir du dispositif Twictée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Prisca Fenoglio</w:t>
+                <w:t xml:space="preserve">Twictée : développement professionnel et effets identitaires dans un réseau connecté d’enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Ferone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georges Ferone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 217, pp.79-96. </w:t>
+              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 143, pp.03004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rfp.12399⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/shsconf/202214303004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04091322v1</w:t>
+                <w:t xml:space="preserve">halshs-03748031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se former à distance de manière collaborative : Le cas du réseau Twictée</w:t>
               </w:r>
@@ -3651,51 +3651,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt et limites de la notion de dispositif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 189-190, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4683,930 +4683,930 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’influence des pratiques des enseignants de CP sur les récits écrits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Pasa</w:t>
+                <w:t xml:space="preserve">Support numérique et écriture de textes de savoir à la fin de l’école primaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Richard-Principalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Ferone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Serge Ragano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Multimodalité(s) : Revue de recherches en littératie médiatique multimodale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Du texte a l'écran : nouveaux corpus, nouvelles pratiques dans l’enseignement de la littérature, 5 (mars)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01659293v1</w:t>
+                <w:t xml:space="preserve">halshs-01485754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interroger l’efficacité des pratiques d’enseignement de la lecture-écriture au CP</w:t>
+                <w:t xml:space="preserve">Interroger l’efficacité des pratiques d’enseignement de la lecture-écriture au cours préparatoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Dias-Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères IREM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 55</w:t>
+              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 55, pp.7-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02568690v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interroger l’efficacité des pratiques d’enseignement de la lecture-écriture au cours préparatoire</w:t>
+                <w:t xml:space="preserve">Interroger l’efficacité des pratiques d’enseignement de la lecture-écriture au CP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Dias-Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 55, pp.7-20</w:t>
+              <w:t xml:space="preserve">Repères IREM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668504v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02568690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Support numérique et écriture de textes de savoir à la fin de l’école primaire</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Georges Ferone</w:t>
+                <w:t xml:space="preserve">L’influence des pratiques des enseignants de CP sur les récits écrits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Pasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Espinosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Fontanieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Ragano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multimodalité(s) : Revue de recherches en littératie médiatique multimodale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Du texte a l'écran : nouveaux corpus, nouvelles pratiques dans l’enseignement de la littérature, 5 (mars)</w:t>
+              <w:t xml:space="preserve">Repères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01485754v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01659293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels supports et quels types d’écrits en lecture-écriture au cours préparatoire ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Use of Complex Reading Materials in First Grade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 169-170, pp.[En ligne]. </w:t>
+              <w:t xml:space="preserve">L1 Educational Studies in Language and Literature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (Open Issue), pp.1-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/pratiques.3108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17239/L1ESLL-2016.16.01.02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01504373v1</w:t>
+                <w:t xml:space="preserve">halshs-01279120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulation, déambulation et textes hétérogènes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quels supports et quels types d’écrits en lecture-écriture au cours préparatoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leclaire-Halté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 169-170, pp.[En ligne]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/pratiques.3108⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01279500v1</w:t>
+                <w:t xml:space="preserve">hal-01504373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les élèves face aux outils pédagogiques : quels risques d’inégalités ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bonnéry</w:t>
+                <w:t xml:space="preserve">Circulation, déambulation et textes hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Delarue-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Germain Simons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 25</w:t>
+              <w:t xml:space="preserve">, 2016, Les élèves face aux outils pédagogiques : quels risques d’inégalités ?, 25, pp.34-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02572465v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01279500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’usage du numérique à l’école élémentaire en France : résultats de l’étude « Lire-écrire au CP »</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
+                <w:t xml:space="preserve">Les élèves face aux outils pédagogiques : quels risques d’inégalités ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bonnéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Marin</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Simons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouveaux cahiers de la recherche en éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01797906v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02572465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Use of Complex Reading Materials in First Grade</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">L’usage du numérique à l’école élémentaire en France : résultats de l’étude « Lire-écrire au CP »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Piquée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L1 Educational Studies in Language and Literature</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nouveaux cahiers de la recherche en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01279120v1</w:t>
+                <w:t xml:space="preserve">hal-01797906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarté cognitive et apprentissage du lire-écrire au CP : quelles pratiques enseignantes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Espinosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-José Gremmo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5778,51 +5778,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'utilisation de textes complexes pour enseigner la lecture au CP en milieu défavorisé : influence sur la compréhension des élèves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6046,51 +6046,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire des albums complexes en CP : stratégies d’anticipation et construction des significations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6122,217 +6122,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01095669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lire des textes pour apprendre en sciences et pour apprendre à comprendre. D’une lecture en contexte à une lecture instrumentalisée</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The dynamics of writing and peer review at primary school</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 45, pp.117-134</w:t>
+              <w:t xml:space="preserve">Journal of Writing Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Redesigning educational peer review interactions using computer tools, 4 (2), pp.121-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01080894v1</w:t>
+                <w:t xml:space="preserve">hal-01095672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les textes composites : des exigences de travail peu enseignées ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lire des textes pour apprendre en sciences et pour apprendre à comprendre. D’une lecture en contexte à une lecture instrumentalisée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Avel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 45, pp.63-79</w:t>
+              <w:t xml:space="preserve">, 2012, 45, pp.117-134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00750225v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01080894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les élèves collaborent pour réécrire</w:t>
               </w:r>
@@ -6394,165 +6355,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01084163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseigner le numérique, enseigner avec le numérique</w:t>
+                <w:t xml:space="preserve">Les textes composites : des exigences de travail peu enseignées ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisabeth Bautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Delarue-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 178, pp.107-114</w:t>
+              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45, pp.63-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00765542v1</w:t>
+                <w:t xml:space="preserve">halshs-00750225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamics of writing and peer review at primary school</w:t>
+                <w:t xml:space="preserve">Enseigner le numérique, enseigner avec le numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Writing Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Redesigning educational peer review interactions using computer tools, 4 (2), pp.121-154</w:t>
+              <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 178, pp.107-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01095672v1</w:t>
+                <w:t xml:space="preserve">halshs-00765542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire à l'ère numérique</w:t>
               </w:r>
@@ -6683,178 +6683,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00765548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication numérique et pédagogie</w:t>
+                <w:t xml:space="preserve">Former et évaluer : les incidences de la double fonction des visites - L'écrit conseil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Delarue-Breton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 482, pp.12-14</w:t>
+              <w:t xml:space="preserve">, 2010, HSN 17, pp.91-97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00769155v1</w:t>
+                <w:t xml:space="preserve">halshs-00769156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Former et évaluer : les incidences de la double fonction des visites - L'écrit conseil</w:t>
+                <w:t xml:space="preserve">Communication numérique et pédagogie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Delarue-Breton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, HSN 17, pp.91-97</w:t>
+              <w:t xml:space="preserve">, 2010, 482, pp.12-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00769156v1</w:t>
+                <w:t xml:space="preserve">halshs-00769155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of peer-feedback in learning to write explanatory texts: Why the tutors learn the most.</w:t>
               </w:r>
@@ -7080,519 +7080,519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00750206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une première culture littéraire</w:t>
+                <w:t xml:space="preserve">Journal des apprentissages, réflexivité et difficulté scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers pédagogiques </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 462, pp.31-33</w:t>
+              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 38, pp.137-149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01084151v1</w:t>
+                <w:t xml:space="preserve">halshs-00750194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le journal des apprentissages</w:t>
+                <w:t xml:space="preserve">Une première culture littéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Québec Français</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 149, pp.62-64</w:t>
+              <w:t xml:space="preserve">Cahiers pédagogiques </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 462, pp.31-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01084139v1</w:t>
+                <w:t xml:space="preserve">hal-01084151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des priorités pour la formation des enseignants</w:t>
+                <w:t xml:space="preserve">Le journal des apprentissages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Argos. La revue des BCD et CDI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 43, pp.26-30</w:t>
+              <w:t xml:space="preserve">Québec Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 149, pp.62-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01084137v1</w:t>
+                <w:t xml:space="preserve">hal-01084139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Journal des apprentissages, réflexivité et difficulté scolaire</w:t>
+                <w:t xml:space="preserve">Des priorités pour la formation des enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 38, pp.137-149</w:t>
+              <w:t xml:space="preserve">Argos. La revue des BCD et CDI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 43, pp.26-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00750194v1</w:t>
+                <w:t xml:space="preserve">hal-01084137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aides logicielles à la lecture de textes documentaires scientifiques</w:t>
+                <w:t xml:space="preserve">Lire un texte documentaire scientifique. Quels obstacles, quelles aides à la compréhension ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Avel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Tidilem, septembre 2006, 10 (1)</w:t>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 160, pp.119-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">edutice-00142194v1</w:t>
+                <w:t xml:space="preserve">halshs-00750191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lire un texte documentaire scientifique. Quels obstacles, quelles aides à la compréhension ?</w:t>
+                <w:t xml:space="preserve">Aides logicielles à la lecture de textes documentaires scientifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Avel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 160, pp.119-131</w:t>
+              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Tidilem, septembre 2006, 10 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00750191v1</w:t>
+                <w:t xml:space="preserve">edutice-00142194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire les classiques en lycée professionnel</w:t>
               </w:r>
@@ -7831,230 +7831,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00750178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réécrire et apprendre à réécrire : le rôle d'une base de données textuelles</w:t>
+                <w:t xml:space="preserve">Performances en littéracie, modes de faire et univers mobilisés par les élèves. Analyses secondaires de l'enquête PISA 2000</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Marin</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisabeth Bautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rayou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Rochex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 164, pp.98-112</w:t>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 157, pp.85-101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00750186v1</w:t>
+                <w:t xml:space="preserve">halshs-00750168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances en littéracie, modes de faire et univers mobilisés par les élèves. Analyses secondaires de l'enquête PISA 2000</w:t>
+                <w:t xml:space="preserve">Réécrire et apprendre à réécrire : le rôle d'une base de données textuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Rochex</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 157, pp.85-101</w:t>
+              <w:t xml:space="preserve">Langages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 164, pp.98-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00750168v1</w:t>
+                <w:t xml:space="preserve">halshs-00750186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les performances en littéracie et l'hétérogénéité des univers mentaux mobilisés par les élèves.</w:t>
               </w:r>
@@ -8944,51 +8944,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet e-FRAN « Twictée pour apprendre l’orthographe » (TAO). Rapport scientifique final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Bautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Brissaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Delarue-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9287,87 +9287,87 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner et apprendre l’orthographe à l’heure du numérique. Présentation du colloque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enseigner et apprendre l’orthographe à l’heure du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Créteil, France. pp.00001, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/shsconf/202214300001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04519290v1</w:t>
@@ -9378,77 +9378,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets des pratiques d'enseignement de la lecture-écriture sur les apprentissages des élèves les plus faibles dans les cours préparatoires français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Viriot-Goeldel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9989,51 +9989,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repères n° 55,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Dias-Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 55, 2017</w:t>
@@ -10446,51 +10446,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers des aides logicielles à la compréhension de textes documentaires scientifiques pour les élèves de cycle 3 et de collège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Avel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10703,51 +10703,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Catherine Delarue-Breton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Crinon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01279504v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonn&#233;ry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Simons" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01083595v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Beckers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01083820v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Rochex" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750418v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Legros" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750415v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautellier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686995v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04521078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pun.be" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04521093v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253485v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02073462v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard-Principalli Patricia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523793v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ferone" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01509395v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://savoirs.usherbrooke.ca/handle/11143/10243" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01509399v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Lavieu-Gwozdz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01395434v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bautier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04363688v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095689v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://superieur.deboeck.com/titres/130951_3/didactique-du-francais-du-cote-des-eleves.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00803391v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Cautela" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757434v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186408v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757435v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765533v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Peretti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Maeda" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Martial" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03186671v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle De Peretti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.14570" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765538v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03187418v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Aubert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Depoilly" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Farcy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193651v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Fenoglio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Cadet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.5726" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04985657v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sylvie Claude" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.22147" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785869v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pagnier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214300001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03792317v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brissaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.11830" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03550822v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.10092" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03806752v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03748011v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214303003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03748031v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214303004" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03748001v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Richard-Principalli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Viriot-Goeldel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.4933" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091322v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.12399" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253456v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52358/mm.vi5.162" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432591v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.10198" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253469v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Font" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03747993v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253442v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.460" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253437v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02285451v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Gremmo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Leclaire-Halt&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kreza" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.hs3.0051" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879640v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376024v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delarue-Breton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.4022" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523547v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376015v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04303072v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Condette" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Muller" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.4097" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659293v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pasa" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Espinosa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fontanieu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ragano" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02568690v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dias-Chiaruttini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668504v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01485754v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01504373v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.3108" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01279500v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02572465v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797906v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01279120v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17239/L1ESLL-2016.16.01.02" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659257v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Jarl&#233;gan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.2586" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095698v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736191v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20151602010" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158929v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01097644v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095669v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01080894v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Avel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750225v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084163v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765542v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095672v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765553v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765548v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769155v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769156v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750213v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750197v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;liane Fersing" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750206v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084151v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084139v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084137v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750194v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00142194v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750191v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03187548v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750151v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750178v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guigue" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750186v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750168v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750141v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750134v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750048v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750047v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750046v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750130v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Dubant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750044v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750030v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750025v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750027v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Pachet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04152540v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108617v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georget" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jamet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mangenot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000351v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04519290v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169368v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Riou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359704v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01221878v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Hamon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000205v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000510v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vigne" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523520v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.4004" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668560v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080156v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Savatovsky" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie V&#233;nard, Francis Tourigny" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-02511415v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Joigneaux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Netter" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Clot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien S&#232;ve" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750234v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00005669v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Catherine Delarue-Breton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Crinon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01279504v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonn&#233;ry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Simons" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01083595v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Beckers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01083820v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Rochex" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750418v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Legros" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750415v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautellier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686995v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04521078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pun.be" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04521093v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253485v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02073462v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard-Principalli Patricia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523793v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ferone" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01509395v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://savoirs.usherbrooke.ca/handle/11143/10243" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01509399v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Lavieu-Gwozdz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04363688v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bautier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01395434v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095689v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://superieur.deboeck.com/titres/130951_3/didactique-du-francais-du-cote-des-eleves.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00803391v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Cautela" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186408v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757434v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757435v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765533v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Peretti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Maeda" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Martial" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03186671v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle De Peretti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.14570" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765538v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03187418v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Aubert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Depoilly" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Farcy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193651v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Fenoglio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Cadet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.5726" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03748001v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Richard-Principalli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Viriot-Goeldel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.4933" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091322v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.12399" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04985657v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sylvie Claude" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.22147" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785869v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pagnier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214300001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03792317v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brissaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.11830" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03550822v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.10092" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03806752v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03748011v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214303003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03748031v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214303004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253456v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52358/mm.vi5.162" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432591v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.10198" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253469v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Font" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03747993v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253442v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.460" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253437v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02285451v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Gremmo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Leclaire-Halt&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kreza" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.hs3.0051" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879640v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376024v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delarue-Breton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.4022" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523547v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376015v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04303072v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Condette" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Muller" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.4097" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01485754v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668504v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dias-Chiaruttini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02568690v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659293v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pasa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Espinosa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fontanieu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ragano" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01279120v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17239/L1ESLL-2016.16.01.02" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01504373v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.3108" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01279500v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02572465v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797906v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659257v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Jarl&#233;gan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.2586" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095698v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736191v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20151602010" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158929v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01097644v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095669v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095672v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01080894v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Avel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084163v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750225v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765542v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765553v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765548v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769156v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00769155v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750213v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750197v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;liane Fersing" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750206v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750194v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084151v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084139v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084137v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750191v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00142194v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03187548v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750151v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750178v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guigue" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750168v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750186v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750141v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750134v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750048v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750047v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750046v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750130v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Dubant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750044v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750030v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750025v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750027v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Pachet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04152540v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108617v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georget" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jamet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mangenot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000351v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04519290v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169368v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Riou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359704v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01221878v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Hamon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000205v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000510v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vigne" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523520v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.4004" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668560v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080156v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Savatovsky" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie V&#233;nard, Francis Tourigny" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-02511415v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Joigneaux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Netter" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Clot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien S&#232;ve" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750234v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00005669v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>