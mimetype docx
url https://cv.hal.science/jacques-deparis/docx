--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -368,965 +368,965 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05456721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate-driven hydrological extremes increase subsurface mobility of petroleum hydrocarbons: an experimental study under semi-continental climate conditions</w:t>
+                <w:t xml:space="preserve">Magnetotelluric evidence for a melt-rich magmatic reservoir beneath Mayotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Cavelan</w:t>
+                <w:t xml:space="preserve">Pierre Wawrzyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Golfier</w:t>
+                <w:t xml:space="preserve">Fabrice Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Lorgeoux</w:t>
+                <w:t xml:space="preserve">Sophie Hautot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéfan Colombano</w:t>
+                <w:t xml:space="preserve">Joan Andújar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Julie Tinet</w:t>
+                <w:t xml:space="preserve">Pascal Tarits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1008, pp.181070. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 646 (8087), pp.1122-1128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.181070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41586-025-09625-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05382787v1</w:t>
+                <w:t xml:space="preserve">insu-05348015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilot scale experimental and numerical study of LNAPL pump and treat and transport in subsurface soil</w:t>
+                <w:t xml:space="preserve">Climate-driven hydrological extremes increase subsurface mobility of petroleum hydrocarbons: an experimental study under semi-continental climate conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Alamooti</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Amélie Cavelan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Golfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lorgeoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Maxime Cochennec</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Julie Tinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-30519-y⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1008, pp.181070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.181070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05442101v1</w:t>
+                <w:t xml:space="preserve">hal-05382787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a heterogeneous limestone vadose zone based on a multimethod and multiscale geophysical approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pilot scale experimental and numerical study of LNAPL pump and treat and transport in subsurface soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Baltassat</w:t>
+                <w:t xml:space="preserve">Amir Alamooti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatoly Legchenko</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jacques Deparis</w:t>
+                <w:t xml:space="preserve">Fabien Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behshad Koohbor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Near Surface Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/nsg.70026⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.45528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-30519-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05334679v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05442101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetotelluric evidence for a melt-rich magmatic reservoir beneath Mayotte</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of a heterogeneous limestone vadose zone based on a multimethod and multiscale geophysical approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Hautot</w:t>
+                <w:t xml:space="preserve">Clémence Ryckebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Andújar</w:t>
+                <w:t xml:space="preserve">Jean-Michel Baltassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Tarits</w:t>
+                <w:t xml:space="preserve">Anatoly Legchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Kessouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 646 (8087), pp.1122-1128. </w:t>
+              <w:t xml:space="preserve">Near Surface Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (6), pp.555-571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-025-09625-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/nsg.70026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05348015v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05334679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induced polarization of clay-rich materials. 2. The effect of anisotropy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effects of water table fluctuation on LNAPL deposit in highly permeable porous media: A coupled numerical and experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behshad Koohbor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéfan Colombano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Revil</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">D. Grgic</w:t>
+                <w:t xml:space="preserve">Titouan Harrouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1190/geo2022-0511.1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 256, pp.104183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2023.104183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04186264v1</w:t>
+                <w:t xml:space="preserve">hal-04126306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural remobilization and historical evolution of a modern coastal transgressive dunefield</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Induced polarization of clay-rich materials. 2. The effect of anisotropy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Ghorbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Yven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Robin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Patrick A Hesp</w:t>
+                <w:t xml:space="preserve">D. Grgic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/esp.5535⟩</w:t>
+              <w:t xml:space="preserve">Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 88, pp.1-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/geo2022-0511.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04267515v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of water table fluctuation on LNAPL deposit in highly permeable porous media: A coupled numerical and experimental study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéfan Colombano</w:t>
+                <w:t xml:space="preserve">Natural remobilization and historical evolution of a modern coastal transgressive dunefield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Nicolae Lerma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Castelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titouan Harrouet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabien Lion</w:t>
+                <w:t xml:space="preserve">Patrick A Hesp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 256, pp.104183. </w:t>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48 (5), pp.1064 - 1083. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2023.104183⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/esp.5535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04126306v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04267515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of electrical complex resistivity in a 2D multiphase porous medium under non-isothermal conditions: application to soil remediation monitoring</w:t>
               </w:r>
@@ -1351,51 +1351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davarzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1580,51 +1580,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNAPL flow and complex electrical resistivity evolution in saturated porous media: A coupled numerical simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behshad Koohbor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1708,295 +1708,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03711318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring unsaturated water flow using magnetic resonance soundings</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nadia Amraoui</w:t>
+                <w:t xml:space="preserve">A critical review of the influence of groundwater level fluctuations and temperature on LNAPL contaminations in the context of climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cavelan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Golfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéfan Colombano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Davarzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2022.128318⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 806, pp.150412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.150412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03762895v1</w:t>
+                <w:t xml:space="preserve">hal-03352335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A critical review of the influence of groundwater level fluctuations and temperature on LNAPL contaminations in the context of climate change</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jacques Deparis</w:t>
+                <w:t xml:space="preserve">Monitoring unsaturated water flow using magnetic resonance soundings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatoly Legchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Baltassat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Isch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Amraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 806, pp.150412. </w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 612, pp.128318. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.150412⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2022.128318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352335v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03762895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of thermal and chemical enhanced recovery of DNAPL in saturated porous media: 2D tank pumping experiments and two-phase flow modelling</w:t>
               </w:r>
@@ -2116,51 +2116,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permittivity and electrical resistivity measurements and estimations during the recovery of DNAPL in saturated porous media: 2D tank experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davarzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2419,51 +2419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davarzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2514,51 +2514,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal and chemical enhanced recovery of heavy chlorinated organic compounds in saturated porous media: 1D cell drainage-imbibition experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davarzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2782,51 +2782,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Innovative Approach for a Comprehensive Characterization of Coastal Dune Systems through Internal Architecture and the Associated Intrinsic Geophysical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3308,837 +3308,837 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01280555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geological environment of karst within chalk using airborne time domain electromagnetic data cross-interpreted with boreholes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of successive phases of volcanic construction and erosion on Mayotte Island's hydrogeological functioning as determined from a helicopter-borne resistivity survey correlated with borehole geological and permeability data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Lasseur</w:t>
+                <w:t xml:space="preserve">Benoit Vittecoq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Beccaletto</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sophie Violette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lacquement</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jappgeo.2014.04.020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 509, pp.519-538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2013.11.062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00990084v1</w:t>
+                <w:t xml:space="preserve">hal-00983022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mayotte Critical Zone Observatory: Preliminary Results on Chemical Weathering and Erosion Rates on Volcanic Edifices</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sétareh Rad</w:t>
+                <w:t xml:space="preserve">Geological environment of karst within chalk using airborne time domain electromagnetic data cross-interpreted with boreholes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Reninger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
+                <w:t xml:space="preserve">Eric Lasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beccaletto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Deparis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 10, pp.73-76. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 106, pp.173-186. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proeps.2014.08.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jappgeo.2014.04.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629591v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00990084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of successive phases of volcanic construction and erosion on Mayotte Island's hydrogeological functioning as determined from a helicopter-borne resistivity survey correlated with borehole geological and permeability data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Vittecoq</w:t>
+                <w:t xml:space="preserve">Mayotte Critical Zone Observatory: Preliminary Results on Chemical Weathering and Erosion Rates on Volcanic Edifices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.-A. Puyraveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sétareh Rad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2013.11.062⟩</w:t>
+              <w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10, pp.73-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeps.2014.08.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00983022v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast mapping of magnetic basement depth, structure and nature using aeromagnetic and gravity data: combined methods and their application in the Paris Basin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potentiel de la spectrométrie gamma aéroportée pour la cartographie des sols et du régolithe : une mini-revue et des premiers exemples en régions Centre et Limousin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne C Richer-De-Forges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N. Saby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tourlière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Prospecting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (1), pp.15-28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00838249v1</w:t>
+                <w:t xml:space="preserve">hal-02647423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regional Regolith Parameter Prediction Using the Proxy of Airborne Gamma Ray Spectrometry</w:t>
+                <w:t xml:space="preserve">Fast mapping of magnetic basement depth, structure and nature using aeromagnetic and gravity data: combined methods and their application in the Paris Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Drufin</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Tourlière</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Truffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deparis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Prospecting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 61 (4), pp.857-873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2478.12024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2136/vzj2013.01.0003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01025219v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00838249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentiel de la spectrométrie gamma aéroportée pour la cartographie des sols et du régolithe : une mini-revue et des premiers exemples en régions Centre et Limousin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regional Regolith Parameter Prediction Using the Proxy of Airborne Gamma Ray Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Laroche</w:t>
+                <w:t xml:space="preserve">Sébastien Drufin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tourlière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne C Richer-De-Forges</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bruno Tourlière</w:t>
+                <w:t xml:space="preserve">Nicolas P.A. Saby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12 (4), 14 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2136/vzj2013.01.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02647423v1</w:t>
+                <w:t xml:space="preserve">hal-01025219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are there any effects of the agricultural use of chemical fertiliser on elements detected by airborne gamma-spectrometric surveys?</w:t>
               </w:r>
@@ -5190,51 +5190,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05481366v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bitnarae Kim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Deparis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bretaudeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon V&#233;drine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Kamm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf460" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05456721v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie L Zohor&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kessouri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Crampon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Gu&#233;rin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf486" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05382787v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cavelan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Golfier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lorgeoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Julie Tinet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.181070" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05442101v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Alamooti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lion" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behshad Koohbor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cochennec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-30519-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05334679v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Ryckebusch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Baltassat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly Legchenko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.70026" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05348015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wawrzyniak" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gaillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hautot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan And&#250;jar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tarits" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09625-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186264v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Ghorbani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jougnot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Yven" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grgic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2022-0511.1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267515v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Billy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nicolae Lerma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Castelle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A Hesp" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5535" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04126306v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Harrouet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2023.104183" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03813495v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ali Iravani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Davarzani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Philippe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12237" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03864896v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Abbas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Isch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mallet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Jodry" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2022.128725" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03711318v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Ataie-Ashtiani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03762895v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Amraoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2022.128318" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03352335v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150412" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493152v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Colombano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. van Hullebusch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Huguenot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guyonnet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.143958" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590025v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D. van Hullebusch" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2021.104359" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03364278v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Burnol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Foumelis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gourdier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Raucoules" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12101262" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03097604v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32389/JEEG20-050" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02859913v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.135758" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02457772v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2019.103921" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02913661v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Baudouin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lie Portal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Bitri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-075.1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01406350v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Reninger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martelet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perrin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Chen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.12465" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01488321v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Noel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gourry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Ignatiadis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Battaglia-Brunet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2016007" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01280555v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Blessing" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/1480976" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00990084v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beccaletto" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2014.04.020" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51Q8QVM9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629591v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-A. Puyraveau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;tareh Rad" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaouen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2014.08.014" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00983022v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vittecoq" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Violette" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Jaouen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lacquement" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2013.11.062" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVC0GMN7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00838249v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Truffert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.12024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F7R0RXTN-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01025219v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Drufin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tourli&#232;re" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P.A. Saby" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2013.01.0003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647423v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Laroche" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Richer-De-Forges" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Saby" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00847925v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Wetterlind" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tourliere" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas P. A. Saby" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2012.01.011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJXRBN0Z-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00615428v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2011.06.034" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00510585v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Delunel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hantz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Bourles" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schoeneich" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-010-0221-0" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00373054v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garambois" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3008545" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00277855v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fricout" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jongmans" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Villemin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Effendiantz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-2132/5/2/002" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D6E33AF18CE619FB719D92058A782153960F6E9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00355126v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deparis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cotton" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baillet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thouvenot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120070082" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00345875v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garambois" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hantz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2007.07.005" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2M4RG5BF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05481366v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bitnarae Kim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Deparis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bretaudeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon V&#233;drine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Kamm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf460" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05456721v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie L Zohor&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kessouri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Crampon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Gu&#233;rin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf486" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05348015v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wawrzyniak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gaillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hautot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan And&#250;jar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tarits" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09625-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05382787v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cavelan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Golfier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lorgeoux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Julie Tinet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.181070" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05442101v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Alamooti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lion" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behshad Koohbor" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cochennec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-30519-y" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05334679v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Ryckebusch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Baltassat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly Legchenko" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.70026" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04126306v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Harrouet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2023.104183" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186264v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Ghorbani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jougnot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Yven" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grgic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2022-0511.1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267515v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Billy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nicolae Lerma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Castelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A Hesp" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5535" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03813495v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ali Iravani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Davarzani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Philippe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12237" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03864896v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Abbas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Isch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mallet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Jodry" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2022.128725" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03711318v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Ataie-Ashtiani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03352335v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150412" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03762895v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Amraoui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2022.128318" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493152v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Colombano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. van Hullebusch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Huguenot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guyonnet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.143958" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590025v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D. van Hullebusch" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2021.104359" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03364278v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Burnol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Foumelis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gourdier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Raucoules" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12101262" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03097604v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32389/JEEG20-050" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02859913v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.135758" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02457772v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2019.103921" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02913661v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Baudouin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lie Portal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Bitri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-075.1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01406350v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Reninger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martelet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perrin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Chen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.12465" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01488321v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Noel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gourry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Ignatiadis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Battaglia-Brunet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2016007" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01280555v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Blessing" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/1480976" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00983022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vittecoq" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Violette" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Jaouen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lacquement" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2013.11.062" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVC0GMN7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00990084v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beccaletto" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2014.04.020" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51Q8QVM9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629591v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-A. Puyraveau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;tareh Rad" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaouen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2014.08.014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647423v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Laroche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Richer-De-Forges" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Saby" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tourli&#232;re" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00838249v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Truffert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.12024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F7R0RXTN-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01025219v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Drufin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P.A. Saby" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2013.01.0003" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00847925v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Wetterlind" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tourliere" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas P. A. Saby" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2012.01.011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJXRBN0Z-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00615428v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2011.06.034" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00510585v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Delunel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hantz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Bourles" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schoeneich" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-010-0221-0" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00373054v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garambois" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3008545" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00277855v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fricout" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jongmans" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Villemin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Effendiantz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-2132/5/2/002" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D6E33AF18CE619FB719D92058A782153960F6E9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00355126v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deparis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cotton" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baillet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thouvenot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120070082" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00345875v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garambois" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hantz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2007.07.005" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2M4RG5BF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>