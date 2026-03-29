--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -762,50 +762,158 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00989428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Que savons-nous de la liaison aujourd'hui ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basilio Calderone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atanas Tchobanov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 169, pp.103-135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00990563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La phonologie de l'anglais contemporain : usages, variétés et structure.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -814,234 +922,126 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Linguistique Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 17. (1), pp.25-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00980004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ressources phonologiques au service de la didactique de l'oral : le projet PFC-EF.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...159 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges CRAPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 31, pp.223-236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1148,51 +1148,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ressources phonologiques au service de la didactique : le projet PFC-EF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1256,51 +1256,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voix de la francophonie, éducation langagière et corpus numérisé : PFC-EF, des ressources pour la didactique du français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1371,50 +1371,171 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00646329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De PFC à PFC -EF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Nouveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin PFC (Phonologie du Français Contemporain)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 7, pp.3-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">French liaison in the light of corpus data.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1423,178 +1544,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of French Language Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 18 (1), pp.33-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00267985v1</w:t>
-              </w:r>
-[...119 lines deleted...]
-                <w:t xml:space="preserve">halshs-00646330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early electrophysiological abnormalities in lumbar motoneurons in a transgenic mouse model of amyotrophic lateral sclerosis.</w:t>
               </w:r>
@@ -1772,238 +1772,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00274617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Early abnormalities in transgenic mouse models of amyotrophic lateral sclerosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Amendola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bories</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Lamotte d'Incamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 99(2-3), pp.211-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2005.12.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00093914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">PFC, corpus et sytèmes de transcription</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Grammaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 30, pp.139-158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00274618v1</w:t>
-              </w:r>
-[...127 lines deleted...]
-                <w:t xml:space="preserve">hal-00093914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interphonologie et représentations orthographiques. Le cas des catégories /b/ et /v/ chez des apprenants japonais de Français Langue Etrangère.</w:t>
               </w:r>
@@ -2097,51 +2097,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet &amp;quot;Phonologie du français contemporain&amp;quot; (PFC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2192,51 +2192,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2287,51 +2287,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The phonology of contemporary French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2382,51 +2382,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relire les phonologues du français : Maurice Grammont et la loi des trois consonnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 126, pp.29-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2684,50 +2684,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02108723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le 'r' de sandhi en anglais et la liaison en français : deux phénoménologies à la lumière des données PAC et PFC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Viollain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées FLORAL-PFC : schwa, phonologie de corpus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FMSH, Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R sandhi in English: models and corpora.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International Spring Forum,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, English Linguistic Society of Japan, Apr 2016, Kobe, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02107740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phonologie de corpus, programme PAC et description de l’anglais contemporain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études « La linguistique de corpus », CELISO, Paris Sorbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dependency Phonology interpretation of the New Zealand short front vowel shift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Viollain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14èmes rencontres du Réseau Français de Phonologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Nice (Sophia Antipolis), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04334160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dependency Phonology and the New Zealand short front vowel shift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Viollain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2736,396 +3051,81 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAC 2016 International Conference - English Melodies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Aix-en-Provence (Laboratoire LPL), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04334156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...313 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le programme PFC et son protocole</w:t>
+                <w:t xml:space="preserve">PFC, la variation et la phonologie de corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
@@ -3139,75 +3139,334 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PFC Summer Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Vienne, Jul 2015, Vienne, Autriche</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02103568v1</w:t>
+                <w:t xml:space="preserve">hal-02103614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PFC, la variation et la phonologie de corpus</w:t>
+                <w:t xml:space="preserve">Liaison et corpus: retour sur quelques controverses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Côté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Floral-PFC: PFC dans le champ phonologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FMSH, Dec 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chomsky, la théorie de l'évolution et l'émergence du langage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études 'Langage et apprentissage des langues',</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Perpignan, Jun 2015, Perpignan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi une phonologie de corpus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Côté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Floral-PFC: PFC dans le champ phonologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FMSH, Dec 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le programme PFC et son protocole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
@@ -3215,2759 +3474,2690 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PFC Summer Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Vienne, Jul 2015, Vienne, Autriche</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...69 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changements et nivellement phonologiques en français de Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Courdès-Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Floral-PFC: PFC dans le champ phonologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FMSH, Dec 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque AFLS 2014 "Que le français se nomme diversité"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFLS, Jun 2014, Canterbury, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyelles nasales et nivellement en français de Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Courdès-Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études 'Langage et apprentissage des langues',</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Perpignan, Jun 2015, Perpignan, France</w:t>
+              <w:t xml:space="preserve">Colloque AFLS 2014 "Que le français se nomme diversité"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFLS, Jun 2014, Canterbury, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Chantal Lyche</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les voyelles nasales dans le français de Toulouse: vers une modélisation d'un nivellement en cours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Courdès-Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Floral-PFC: PFC dans le champ phonologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FMSH, Dec 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque FLORAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FMSH, Dec 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le programme LVTI : premiers résultats et discussion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Giraudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque GTRC PARIS 2014, Les Métropoles francophones en temps de globalisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Françoise Gadet, consortium GTRC, U. Paris Ouest Nanterre La Défense, Jun 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The LVTI project and levelling in the UK and France: l’exception française?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Giraudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PAC10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Philip Carr, U. Montpellier III Paul Valéry, May 2014, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Programme LVTI: Langue, Ville, Travail, Identité: premiers résultats et discussion autour du phénomène de nivellement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Giraudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Courdès-Murphy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Métropoles francophones en Temps de Globalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Université Paris-Ouest, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01003227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Programme LVTI : présentation générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Giraudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léa Courdès-Murphy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque AFLS 2014 "Que le français se nomme diversité"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFLS, Jun 2014, Canterbury, Royaume-Uni</w:t>
+              <w:t xml:space="preserve">Atelier LVTI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anne Przewozny-Desriaux et Jacques Durand, CLLE, U. Toulouse-Jean Jaurès, Jul 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...99 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PFC : état des lieux.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Côté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque AFLS 2014 "Que le français se nomme diversité"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFLS, Jun 2014, Canterbury, Royaume-Uni</w:t>
+              <w:t xml:space="preserve">Colloque 'Regards croisés sur les corpus oraux', FMSH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lévi-Strauss, Jakobson, Chomsky : history of a debate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque FLORAL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FMSH, Dec 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Conférences de l'université Waseda</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...99 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the phonological representation of rhotics in English and other languages.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque GTRC PARIS 2014, Les Métropoles francophones en temps de globalisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Françoise Gadet, consortium GTRC, U. Paris Ouest Nanterre La Défense, Jun 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">PAC Annual Conference. Spoken English Corpora: from annotations to interphonologies. Université de Provence.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquisition, pathologie et marque phonologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typhanie Prince</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAC10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Philip Carr, U. Montpellier III Paul Valéry, May 2014, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journées Interphonologie du français contemporain : corpus oraux en L2 et évaluation, FMSH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le corpus PFC au delà de la phonologie : étude de à partir de données orales du français.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Buscail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque annuel AFLS, Université de Perpignan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Perpignan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le français parlé et son enseignement à la lumière des données de corpus. Les apports du programme PFC.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Buscail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Côté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Racine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque annuel AFLS, Université de Perpignan.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Perpignan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variation and the English language.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cercle linguistique. Kanda University of International Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00981797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prononciation du français contemporain : tendances actuelles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaires de l'Université Kansai</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00981448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Language, Urban life, Work, Identity: Ways and Means</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Giraudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAC 2013, Spoken English Corpora: from annotation to interphonologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LPL, U. Aix-Marseille, May 2013, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04862276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Jacques Durand</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PFC : état des lieux.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Côté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences de l'université Waseda</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">Colloque 'Phonologie du Français Contemporain : Des centres aux périphéries', FMSH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Chantal Lyche</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The PAC programme : Goals and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Carr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 'Regards croisés sur les corpus oraux', FMSH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">PAC Workshop - Colloque international PAC 2012: Variation and Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PAC, CLLE, U. Toulouse-Jean Jaurès, Feb 2012, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des enquêtes classiques au projet 'Langue, Ville, Travail, Identité' (Toulouse/Manchester).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier LVTI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Anne Przewozny-Desriaux et Jacques Durand, CLLE, U. Toulouse-Jean Jaurès, Jul 2013, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée 'Corpus et phonologie de l'anglais : du lexique au discours'. Université François Rabelais.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Navarro</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ochenta años de estudio de los sonidos: desde la Asociación Fonética Internacional hasta The Sound Pattern of English de Chomsky y Halle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAC Annual Conference. Spoken English Corpora: from annotations to interphonologies. Université de Provence.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Cercle de linguistique, Universidad Internacional Menéndez Pelayo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Madrid, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Typhanie Prince</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stability and Variation in English Lexical Stress: from the traditional varieties to postcolonial Englishes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Interphonologie du français contemporain : corpus oraux en L2 et évaluation, FMSH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international PAC 2012: Variation and Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PAC, CLLE, U. Toulouse-Jean Jaurès, Feb 2012, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The PAC project : goals and perspectives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel AFLS, Université de Perpignan</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Perpignan, France</w:t>
+              <w:t xml:space="preserve">The Phonology of Contemporary English: Variation and Change. Université de Toulouse 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Racine</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Influence of Speaking Style on Lexical f0 Profiles in French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rena Nemoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel AFLS, Université de Perpignan.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Conference on Speech Prosody 2012 (Speech Prosody'12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Shangai, China. pp.673--676, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/SpeechProsody.2012-168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des enquêtes PAC classiques au projet ‘Langue, Ville, Travail, Identité’ Toulouse/Manchester</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études Corpus et phonologie de l’anglais : du lexique au discours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LLL, U. François Rabelais Tours, Jun 2012, Tours (Université de Tours), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">English Word Stress : Universals, Variation and Acquisition.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">'Universals or Diverse Paths to English Phonology', Université de Münster</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Münster, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latent consonants : the case of French liaison.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manchester Phonology Meeting. University of Manchester</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00981332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Jacques Durand</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que savons-nous de la liaison aujourd'hui ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">'Universals or Diverse Paths to English Phonology', Université de Münster</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Münster, Germany</w:t>
+              <w:t xml:space="preserve">Que savons-nous de la liaison aujourd'hui ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00650814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What do we know about French liaison?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études Corpus et phonologie de l’anglais : du lexique au discours</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LLL, U. François Rabelais Tours, Jun 2012, Tours (Université de Tours), France</w:t>
+              <w:t xml:space="preserve">The 19th Manchester Phonology Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...643 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00648352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le r de sandhi en anglais : approche méthodologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Eychenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5982,739 +6172,549 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes rencontres du Réseau Français de Phonologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Tours (Université de Tours), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04334175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Bernard Laks</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques remarques sur les prépositions de l'anglais, l'hypothèse localiste et le principe d'analogie structurale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Que savons-nous de la liaison aujourd'hui ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">Séminaires linguistiques du CELA (EA741), Université de Montpellier III.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Chantal Lyche</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mot et phonologie en français contemporain : la fin des illusions ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 19th Manchester Phonology Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">Travaux en phonétique - Perception et production en parole normale et phonologique. Journée d'étude du laboratoire Octogone-Jacques Lordat. Université de Toulouse II.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le langage au miroir de la linguistique (1970-2010).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Sciences Humaines et Sociales. Paris Ouest Nanterre La Défense.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">r-sandhi in English: preliminary results from Lancashire in English.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00648352v1</w:t>
-[...35 lines deleted...]
-                <w:t xml:space="preserve">Jacques Durand</w:t>
+                <w:t xml:space="preserve">Julien Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Viollain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAC Conference 2010, Phonology of Contemporary English: usage, varieties and structure. University Paul Valéry.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variétés, variations et formes du français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'Ecole Polytechnique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00650813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...205 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">r-sandhi in English: preliminary results from Lancashire in English.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cécile Viollain</w:t>
+                <w:t xml:space="preserve">What can a suffix tell us about linguistic theory? Enabling '-able' to tell its story.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAC Conference 2010, Phonology of Contemporary English: usage, varieties and structure. University Paul Valéry.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00981183v1</w:t>
+                <w:t xml:space="preserve">hal-00981182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La liaison dans PFC: les chiffres et leur interprétation.</w:t>
               </w:r>
@@ -6726,51 +6726,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelise Coquillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Eychenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier PFC. University Tulane, New Orleans.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Nouvelle Orléans, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6890,51 +6890,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandhi-r in English: some preliminary results.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Eychenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7011,51 +7011,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7087,246 +7087,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00981185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La phonologie du français contemporain en perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phonologie du français contemporain : des normes à la périphérie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00648345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">French liaison: from global results to local varieties.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelise Coquillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Eychenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international PHONLEX, Université de Toulouse II.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00981179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Chantal Lyche</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des mots et des phrases aux énoncés : la phonologie à l'écoute de Claire Blanche-Benveniste.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phonologie du français contemporain : des normes à la périphérie</w:t>
+              <w:t xml:space="preserve">Colloque "Penser les langues avec Claire Blanche-Benveniste". University of Chicago Center.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandhi-r across varieties of English: a methodological approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7355,169 +7424,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALOES 2010, 15e colloque d'anglais oral.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00981175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liaison, norm and variation: what can the PFC programme teach us ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Eychenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AHRC network Language and Social Structure in Urban France, Workshop on 'the linguistic correlates of social class', University of Kent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Canterbury, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7555,77 +7555,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que savons-nous de la liaison en français contemporain ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Laks</w:t>
+                <w:t xml:space="preserve">Basilio Calderone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atanas Tchobanov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Phonologie du français contemporain : des normes à la périphériE ? Centre de Coopération Franco-Norvégienne en Sciences sociales et humaines. FMSH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7644,696 +7644,696 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00981239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Phonologie du français contemporain: avancées et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La variation du français dans les aires créolophones et francophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, La Réunion</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégies de démarcation du mot en français : une étude expérimentale sur grand corpus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rena Nemoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'Etudes Linguistiques de Nantes (JEL 2009).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PFC: dix ans déjà.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phonologie du français contemporain : 10 ans de PFC. Bilan et perspectives, Fondation de la Maison des Sciences de l'Homme.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tradition firthienne et les unités de la phonologie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabor Turscan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium Quel sens pour la linguistique ? A l'occasion du Doctorat Honoris Causa décerné à Sir John Lyons par l'Université de Toulouse II.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PFC dix ans déjà</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phonologie du français contemporain : 10 ans de PFC. Bilan et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00648317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mots et frontières de mot : illusion graphique, réalité phonétique ou concept cognitif.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées scientifiques 2009 de l'Institut Universitaire de France.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The word in French: what do phonology and phonetics teach us?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rena Nemoto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tones and Features: A Symposium in Honor of G. Nick Clements. Paris III.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00981171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...529 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">If usage is usage, then what might grammar be?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Old World Conference in phonology (OCP5)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2008, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8384,77 +8384,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atanas Tchobanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque CRAPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8492,51 +8492,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour un corpus multi-usages du français: PFC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabor Turcsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8581,312 +8581,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00116953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">French liaison: a reassessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "La phonologie du français"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Louvain, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00116927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A corpus approach to liaison in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A corpus approach to liaison in French</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2006, Salt Lake City, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00116926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French liaison a reassesment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Lab Phon Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00116932v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">halshs-00116927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A-Variations, Australian English and Phonological Theory</w:t>
               </w:r>
@@ -8967,51 +8967,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French liaison and data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9062,51 +9062,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un nouveau regard sur la liaison en français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9157,51 +9157,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The PFC project : French liaison, first results and analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9252,51 +9252,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PFC : un corpus numérisé pour la phonologie du français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9347,51 +9347,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PFC et la phonologie du français, rétrospective et perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Phonologie du français: enjeux descriptifs et théoriques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2004, Calgary, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9429,51 +9429,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La phonologie du français contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9524,51 +9524,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La phonologie du français contemporain.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9600,217 +9600,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00166505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The PFC Project : overview and first results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistic Association of Great Britain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00166504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Usages et variétés du français oral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le français d'hier, d'aujourd'hui et de demain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Saint andrews, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00166507v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">halshs-00166504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Données, modélisation et cognition : le cas de la liaison en français.</w:t>
               </w:r>
@@ -9972,51 +9972,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques linguistiques : variation, évolution et cognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Côté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10076,1876 +10076,1876 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02099341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Varieties of Spoken French, a source book</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oxford University Press, 2016, Varieties of Spoken French, a source book ISBN: 9780199573714</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01327917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Varieties of Spoken French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oxford University Press, 2016, 9780199573714</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02099333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Varieties of Spoken French, a source book</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prononciation de l'anglais contemporain dans le monde: variation et structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Brulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Carr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires du midi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 978-2-8107-0382-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02099328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Oxford Handbook of Corpus Phonology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrike Gut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gjert Kristoffersen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oxford University Press, 2014, 978-0-19-957193-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02098859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La phonologie du français : normes, périphéries, modélisation : Mélanges pour Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gjert Kristoffersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Peuvergne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Durand, J., G. Kristoffersen &amp; B. Laks (eds.). Presses Universitaires de Paris Ouest, pp.436, 2014, 978-2-84016-203-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01104313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La phonologie du français : normes, périphéries, modélisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gjert Kristoffersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Durand Jacques, Kristofersen Gjeerts, Laks Bernard. Presses universitaires de Paris Ouest, 2014, La phonologie du français : normes, périphéries, modélisations, 9780199573714</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01330702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actes du CMLF 2010 - 2ème Congrès Mondial de Linguistique Française, La Nouvelle-Orléans, Etats-Unis, 12-15 Juillet 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valelia Muni Toke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Klinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenza Mondada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EDP Sciences, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00736609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les variétés du français parlé dans l'espace francophone. Ressources pour l'enseignement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Oxford University Press, 2016, Varieties of Spoken French, a source book ISBN: 9780199573714</w:t>
+              <w:t xml:space="preserve">Paris : Ophrys., pp.294, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...84 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 978-2-8107-0382-1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Congrès mondial de linguistique française CMLF-2010. Recueil des résumés et CD-ROM des actes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muni Toke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Klingler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenza Mondada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EDP Science, pp.1263, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Oxford University Press, 2014, 978-0-19-957193-2</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les variétés du français parlé dans l'espace francophone : ressources pour l'enseignement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ophrys, pp.296, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00550931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CMLF 2010 - 2ème Congrès Mondial de Linguistique Française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valelia Muni Toke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Klingler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenza Mondada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corpus and Variation in Linguistic Description and Language Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuji Kawaguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makoto Minegishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amstersam: John Benjamins, pp.398, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phonologie, variation et accents du français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Durand, J., G. Kristoffersen &amp; B. Laks (eds.). Presses Universitaires de Paris Ouest, pp.436, 2014, 978-2-84016-203-2</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermes, pp.340, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00550928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phonologie, variation et accents du français. Paris : Hermès.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Durand Jacques, Kristofersen Gjeerts, Laks Bernard. Presses universitaires de Paris Ouest, 2014, La phonologie du français : normes, périphéries, modélisations, 9780199573714</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris : Hermès., pp.340, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...106 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Congrès mondial de linguistique française : actes 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Habert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EDP Sciences, pp.En ligne, 2008, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/cmlf08353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00355471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phonologie et phonétique : forme et substance, Paris : Hermès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Wauquier-Gravelines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermes Lavoisier, pp.300, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00274616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corpus et Variation en Phonologie du Français : Méthodes et Analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires du Mirail, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01450368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prononciation du français dans sa variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Paris : Ophrys., pp.294, 2010</w:t>
+              <w:t xml:space="preserve">pp.120, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...105 lines deleted...]
-              <w:t xml:space="preserve">EDP Science, pp.1263, 2010</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00166459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phonology from phonetics to cognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oxford University Press, pp.280, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...851 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...51 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00166457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current Trends in Phonology : Models and Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">University of Salford Press, pp.250, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12161,237 +12161,323 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">From vowel weakening in Romance to French schwa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene N Andreassen³</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christoph Gabriel, Randall Gess, Trudel Meisenburg. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manual of Romance Phonetics and Phonology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Gruyter, pp.150-172, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04762493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Linguistique : Phonologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Claude Monod. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Lévi-Strauss</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bouquins éditions, pp.606-616, 2022, 978-2-221-22090-0. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/bouq.monod.2022.01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/bouq.monod.2022.01⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04367535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...53 lines deleted...]
-              <w:t xml:space="preserve">Christoph Gabriel, Randall Gess, Trudel Meisenburg. </w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquisition de la prononciation en langue étrangère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascale Leclercq, Amanda Edmonds &amp; Elisa Sneed German. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Manual of Romance Phonetics and Phonology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, De Gruyter, pp.150-172, 2022</w:t>
+              <w:t xml:space="preserve">Introduction à l’acquisition des langues étrangères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck, pp.111-123, 2021, 978 2 8073 3187 7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’alphabet phonétique international : phonétique, phonologie et prononciation du français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12407,159 +12493,159 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prononciation du français langue étrangère: perspectives linguistiques et didactiques.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Narr Francke, pp.275-309., 2021, 978-3-8233-8428-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04335218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Pascale Leclercq, Amanda Edmonds &amp; Elisa Sneed German. </w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phonétique, description du français et graphie: retour sur Paul Passy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In: Christoph Gabriel; Pešková Andrea; Selig Maria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Introduction à l’acquisition des langues étrangères</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, De Boeck, pp.111-123, 2021, 978 2 8073 3187 7</w:t>
+              <w:t xml:space="preserve">Contact, variation, and change in Romance and beyond. Studies in honor of Trudel Meisenburg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Erich Schmidt Publishing Company, pp.671-694, 2020, 978 3 503 19168 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04367545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the New Zealand Front Vowel Shift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Viollain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12579,143 +12665,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Przewozny; Cécile Viollain; Sylvain Navarro. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Corpus Phonology of English: multifocal analyses of variation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edinburgh University Press, pp.177-199, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04334057v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-04367545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Passy, Johan Storm and the palatal nasal in modern French</w:t>
               </w:r>
@@ -12787,51 +12787,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Langue, Ville, Travail, Identité : Le phénomène du nivellement traité par la description sociophonologique à Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12934,51 +12934,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liaison et corpus : retour sur quelques controverses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Côté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13122,1242 +13122,1570 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02103239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation in a rural village in southern France: Douzens</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">(éds Sylvain Detey, Jacques Durand, Bernard Laks &amp; Chantal Lyche). </w:t>
+                <w:t xml:space="preserve">The PFC program and its methodological framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">detey sylvain, durand jacques, laks bernard, lyche chantal. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Varieties in spoken french</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, 2016, Varieties of Spoken French, a source book, 9780199573714</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01330642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le français méridional</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Detey; I. Racine; J. Eychenne; Y. Kawaguchi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La prononciation du français dans le monde: du natif à l'apprenant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CLE international</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.32-36, 2016, 978-2-09-038241-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variation and corpora: concepts and methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Detey; J. Durand; B. Laks; C. Lyche. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Varieties of Spoken French</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oxford University Press, pp.417-429, 2016, 9780199573714. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199573714.003.0033⟩</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.24-37, 2016, 9780199573714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199573714.001.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...88 lines deleted...]
-              <w:t xml:space="preserve">S. Detey; J. Durand; B. Laks; C. Lyche. </w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01330643v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French in Haute Garonne (Midi-Pyrénées): a speaker from Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Courdès-Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Rossi-Gensane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvain Detey; Jacques Durand; Bernard Laks; Chantal Lyche. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Varieties of Spoken French</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199573714.001.0001⟩</w:t>
+                <w:t xml:space="preserve">Oxford: Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.178-190, 2016, 9780199573714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199573714.003.0014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The PFC program and its methodological framework</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01497931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The PFC programme and its methodological framework.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">detey sylvain, durand jacques, laks bernard, lyche chantal. </w:t>
+              <w:t xml:space="preserve">Sylvain Detey, Jacques Durand, Bernard Laks, Chantal Lyche. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Varieties in spoken french</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Varieties of Spoken French</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-23, 2016, 9780199573714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199573714.001.0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approaching variation in PFC: the liaison level.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Detey, J. Durand, B. Laks, C. Lyche. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Varieties of Spoken French</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.363-375, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French in Auvergne (Centre): a speaker from Clermont-Ferrand.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Chabanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ratier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvain Detey; Jacques Durand; Bernard Laks; Chantal Lyche. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Varieties of Spoken French</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.169-178, 2016, 9780199573714. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01330642v1</w:t>
-[...42 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199573714.001.0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02100447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléments de linguistique générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Eychenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Detey; I. Racine; J. Eychenne; Y. Kawaguchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prononciation du français dans le monde: du natif à l'apprenant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CLE international</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.32-36, 2016, 978-2-09-038241-9</w:t>
+              <w:t xml:space="preserve">, pp.10-20, 2016, 978-2-09-038241-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...88 lines deleted...]
-              <w:t xml:space="preserve">Sylvain Detey; Jacques Durand; Bernard Laks; Chantal Lyche. </w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variation in a rural village in southern France: Douzens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Tarrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(éds Sylvain Detey, Jacques Durand, Bernard Laks &amp; Chantal Lyche). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Varieties of Spoken French</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...20 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199573714.003.0014⟩</w:t>
+              <w:t xml:space="preserve">, Oxford University Press, pp.417-429, 2016, 9780199573714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199573714.003.0033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...88 lines deleted...]
-              <w:t xml:space="preserve">Sylvain Detey, Jacques Durand, Bernard Laks, Chantal Lyche. </w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’accent canadien standard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Josselin-Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ines Brulard; Philip Carr; Jacques Durand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Varieties of Spoken French</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La prononciation de l’anglais contemporain dans le monde: variétés et structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp.425-445, 2015, 978-2-8107-0382-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01471172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French in Auvergne (Centre) : a speaker from Clermont-Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">S. Detey, J. Durand, B. Laks, C. Lyche. </w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Chabanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oxford University Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Varieties of Spoken French</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oxford University Press, pp.363-375, 2016</w:t>
+              <w:t xml:space="preserve">varieties of spoken French</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.5-15, 2015, 9780199573714</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...63 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01062222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phonological markedness, acquisition and language pathology: what is left of the Jakobsonian legacy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typhanie Prince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La prononciation du français dans le monde: du natif à l'apprenant</w:t>
+              <w:t xml:space="preserve">Neuropsycholinguistic Perspectives on Language Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CRC Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9780815356974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203797365-11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...183 lines deleted...]
-              <w:t xml:space="preserve">Inès BRULARD; Philip CARR; Jacques DURAND. </w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01292259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La variation et le programme PAC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inès Brulard; Philip Carr; Jacques Durand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prononciation de l'anglais contemporain dans le monde: variation et structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires du Midi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.151-166, 2015, 978-2-8107-0382-1</w:t>
+              <w:t xml:space="preserve">, pp.55-91, 2015, 978-2-8107-0382-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Inès Brulard; Philip Carr; Jacques Durand. </w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02100256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'anglais écossais standard (SSE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Brulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inès BRULARD; Philip CARR; Jacques DURAND. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prononciation de l'anglais contemporain dans le monde: variation et structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses Universitaires de Midi</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.35-54, 2015, 978-2-8107-0382-1</w:t>
+                <w:t xml:space="preserve">Presses Universitaires du Midi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.151-166, 2015, 978-2-8107-0382-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02100271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General American</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14390,1807 +14718,1479 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires du Midi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.117-148, 2015, 978-2-8107-0382-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02100227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...313 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La variation et le programme PAC</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+                <w:t xml:space="preserve">Le cadre phonétique: l'alphabet phonétique international</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inès Brulard; Philip Carr; Jacques Durand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prononciation de l'anglais contemporain dans le monde: variation et structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses Universitaires du Midi</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.55-91, 2015, 978-2-8107-0382-1</w:t>
+                <w:t xml:space="preserve">Presses Universitaires de Midi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.35-54, 2015, 978-2-8107-0382-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02100256v1</w:t>
+                <w:t xml:space="preserve">hal-02100218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le 'r' de sandhi en anglais : corpus et méthodologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Viollain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Soum-Favaro; A. Coquillon; J.-P. Chevrot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La liaison : approches contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berlin : Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.317-344, 2014, 978-3-0351-9838-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corpora, variation and phonology: an illustration from French liaison.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Durand, G. Kristoffersen et U. Gutt. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Oxford Handbook of Corpus Phonology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford: Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.240-264, 2014, 9780199571932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780199571932.001.0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La phonologie du français et les corpus : hommage à Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gjert Kristoffersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Durand Jacques, Kristofersen Gjeerts, Laks Bernard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La phonologie du français : normes, périphéries, modélisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Paris Ouest, pp.7-35, 2014, La phonologie du français : normes, périphéries, modélisations, 9780199573714</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01330700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La phonologie et les corpus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gjert Kristoffersen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Durand, Bernard Laks, Gjert Kristoffersen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La phonologie du français: normes, périphéries, modélisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Paris Ouest, pp.7-31, 2014, 9782840162032</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02100195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The PFC programme : goals and methods.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Durand, G. Kristoffersen et U. Gutt. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Oxford Handbook of Corpus Phonology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford: Oxford University Press.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.486-497, 2014, 9780199571932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780199571932.001.0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French phonology from a corpus perspective : the PFC program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Durand Jacques, Gut Ulrike, Kristoffersen Gjert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Oxford Handbook of Corpus Phonology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, 2014, The Oxford Handbook of Corpus Phonology, 9780199571932</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01330704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelles données pour la liaison en français : la question des corpus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelise Coquillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Soum-Favaro, A. Coquillon et J.-P. Chevrot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La liaison : approches contemporaines.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berlin : Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.33-60, 2014, 978-3-0351-9838-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Projet PAC et la variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Przewozny-Desriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Prononciation de l'anglais: variation et structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Mirail, 2014, 978-2-8107-0382-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00989443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mot et phonologie en français: de la persistance d'une illusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Durand, Gjert Kristffersen, Bernard Laks. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La phonologie du français: normes, périphéries, modélisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Paris Ouest, pp.227-260, 2014, 9782840162032</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02100203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A la recherche du schwa: données, méthodes et théories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du 4ème congrès mondial de linguistique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.23-43, 2014, 978-2-7598-1289-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02100183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">J. Durand, G. Kristoffersen et U. Gutt. </w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On levelling and counter-levelling in French: a phonological perspective.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Hornsby et M.C. Jones. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Oxford Handbook of Corpus Phonology.</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Language and Social Structure in Urban France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Londres : Legenda, pp.58-68, 2013</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">C. Soum-Favaro; A. Coquillon; J.-P. Chevrot. </w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PFC et les français périphériques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Ledegen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La liaison : approches contemporaines</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.317-344, 2014, 978-3-0351-9838-6</w:t>
+              <w:t xml:space="preserve">La variation du français dans les aires créolophones et francophones, tome 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris : L'harmattan, pp.11-29, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...719 lines deleted...]
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une prosodie de corpus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Côté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A.C. Simon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La variation prosodique régionale en français.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bruxelles : Duculot-De Boeck, pp.11-25, 2013, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/dbu.cathe.2012.01.0011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00980916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...183 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'enseignement des variétés avec corpus à la formation à la variation sur corpus: des outils pour le français parlé.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16222,827 +16222,1133 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00980838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La variation inter- et intra-locuteurs dans l'enseignement : outils pour la formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Isabelle Schaffner et Olivier Bertrand. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Variétés, variations et formes du français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de l'Ecole Polytechnique, pp.407-429, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00551024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'enseignement des variétés avec corpus à la formation à la variation sur corpus : des outils pour le français parlé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bertrand et Isabelle Schaffner. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Variétés, variations et formes du français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions de l'Ecole Polytechnique, pp.407-429, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00721200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quelques remarques sur les prépositions de l'anglais, l'hypothèse localiste et le principe d'analogie structurale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Neveu, P. Blumenthal, N. Le Querler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au commencement était le verbe. Syntaxe, Sémantique et Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, pp.92-122, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00980441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléments de linguistique pour la description de l'oral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...226 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les variétés du français parlé dans l'espace francophone : ressources pour l'enseignement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ophrys, pp.17-28, 2010</w:t>
+              <w:t xml:space="preserve">, Ophrys, pp.45-60, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00551019v1</w:t>
+                <w:t xml:space="preserve">halshs-00551021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lévi-Strauss, Jakobson, Chomsky : linguistique et anthropologie du structuralisme au générativisme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris : Editions du relief. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pierres gravées, chiffres d'une voix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris : Editions du relief, pp.63-81., 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conversation à Douzens (Aude) : souvenirs des deux guerres mondiales.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">&amp; Nathalie Rossi (2010). Conversation à Douzens (Aude)S. Detey, J. Durand, B. Laks &amp; C. Lyche. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">----------- &amp; Nathalie Rossi (2010). Conversation à Douzens (Aude) : souvenirs des deux guerres mondiales. In : S. Les variétés du français parlé dans l'espace francophone. Ressources pour l'enseignement.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris: Ophrys, pp.95-106, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le français méridional : éléments de synthèse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Detey, S., J. Durand, B. Laks &amp; C. Lyche. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les variétés du français parlé dans l'espace francophone. Ressources pour l'enseignement.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris : Ophrys., pp.185-197, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La linguistique française: un état des lieux 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomaks Klingler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenza Mondada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Neveu; J. Durand; T Klingler; L. Mondada; V. Muni Toko; F. Neveu; S. Prévost (2010). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès mondial de linguistique française CMLF-2010. Recueil des résumés et CD-ROM des actes.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EDP Science, pp.XV-XX, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00980070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Detey, S., J. Durand, B. Laks &amp; C. Lyche. </w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les variétés du français parlé contemporain : méthodologie et ressources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Detey, J. Durand, B. Laks et Ch. Lyche. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les variétés du français parlé dans l'espace francophone : ressources pour l'enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ophrys, pp.29-44, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00551020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conversation à Douzens (Aude) : souvenirs des deux guerres mondiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Rossi-Gensane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvain Detey, Jacques Durand, Bernard Laks et Chantal Lyche. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les variétés du français parlé dans l’espace francophone : ressources pour l’enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ophrys, pp.95-106, 2010, 9782708012837</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01684341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les variétés du français parlé : méthodologie et ressources.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Detey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lyche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Detey, J. Durand, B. Laks &amp; C. Lyche. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les variétés du français parlé dans l'espace francophone. Ressources pour l'enseignement.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Paris : Ophrys., pp.185-197, 2010</w:t>
+              <w:t xml:space="preserve">, Paris: Ophrys, pp.29-43., 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...194 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Detey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17062,1152 +17368,846 @@
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Detey, J. Durand, B. Laks et Ch. Lyche. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les variétés du français parlé dans l'espace francophone : ressources pour l'enseignement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ophrys, pp.29-44, 2010</w:t>
+              <w:t xml:space="preserve">, Ophrys, pp.17-28, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00551019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet PFC : une source de données primaires structurées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les variétés du français parlé dans l'espace francophone : ressources pour l'enseignement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ophrys, pp.45-60, 2010</w:t>
+              <w:t xml:space="preserve">Phonologie, variation et accents du français.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris : Hermès, pp.19-61., 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Sylvain Detey, Jacques Durand, Bernard Laks et Chantal Lyche. </w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the scope of linguistics: data, intuitions, corpora.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Y. Kawaguchi, M. Minegishi, J. Durand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les variétés du français parlé dans l’espace francophone : ressources pour l’enseignement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ophrys, pp.95-106, 2010, 9782708012837</w:t>
+              <w:t xml:space="preserve">Corpus and Variation in Linguistic Description and Language Education,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amsterdam: John Benjamins, pp.25-52., 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet PFC (Phonologie du Français Contemporain) : une source de données primaires structurées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les variétés du français parlé dans l'espace francophone. Ressources pour l'enseignement.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Paris: Ophrys, pp.29-43., 2010</w:t>
+              <w:t xml:space="preserve">Phonologie,variation et accents du français Hermès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermès, pp.19-6, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00551002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essai de panorama critique des accents du midi.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">(2009). EL. Baronian et F. Martineau (éds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le français, d'un continent à l'autre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Québec : Presses de l'Université Laval., pp.123-170, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00980837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Amsterdam: John Benjamins, pp.25-52., 2009</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial pattern, dynamics, and reproductive biology of the grass community</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gignoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dajoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Veuille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Luc Abbadie, Jacques Gignoux, Xavier Le Roux, Michel Lepage. 2007, Ecological studies 179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">bioemco-00136542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aperçus sur le projet 'Phonologie du Français Contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...193 lines deleted...]
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Abecassis Michaël, Ayosso Laure, Vialleton Elodie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le français parlé au XX ième siècle (Normes et variations dans les discours et en interaction)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan,, pp.41-51, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00550966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...64 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mapping French pronunciation : The PFC project.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J.P. Montreuil. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Perspectives on Romance Linguistics. Vol. II. Phonetics, Phonology and Dialectology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, John Benjamins, pp.66-82, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00267524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet &amp;quot;Phonologie du Français Contemporain&amp;quot;, bilan et perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Veuille</w:t>
-[...60 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Abécassis M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Phonology and variation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publications de l'Université d'Oxford, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00116257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...71 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. The structure of phonological representations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18275,51 +18275,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un corpus numérisé pour la phonologie du français contemporain.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18374,51 +18374,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linguistique et variation: quelques réflexions sur la variation phonologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18473,51 +18473,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacques Durand et Bernard Laks. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phonology from phonetics to cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.1-10, 2002</w:t>
@@ -18559,51 +18559,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phonology, phonetics and cognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacques Durand et Bernard Laks. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phonology from phonetics to cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.10-51, 2002</w:t>
@@ -18645,51 +18645,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La phonologie du français contemporain : usages, variétés et structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lyche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18839,51 +18839,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why phonology is one</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacques Durand et Bernard Laks. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Trends in Phonlogy : Models and Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Salford University Press, pp.3-15, 1996</w:t>
@@ -18957,51 +18957,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souvenirs de guerre en Languedoc et structuration linguistique : étude de cas à Douzens (Aude)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Rossi-Gensane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007, pp.157-170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19291,51 +19291,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Durand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Lyche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269520000289" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338573v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338689v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Racine&#178;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene N. Andreassen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640433v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Navarro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Viollain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100120v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100167v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00989428v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Przewozny-Desriaux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980004v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00990563v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laks" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilio Calderone" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanas Tchobanov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980836v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Detey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979995v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Turcsan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551026v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646329v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Nouveau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267985v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646330v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173820v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bories" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amendola" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lamotte d'Incamps" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2007.05306.x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HPG040JT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274617v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274618v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Tarrier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093914v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2005.12.014" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMNV09L9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274620v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Nespoulous" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114035v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114071v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166500v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166479v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108735v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108728v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108723v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334156v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108708v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107740v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108697v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334160v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103568v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103614v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108545v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108482v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108519v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01003227v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Giraudo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Courd&#232;s-Murphy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02123165v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02123178v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chatellier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108365v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862261v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862268v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981797v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981448v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862276v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981796v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981798v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862272v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981431v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981799v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhanie Prince" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981443v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Buscail" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981436v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Racine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981332v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981331v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862280v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981334v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981335v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862287v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Carr" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981330v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862290v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134939v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rena Nemoto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adda-Decker" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2012-168" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981333v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334175v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Eychenne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650814v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00648352v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981182v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650813v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981231v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981174v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981236v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981183v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981178v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Coquillon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981238v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981181v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981185v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981179v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00648345v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981175v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981234v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981177v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981239v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981171v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646391v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981172v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981173v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981170v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Turscan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00648317v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981169v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646383v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650810v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116953v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116926v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116932v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116927v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862297v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114167v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114169v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114175v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114127v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114151v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166506v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166505v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166507v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166504v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981168v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806787v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099341v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Peuvergne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100600560" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099333v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327917v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099328v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Brulard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pum.univ-tlse2.fr/~La-prononciation-de-l-anglais~.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098859v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Gut" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gjert Kristoffersen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104313v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330702v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00736609v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Neveu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valelia Muni Toke" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klinger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Mondada" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979961v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979991v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muni Toke" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klingler" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00550931v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136676v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980012v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Kawaguchi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Minegishi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00550928v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979980v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00355471v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Habert" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf08353" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274616v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Nguyen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wauquier-Gravelines" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01450368v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delais-Roussarie" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166459v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166457v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00164768v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762443v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry van Der Hulst" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338862v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Yamada" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367535v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Albert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bouq.monod.2022.01" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762493v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene N Andreassen&#179;" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335218v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338934v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04334057v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367545v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367539v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyche Chantal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053058v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/linguistique-variationnelle.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08518-8.p.0277" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106257v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103239v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxfordre.com/linguistics" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199384655.013.14" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053648v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199573714.003.0033" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halshs-01330643v2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxfordscholarship.com/view/10.1093/acprof:oso/9780199573714.001.0001/acprof-9780199573714" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199573714.001.0001" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330642v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103211v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cle-international.com/la-prononciation-du-francais-dans-le-monde-du-natif-a-l-apprenant-livre-cd-9782090382419.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01497931v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ratier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rossi-Gensane" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199573714.003.0014" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103184v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103201v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103215v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100447v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chabanal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100271v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100218v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100227v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471172v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Josselin-Leray" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lopez" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062222v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01292259v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Neuropsycholinguistic-Perspectives-on-Language-Cognition-Essays-in-honour/Astesano-Jucla/p/book/9780815356974" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203797365-11" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100256v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100183v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980917v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780199571932.001.0001/oxfordhb-9780199571932" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780199571932.001.0001" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980922v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/36120" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330700v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100195v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980920v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330704v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100203v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00989443v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980921v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980916v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.cathe.2012.01.0011" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980914v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980913v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980838v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980441v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551024v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00721200v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551019v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980070v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomaks Klingler" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980073v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980439v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rossi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980440v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551020v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551021v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01684341v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980071v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980837v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980017v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980062v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551002v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00550966v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00136542v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gignoux" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Garnier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Veuille" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116257v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267524v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267575v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin J. Ewen" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267548v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00115955v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166493v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166491v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166484v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146146v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline L&#233;on" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Jean Bo&#235;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166470v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01693027v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00626956v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Durand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Lyche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269520000289" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338573v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338689v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Racine&#178;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene N. Andreassen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640433v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Navarro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Viollain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100120v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100167v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00989428v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Przewozny-Desriaux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00990563v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laks" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilio Calderone" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanas Tchobanov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980004v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980836v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Detey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979995v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Turcsan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551026v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646329v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Nouveau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646330v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267985v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173820v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bories" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amendola" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lamotte d'Incamps" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2007.05306.x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HPG040JT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274617v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093914v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2005.12.014" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMNV09L9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274618v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Tarrier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274620v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Nespoulous" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114035v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114071v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166500v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166479v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108735v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108728v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108723v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108708v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107740v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108697v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334160v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334156v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103614v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108545v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108482v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108519v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103568v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02123178v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chatellier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Courd&#232;s-Murphy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02123165v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108365v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862261v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Giraudo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862268v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01003227v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862272v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981798v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981796v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981431v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981799v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhanie Prince" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981443v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Buscail" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981436v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Racine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981797v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981448v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862276v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981335v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862287v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Carr" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981334v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981330v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862290v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981333v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134939v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rena Nemoto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adda-Decker" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2012-168" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862280v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981331v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981332v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650814v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00648352v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334175v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Eychenne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981231v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981174v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981236v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981183v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650813v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981182v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981178v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Coquillon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981238v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981181v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981185v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00648345v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981179v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981234v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981175v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981177v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981239v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646391v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981172v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981173v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981170v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Turscan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00648317v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981169v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981171v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646383v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650810v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116953v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116927v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116926v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116932v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04862297v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114167v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114169v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114175v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114127v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00114151v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166506v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166505v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166504v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166507v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981168v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806787v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099341v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Peuvergne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100600560" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327917v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099333v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099328v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Brulard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pum.univ-tlse2.fr/~La-prononciation-de-l-anglais~.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098859v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Gut" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gjert Kristoffersen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104313v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330702v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00736609v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Neveu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valelia Muni Toke" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klinger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Mondada" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979961v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979991v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muni Toke" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klingler" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00550931v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136676v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980012v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Kawaguchi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Minegishi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00550928v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979980v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00355471v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Habert" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf08353" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274616v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Nguyen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wauquier-Gravelines" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01450368v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delais-Roussarie" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166459v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166457v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00164768v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762443v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry van Der Hulst" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338862v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Yamada" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762493v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene N Andreassen&#179;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367535v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Albert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bouq.monod.2022.01" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338934v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335218v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367545v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04334057v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367539v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyche Chantal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053058v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/linguistique-variationnelle.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08518-8.p.0277" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106257v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103239v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxfordre.com/linguistics" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199384655.013.14" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330642v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103211v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cle-international.com/la-prononciation-du-francais-dans-le-monde-du-natif-a-l-apprenant-livre-cd-9782090382419.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halshs-01330643v2" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxfordscholarship.com/view/10.1093/acprof:oso/9780199573714.001.0001/acprof-9780199573714" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199573714.001.0001" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01497931v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ratier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rossi-Gensane" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199573714.003.0014" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103184v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103201v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100447v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chabanal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103215v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053648v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199573714.003.0033" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471172v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Josselin-Leray" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lopez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062222v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01292259v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Neuropsycholinguistic-Perspectives-on-Language-Cognition-Essays-in-honour/Astesano-Jucla/p/book/9780815356974" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203797365-11" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100256v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100271v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100227v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100218v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980922v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/36120" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980917v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780199571932.001.0001/oxfordhb-9780199571932" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780199571932.001.0001" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330700v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100195v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980920v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330704v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980921v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00989443v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100203v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100183v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980913v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980914v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980916v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.cathe.2012.01.0011" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980838v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551024v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00721200v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980441v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551021v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980440v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980439v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rossi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980073v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980070v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomaks Klingler" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551020v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01684341v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980071v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551019v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980062v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980017v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551002v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980837v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00136542v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gignoux" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Garnier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Veuille" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00550966v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267524v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116257v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267575v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin J. Ewen" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267548v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00115955v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166493v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166491v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166484v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146146v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline L&#233;on" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Jean Bo&#235;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166470v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01693027v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00626956v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>