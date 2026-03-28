--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -190,157 +190,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using lateral dispersion to optimise microfluidic trap array efficiency</w:t>
+                <w:t xml:space="preserve">Assessing ultrasonic and optical flow velocimetry in a millifluidic device using oil-in-water emulsions as blood mimicking fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Ruyssen</w:t>
+                <w:t xml:space="preserve">Estelle Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Fina</w:t>
+                <w:t xml:space="preserve">Williams Flores Cisternas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachele Allena</w:t>
+                <w:t xml:space="preserve">Héloïse Uhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Caroline Jullien</w:t>
+                <w:t xml:space="preserve">Alexandre Chargueraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quentin Grimal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 297, pp.106643. </w:t>
+              <w:t xml:space="preserve">Micro and Nano Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27, pp.100298. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2025.106643⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mne.2025.100298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05105497v1</w:t>
+                <w:t xml:space="preserve">hal-05528786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Microfluidic Platform for Actin‐Based Membrane Remodeling Reveals the Stabilizing Role of Branched Actin Networks on Lipid Microdomains</w:t>
               </w:r>
@@ -454,559 +458,555 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing ultrasonic and optical flow velocimetry in a millifluidic device using oil-in-water emulsions as blood mimicking fluid</w:t>
+                <w:t xml:space="preserve">Using lateral dispersion to optimise microfluidic trap array efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Lu</w:t>
+                <w:t xml:space="preserve">Nicolas Ruyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Williams Flores Cisternas</w:t>
+                <w:t xml:space="preserve">Gabriel Fina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héloïse Uhl</w:t>
+                <w:t xml:space="preserve">Rachele Allena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Chargueraud</w:t>
+                <w:t xml:space="preserve">Marie-Caroline Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Grimal</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micro and Nano Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27, pp.100298. </w:t>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 297, pp.106643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mne.2025.100298⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2025.106643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05528786v1</w:t>
+                <w:t xml:space="preserve">hal-05105497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IpaA reveals distinct modes of vinculin activation during Shigella invasion and cell-matrix adhesion</w:t>
+                <w:t xml:space="preserve">FRET-Sensing of Multivalent Protein Binding at the Interface of Biomimetic Microparticles Functionalized with Fluorescent Glycolipids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Cocom-Chan</w:t>
+                <w:t xml:space="preserve">Sophie Michelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamed Khakzad</w:t>
+                <w:t xml:space="preserve">Chiara Pompili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahamadou Konate</w:t>
+                <w:t xml:space="preserve">Florence Niedergang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Isui Aguilar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chakir Bello</w:t>
+                <w:t xml:space="preserve">Blaise Dumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Life Science Alliance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26508/lsa.202302418⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (8), pp.9669-9679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.3c15067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-05310479v1</w:t>
+                <w:t xml:space="preserve">hal-04569045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalization of microbubbles in a microfluidic chip for biosensing application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">IpaA reveals distinct modes of vinculin activation during Shigella invasion and cell-matrix adhesion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Cocom-Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Prudhomme</w:t>
+                <w:t xml:space="preserve">Hamed Khakzad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaimaa Lakhdar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
+                <w:t xml:space="preserve">Mahamadou Konate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahmoud Addouche</w:t>
+                <w:t xml:space="preserve">Daniel Isui Aguilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Chollet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chakir Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedical Microdevices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 26, pp.39. </w:t>
+              <w:t xml:space="preserve">Life Science Alliance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (8), pp.e202302418. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10544-024-00721-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26508/lsa.202302418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745918v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05310479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FRET-Sensing of Multivalent Protein Binding at the Interface of Biomimetic Microparticles Functionalized with Fluorescent Glycolipids</w:t>
+                <w:t xml:space="preserve">Functionalization of microbubbles in a microfluidic chip for biosensing application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Michelis</w:t>
+                <w:t xml:space="preserve">Marc Prudhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Pompili</w:t>
+                <w:t xml:space="preserve">Chaimaa Lakhdar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Niedergang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
+                <w:t xml:space="preserve">Mahmoud Addouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blaise Dumat</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Franck Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (8), pp.9669-9679. </w:t>
+              <w:t xml:space="preserve">Biomedical Microdevices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26, pp.39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.3c15067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10544-024-00721-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04569045v1</w:t>
+                <w:t xml:space="preserve">hal-04745918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alcanivorax borkumensis Biofilms Enhance Oil Degradation By Interfacial Tubulation</w:t>
               </w:r>
@@ -1120,429 +1120,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03820119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microtubules restrict F-actin polymerization to the immune synapse via GEF-H1 to maintain polarity in lymphocytes</w:t>
+                <w:t xml:space="preserve">Phenotyping polarization dynamics of immune cells using a lipid droplet-cell pairing microfluidic platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Léa Pinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ruyssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Judith Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mesdjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana-Maria Lennon Duménil</w:t>
+                <w:t xml:space="preserve">Damien Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11, </w:t>
+              <w:t xml:space="preserve">Cell Reports Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.100335. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.78330⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crmeth.2022.100335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03853910v1</w:t>
+                <w:t xml:space="preserve">hal-03853948v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microtubules restrict F-actin polymerization to the immune synapse via GEF-H1 to maintain polarity in lymphocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Pineau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Léa Pinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mesdjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Maria Lennon Duménil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2022.01.03.473915⟩</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.78330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03853508v1</w:t>
+                <w:t xml:space="preserve">hal-03853910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotyping polarization dynamics of immune cells using a lipid droplet-cell pairing microfluidic platform</w:t>
+                <w:t xml:space="preserve">Microtubules restrict F-actin polymerization to the immune synapse via GEF-H1 to maintain polarity in lymphocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Judith Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Léa Pinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mesdjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien Cuvelier</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Maria Lennon Duménil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.100335. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crmeth.2022.100335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2022.01.03.473915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03853948v2</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03853508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing the capture efficiency and homogeneity of single-layer flow-through trapping microfluidic devices using oblique hydrodynamic streams</w:t>
               </w:r>
@@ -1554,77 +1554,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Mesdjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ruyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Allena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 25 (11), pp.91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1652,667 +1652,667 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03413857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mannose-coated Fluorescent Lipid Microparticles for Specific Cellular Targeting and Internalization via Glycoreceptor-Induced Phagocytosis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of a comprehensive microfluidic and microscopic toolbox for the ultra-wide spatio-temporal study of plant protoplasts development and physiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorraine Montel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Léa Pinon</w:t>
+                <w:t xml:space="preserve">Kaori Sakai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Matton</w:t>
+                <w:t xml:space="preserve">Florence Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Cattiaux</w:t>
+                <w:t xml:space="preserve">Thomas Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Nogué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsabm.9b00793⟩</w:t>
+              <w:t xml:space="preserve">Plant Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13007-019-0459-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02338500v1</w:t>
+                <w:t xml:space="preserve">hal-02309578v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a comprehensive microfluidic and microscopic toolbox for the ultra-wide spatio-temporal study of plant protoplasts development and physiology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Multiparametric and High-Throughput Assay to Quantify the Influence of Target Size on Phagocytosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Le Saux</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lorraine Montel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Pinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13007-019-0459-z⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 117 (3), pp.408-419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2019.06.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02309578v2</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multiparametric and High-Throughput Assay to Quantify the Influence of Target Size on Phagocytosis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Mannose-coated Fluorescent Lipid Microparticles for Specific Cellular Targeting and Internalization via Glycoreceptor-Induced Phagocytosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Dumat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Montel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Pinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Matton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cattiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 117 (3), pp.408-419. </w:t>
+              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2019.06.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsabm.9b00793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02309906v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electro-capture of heavy metal ions with carbon cloth integrated microfluidic devices</w:t>
+                <w:t xml:space="preserve">Kinetically Enhanced Fabrication of Homogeneous Biomimetic and Functional Emulsion Droplets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois-Marie Allioux</w:t>
+                <w:t xml:space="preserve">L. Pinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pankaj Kapruwan</w:t>
+                <w:t xml:space="preserve">L. Montel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Mesdjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Milne</w:t>
+                <w:t xml:space="preserve">M. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lingxue Kong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
+                <w:t xml:space="preserve">A. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 194, pp.26-32. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (50), pp.15319-15326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.seppur.2017.10.064⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.8b02721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04019160v1</w:t>
+                <w:t xml:space="preserve">hal-04019151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetically Enhanced Fabrication of Homogeneous Biomimetic and Functional Emulsion Droplets</w:t>
+                <w:t xml:space="preserve">Electro-capture of heavy metal ions with carbon cloth integrated microfluidic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Pinon</w:t>
+                <w:t xml:space="preserve">Francois-Marie Allioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Montel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">O. Mesdjian</w:t>
+                <w:t xml:space="preserve">Pankaj Kapruwan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bernard</w:t>
+                <w:t xml:space="preserve">Nicholas Milne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Michel</w:t>
+                <w:t xml:space="preserve">Lingxue Kong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 34 (50), pp.15319-15326. </w:t>
+              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 194, pp.26-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.8b02721⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.seppur.2017.10.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04019151v1</w:t>
+                <w:t xml:space="preserve">hal-04019160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanometric emulsions encapsulating solid particles as alternative carriers for intracellular delivery</w:t>
               </w:r>
@@ -2337,51 +2337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Frebourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11 (16), pp.2059-2072. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2575,51 +2575,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mesdjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2787,51 +2787,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Size and fluorescence measurements of individual droplets by flow cytometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2933,51 +2933,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific wetting probed with biomimetic emulsion droplets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3127,51 +3127,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Tramier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 21 (9), pp.4175 - 4179. </w:t>
@@ -3241,51 +3241,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of Fluorescent and Encapsulating Particles from Biosourced Monomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaohe Hu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3323,77 +3323,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oil-in-Water Emulsion Droplets and Microfluidic Tools to Study B Cells Polarization and Mechanics of Immunological Synapse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Pinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Pierobon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology and Physics Confront Cell-Cell Adhesion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Biophysical Society, 2019, Aussois (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3457,51 +3457,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Deglaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3575,77 +3575,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encapsulation by AESO bio-based polymers through microfluidic tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jounées plénières du GDR MicroNanoFluidique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3728,51 +3728,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Akiyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Takama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3980,409 +3980,527 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04758174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted fluorescent lipid microparticles for quantitative measurement of phagosomal pH</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Lipid droplet-based passive tracking to probe tissue dynamics in lymph node slices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Uhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Blaise Dumat</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lene Vimeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Karnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rupprecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05378794v1</w:t>
+                <w:t xml:space="preserve">hal-05527043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FRET-sensing of receptor binding at the interface of targeted biomimetic microparticles functionalized with tunable fluorescent lipids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Targeted fluorescent lipid microparticles for quantitative measurement of phagosomal pH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Michelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Uhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Niedergang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Dumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296310v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05378794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">FRET-sensing of receptor binding at the interface of targeted biomimetic microparticles functionalized with tunable fluorescent lipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Michelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Pompili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Niedergang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Dumat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">ipaA triggers vinculin oligomerization to strengthen cell adhesion during Shigella invasion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Valencia-Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel-Isui Aguilar-Salvador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamed Khakzad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bou-Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Malosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03165086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4392,185 +4510,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouillage Specifique d'Emulsions sur Substrats Biomimetiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie. Université Pierre et Marie Curie - Paris VI, 2006. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pastel-00002188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouillage Spécifique de Gouttes d'Emulsion sur des Substrats Biomimétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biophysique [physics.bio-ph]. Université Pierre et Marie Curie - Paris VI, 2006. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00106357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId170"/>
+      <w:footerReference w:type="default" r:id="rId175"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4638,51 +4756,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="86298A98"/>
+    <w:nsid w:val="4CD8BC2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4869,51 +4987,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-fattaccioli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0095-2576" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116337222" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105497v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ruyssen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Fina" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Allena" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Jullien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fattaccioli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2025.106643" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191967v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lixin Huang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Lopes dos Santos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Labdi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lamour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olek Maciejak" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202500210" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05528786v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Flores Cisternas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Uhl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chargueraud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Grimal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2025.100298" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05310479v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cocom-Chan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Khakzad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou Konate" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Isui Aguilar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakir Bello" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202302418" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745918v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prudhomme" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimaa Lakhdar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Addouche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chollet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10544-024-00721-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569045v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michelis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Pompili" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Niedergang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Dumat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c15067" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820119v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Prasad" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Obana" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-Z. Lin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhao" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sakai" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adf3345" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853910v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Pineau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pinon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mesdjian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Lennon Dum&#233;nil" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.78330" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853508v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.01.03.473915" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853948v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cuvelier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crmeth.2022.100335" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413857v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mesdjian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ruyssen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Allena" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-021-02492-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338500v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Montel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Matton" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cattiaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.9b00793" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309578v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaori Sakai" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Saux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonhomme" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nogu&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-019-0459-z" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309906v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.06.021" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019160v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Marie Allioux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pankaj Kapruwan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Milne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingxue Kong" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2017.10.064" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019151v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pinon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b02721" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536652v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Quignard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Frebourg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Chen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2016-0074" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019176v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Molino" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Quignard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gruget" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pincet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep29113" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01290056v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2016.03.028" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01137459v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalthoum Ben M'Barek" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Molino" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Plamont" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2015.02.030" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400979v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baudry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Emerard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Bertrand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Goubault" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b814954b" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8JK6CVJP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346107v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Henry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brochard-Wyart" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bibette" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b806635c" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-N9KR36KT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01929637v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swapan K Mandal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lequeux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rotenberg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tramier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la047025m" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020275v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaohe Hu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020310v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pierobon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396347v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vi&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020080v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019235v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Akiyama" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cheng" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Takama" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Low" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2009.4805445" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758174v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle LU" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lacour" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delsuc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-3c42z" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378794v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296310v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03165086v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Valencia-Gallardo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel-Isui Aguilar-Salvador" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bou-Nader" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malosse" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00002188v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00106357v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-fattaccioli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0095-2576" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116337222" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05528786v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Flores Cisternas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Uhl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chargueraud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Grimal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2025.100298" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191967v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lixin Huang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Lopes dos Santos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Labdi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lamour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olek Maciejak" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202500210" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105497v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ruyssen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Fina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Allena" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Jullien" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fattaccioli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2025.106643" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569045v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michelis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Pompili" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Niedergang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Dumat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c15067" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05310479v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cocom-Chan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Khakzad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou Konate" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Isui Aguilar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakir Bello" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202302418" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745918v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prudhomme" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimaa Lakhdar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Addouche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chollet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10544-024-00721-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820119v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Prasad" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Obana" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-Z. Lin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhao" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sakai" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adf3345" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853948v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pinon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Pineau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mesdjian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cuvelier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crmeth.2022.100335" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853910v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Lennon Dum&#233;nil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.78330" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853508v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.01.03.473915" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413857v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mesdjian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ruyssen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Allena" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-021-02492-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309578v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaori Sakai" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Saux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonhomme" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nogu&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-019-0459-z" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309906v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Montel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.06.021" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338500v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Matton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cattiaux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.9b00793" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019151v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pinon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b02721" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019160v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Marie Allioux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pankaj Kapruwan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Milne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingxue Kong" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2017.10.064" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536652v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Quignard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Frebourg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Chen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2016-0074" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019176v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Molino" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Quignard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gruget" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pincet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep29113" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01290056v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2016.03.028" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01137459v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalthoum Ben M'Barek" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Molino" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Plamont" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2015.02.030" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400979v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baudry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Emerard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Bertrand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Goubault" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b814954b" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8JK6CVJP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346107v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Henry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brochard-Wyart" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bibette" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b806635c" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-N9KR36KT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01929637v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swapan K Mandal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lequeux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rotenberg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tramier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la047025m" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020275v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaohe Hu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020310v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pierobon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396347v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vi&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020080v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019235v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Akiyama" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cheng" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Takama" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Low" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2009.4805445" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758174v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle LU" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lacour" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delsuc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-3c42z" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527043v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Bruno" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Vimeux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Karnat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rupprecht" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378794v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296310v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03165086v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Valencia-Gallardo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel-Isui Aguilar-Salvador" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bou-Nader" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malosse" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00002188v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00106357v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>