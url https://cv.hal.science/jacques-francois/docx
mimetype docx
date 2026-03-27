--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2381,78 +2381,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers de praxématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, Linguistique du détachement, 40, pp.167-198. </w:t>
+              <w:t xml:space="preserve">, 2003, (Linguistique du détachement), 40, pp.167-198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/praxematique.2730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00364047v1</w:t>
+                <w:t xml:space="preserve">hal-00012716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Avant-propos] Fonctions et moyens d'expression de la focalisation à travers les langues</w:t>
               </w:r>
@@ -2554,78 +2554,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers de praxématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, (Linguistique du détachement), 40, pp.167-198. </w:t>
+              <w:t xml:space="preserve">, 2003, Linguistique du détachement, 40, pp.167-198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/praxematique.2730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00012716v1</w:t>
+                <w:t xml:space="preserve">halshs-00364047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les types de procès : des verbes aux prédications</w:t>
               </w:r>
@@ -3993,165 +3993,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00093246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Typologie participative et aspectuelle des prédications verbales et assignation du rôle &amp;quot;PATIENT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques François</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence à l'Institut de Romanistique de l'Université de Munich</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2005, Munich, Allemagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00121825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'espace sémantique des verbes polysémiques selon le Dictionnaire Électronique des Synonymes du CRISCO : homonymie, polysémie et variation des cadres prédicatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intensive seminar - Contrastive Linguistics: Syntax and Lexicon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Gand, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00121830v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-00121825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête sur la covariance entre l'éventail des significations verbales (polysémie) et celui des cadres prédicatifs (polytaxie) en français</w:t>
               </w:r>
@@ -6749,50 +6749,112 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04505936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Modélisation graphique de la polysémie évolutive du n.f. CAMPAGNE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques François</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Modélisation graphique de la polysémie évolutive - 2éme bilan d'étape (automne 2023 – été 2024)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurette Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6807,119 +6869,57 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Reynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04735960v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04505752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les techniques de visualisation dans les sciences du langage</w:t>
               </w:r>
@@ -7605,51 +7605,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret-Dujour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Embarki" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fran&#231;ois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pillot-Loiseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.234.0157" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598504v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Chardon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.118.1.3292780" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443225v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11305-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443255v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zrp-2021-0026" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443282v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.081.0057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03192815v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/lexique.787" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407960v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Gmir" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.020.0125" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534106v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Morel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfla.201.0009" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923949v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078863v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cordier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Croizet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rigalleau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0034139" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacoub Gherissi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746076v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Diwersy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/tranel.2011.2796" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834424v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534021v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.1291" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870490v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845511v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147545v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Pesant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Leeman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.153.0003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513302v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092876v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dutoit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.153.0040" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092896v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Manguin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.150.0050" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012466v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.007.0057" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811302v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092885v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.006.0035" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094301v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012468v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831467v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rembert Eufe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Fesenmeier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ozouf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00364047v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.2730" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012715v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012716v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332522v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gosselin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052311v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052295v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133117v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631012v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689218v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Kail" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659556v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468708v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Legallois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534031v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf/2010268" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343568v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461239v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012477v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-31-32-01-900000030" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093241v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121839v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.102.1.2028204" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533998v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154078v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Mejri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093246v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121830v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121825v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121832v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012326v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Victorri" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012502v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ros" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012483v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012508v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012686v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Renault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lis.25.05ren" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012402v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099319v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Coulon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793288v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686290v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093919v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005591v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813209v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110668636-013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907109v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693715v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/enseditions/6897" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.6897" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907167v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532144v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012401v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012263v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012399v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009703v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012260v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534096v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012400v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.7063" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012507v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012357v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Salles" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lenepveu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099320v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870504v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404729v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Charolles" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505936v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735960v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505752v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797302v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263671v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012404v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012506v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02147954v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02140276v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02147960v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret-Dujour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Embarki" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fran&#231;ois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pillot-Loiseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.234.0157" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598504v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Chardon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.118.1.3292780" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443225v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11305-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443255v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zrp-2021-0026" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443282v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.081.0057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03192815v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/lexique.787" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407960v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Gmir" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.020.0125" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534106v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Morel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfla.201.0009" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923949v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078863v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cordier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Croizet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rigalleau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0034139" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacoub Gherissi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746076v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Diwersy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/tranel.2011.2796" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834424v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534021v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.1291" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870490v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845511v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147545v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Pesant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Leeman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.153.0003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513302v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092876v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dutoit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.153.0040" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092896v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Manguin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.150.0050" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012466v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.007.0057" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811302v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092885v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.006.0035" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094301v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012468v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831467v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rembert Eufe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Fesenmeier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ozouf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012716v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.2730" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012715v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00364047v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332522v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gosselin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052311v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052295v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133117v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631012v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689218v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Kail" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659556v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468708v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Legallois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534031v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf/2010268" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343568v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461239v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012477v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-31-32-01-900000030" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093241v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121839v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.102.1.2028204" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533998v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154078v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Mejri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093246v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121825v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121830v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121832v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012326v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Victorri" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012502v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ros" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012483v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012508v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012686v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Renault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lis.25.05ren" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012402v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099319v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Coulon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793288v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686290v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093919v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005591v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813209v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110668636-013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907109v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693715v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/enseditions/6897" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.6897" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907167v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532144v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012401v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012263v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012399v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009703v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012260v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534096v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012400v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.7063" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012507v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012357v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Salles" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lenepveu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099320v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870504v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404729v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Charolles" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505936v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505752v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735960v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797302v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263671v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012404v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012506v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02147954v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02140276v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02147960v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>