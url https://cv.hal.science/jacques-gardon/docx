--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -168,51 +168,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -470,5501 +470,5635 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05215138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genotoxicity in humans exposed to arsenic, lithium, and boron in drinking water in the Bolivian Andes—A cross sectional study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revisiting the Loa loa microfilaremia thresholds above which serious adverse events may occur with ivermectin treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josué Mamani</w:t>
+                <w:t xml:space="preserve">Charlotte Boullé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica de Loma</w:t>
+                <w:t xml:space="preserve">Sébastien Pion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franz Ascui</w:t>
+                <w:t xml:space="preserve">Jacques Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karin Broberg</w:t>
+                <w:t xml:space="preserve">Nathalie Gardon-Wendel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Fokom-Domgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental and Molecular Mutagenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/em.22587⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, PLoS Neglected Tropical Diseases, 19 (3), pp.e0012957. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0012957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04543356v1</w:t>
+                <w:t xml:space="preserve">hal-05546284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lead-based paint detection using perovskite fluorescence and X-ray fluorescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexander van Geen</w:t>
+                <w:t xml:space="preserve">Genotoxicity in humans exposed to arsenic, lithium, and boron in drinking water in the Bolivian Andes—A cross sectional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Tirado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lukas Helmbrecht</w:t>
+                <w:t xml:space="preserve">Josué Mamani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Ritter</w:t>
+                <w:t xml:space="preserve">Jessica de Loma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kouassi Ernest Ahoussi</w:t>
+                <w:t xml:space="preserve">Franz Ascui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petanki Soro</w:t>
+                <w:t xml:space="preserve">Karin Broberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1307, 342618 [17p.]. </w:t>
+              <w:t xml:space="preserve">Environmental and Molecular Mutagenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2024.342618⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/em.22587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791744v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04543356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative potential of particulate matter and its association to respiratory health endpoints in high-altitude cities in Bolivia</w:t>
+                <w:t xml:space="preserve">Lead-based paint detection using perovskite fluorescence and X-ray fluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Borlaza-Lacoste</w:t>
+                <w:t xml:space="preserve">Alexander van Geen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Mardoñez</w:t>
+                <w:t xml:space="preserve">Lukas Helmbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouk Marsal</w:t>
+                <w:t xml:space="preserve">Eric Ritter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian Hough</w:t>
+                <w:t xml:space="preserve">Kouassi Ernest Ahoussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vy Ngoc Thuy Dinh</w:t>
+                <w:t xml:space="preserve">Petanki Soro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 255, pp.119179. </w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1307, 342618 [17p.]. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2024.119179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2024.342618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705771v1</w:t>
+                <w:t xml:space="preserve">hal-04791744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Differentiated Thyroid Carcinomas in French Polynesia After Atmospheric Nuclear Tests Performed by France</w:t>
+                <w:t xml:space="preserve">Oxidative potential of particulate matter and its association to respiratory health endpoints in high-altitude cities in Bolivia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent de Vathaire</w:t>
+                <w:t xml:space="preserve">Lucille Borlaza-Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monia Zidane</w:t>
+                <w:t xml:space="preserve">Valeria Mardoñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance Xhaard</w:t>
+                <w:t xml:space="preserve">Anouk Marsal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Souchard</w:t>
+                <w:t xml:space="preserve">Ian Hough</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Chevillard</w:t>
+                <w:t xml:space="preserve">Vy Ngoc Thuy Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Network Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 6 (5), pp.e2311908. </w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 255, pp.119179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2023.11908⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2024.119179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04438121v1</w:t>
+                <w:t xml:space="preserve">hal-04705771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic factors for differentiated thyroid cancer in French Polynesia : new candidate loci</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Assessment of Differentiated Thyroid Carcinomas in French Polynesia After Atmospheric Nuclear Tests Performed by France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent de Vathaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monia Zidane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Rachedi</w:t>
+                <w:t xml:space="preserve">Constance Xhaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Ory</w:t>
+                <w:t xml:space="preserve">Vincent Souchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chevillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/pcmedi/pbad015⟩</w:t>
+              <w:t xml:space="preserve">JAMA Network Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (5), pp.e2311908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2023.11908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04191730v1</w:t>
+                <w:t xml:space="preserve">inserm-04438121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating post-treatment Loa loa microfilarial densities to classify serious adverse events caused by ivermectin: a retrospective analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Boullé</w:t>
+                <w:t xml:space="preserve">Genetic factors for differentiated thyroid cancer in French Polynesia : new candidate loci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monia Zidane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Chesnais</w:t>
+                <w:t xml:space="preserve">Marc E. Haber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Kamgno</w:t>
+                <w:t xml:space="preserve">Thérèse Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Gardon</w:t>
+                <w:t xml:space="preserve">Frédérique Rachedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Chippaux</w:t>
+                <w:t xml:space="preserve">Catherine Ory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Microbe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 4 (2), pp.e93-e101. </w:t>
+              <w:t xml:space="preserve">Precision Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (2), pbad015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S2666-5247(22)00331-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/pcmedi/pbad015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04093155v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human adaptation to arsenic in Bolivians living in the Andes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jessica de Loma</w:t>
+                <w:t xml:space="preserve">Evaluating post-treatment Loa loa microfilarial densities to classify serious adverse events caused by ivermectin: a retrospective analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Boullé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mário Vicente</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Noemi Tirado</w:t>
+                <w:t xml:space="preserve">Cédric Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Kamgno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franz Ascui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Vahter</w:t>
+                <w:t xml:space="preserve">Jacques Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Chippaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.134764⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Microbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (2), pp.e93-e101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2666-5247(22)00331-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04543475v1</w:t>
+                <w:t xml:space="preserve">hal-04093155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arsenic exposure and biomarkers for oxidative stress and telomere length in indigenous populations in Bolivia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Human adaptation to arsenic in Bolivians living in the Andes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica de Loma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian H Lindh</w:t>
+                <w:t xml:space="preserve">Mário Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Tirado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Ascui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josue Mamani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Noemi Tirado</w:t>
+                <w:t xml:space="preserve">Marie Vahter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 231, pp.113194. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 301, pp.134764. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2022.113194⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.134764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04543453v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04543475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La santé environnementale : l’opportunité d’instaurer une gouvernance des risques multidimensionnelle et intégrée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arsenic exposure and biomarkers for oxidative stress and telomere length in indigenous populations in Bolivia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica de Loma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Carré</w:t>
+                <w:t xml:space="preserve">Annette M Krais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gardon</w:t>
+                <w:t xml:space="preserve">Christian H Lindh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud H Devès</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christian Mougin</w:t>
+                <w:t xml:space="preserve">Josue Mamani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Tirado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales des mines - Série Responsabilité et environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/re1.104.0065⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 231, pp.113194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2022.113194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03363103v1</w:t>
+                <w:t xml:space="preserve">hal-04543453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thyroid Doses to French Polynesians Resulting from Atmospheric Nuclear Weapons Tests: Estimates Based on Radiation Measurements and Population Lifestyle Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La santé environnementale : l’opportunité d’instaurer une gouvernance des risques multidimensionnelle et intégrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Drozdovitch</w:t>
+                <w:t xml:space="preserve">Maud H Devès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Bouville</w:t>
+                <w:t xml:space="preserve">Laure Giamberini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Taquet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tetuaura Tetuanui</w:t>
+                <w:t xml:space="preserve">Christian Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/HP.0000000000001262⟩</w:t>
+              <w:t xml:space="preserve">Annales des mines - Série Responsabilité et environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 104 (4), pp.65-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/re1.104.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03080079v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arsenic Exposure and Cancer-Related Proteins in Urine of Indigenous Bolivian Women</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jessica de Loma</w:t>
+                <w:t xml:space="preserve">Thyroid Doses to French Polynesians Resulting from Atmospheric Nuclear Weapons Tests: Estimates Based on Radiation Measurements and Population Lifestyle Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Drozdovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anda Gliga</w:t>
+                <w:t xml:space="preserve">André Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Levi</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Marc Taquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetuaura Tetuanui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpubh.2020.605123⟩</w:t>
+              <w:t xml:space="preserve">Health Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 120 (1), pp.34-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HP.0000000000001262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03066015v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03080079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safety of high-dose ivermectin: a systematic review and meta-analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miriam Navarro</w:t>
+                <w:t xml:space="preserve">Arsenic Exposure and Cancer-Related Proteins in Urine of Indigenous Bolivian Women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica de Loma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Camprubí</w:t>
+                <w:t xml:space="preserve">Anda Gliga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Requena-Méndez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Giovanni Giorli</w:t>
+                <w:t xml:space="preserve">Michael Levi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Ascui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkz524⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpubh.2020.605123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04839932v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03066015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individuals living in an onchocerciasis focus and treated three-monthly with ivermectin develop fewer new onchocercal nodules than individuals treated annually</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Safety of high-dose ivermectin: a systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Camprubí</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy T Campillo</w:t>
+                <w:t xml:space="preserve">Ana Requena-Méndez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric B Chesnais</w:t>
+                <w:t xml:space="preserve">Dora Buonfrate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien D Pion</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joseph Kamgno</w:t>
+                <w:t xml:space="preserve">Giovanni Giorli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13, pp.258. </w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 75 (4), pp.827-834. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13071-020-04126-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkz524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03142942v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04839932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual risk of post-ivermectin serious adverse events in subjects infected with Loa loa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Individuals living in an onchocerciasis focus and treated three-monthly with ivermectin develop fewer new onchocercal nodules than individuals treated annually</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy T Campillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric B Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien D Pion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Gardon-Wendel</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Kamgno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EClinicalMedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eclinm.2020.100582⟩</w:t>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13, pp.258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13071-020-04126-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03141579v1</w:t>
+                <w:t xml:space="preserve">hal-03142942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Essential Trace Elements Dietary Exposure in French Polynesia: Intake Assessment, Nail Bio Monitoring and Thyroid Cancer Risk</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Côte</w:t>
+                <w:t xml:space="preserve">Individual risk of post-ivermectin serious adverse events in subjects infected with Loa loa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric B Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien D Pion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Boullé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gardon-Wendel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asian Pacific Journal of Cancer Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.31557/APJCP.2019.20.2.355⟩</w:t>
+              <w:t xml:space="preserve">EClinicalMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28, pp.100582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eclinm.2020.100582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02064336v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03141579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elevated arsenic exposure and efficient arsenic metabolism in indigenous women around Lake Poopó, Bolivia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie Vahter</w:t>
+                <w:t xml:space="preserve">Non-Essential Trace Elements Dietary Exposure in French Polynesia: Intake Assessment, Nail Bio Monitoring and Thyroid Cancer Risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monia Zidane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yen Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Xhaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Leufroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Côte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.11.473⟩</w:t>
+              <w:t xml:space="preserve">Asian Pacific Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (2), pp.355-367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31557/APJCP.2019.20.2.355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02064307v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02064336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropic impacts on Sub-Saharan urban water resources through their pharmaceutical contamination (Yaoundé, Center Region, Cameroon)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Courant</w:t>
+                <w:t xml:space="preserve">Elevated arsenic exposure and efficient arsenic metabolism in indigenous women around Lake Poopó, Bolivia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica de Loma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Tirado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Ascui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Levi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Vahter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 660, pp.886-898. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.12.256⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 657, pp.179-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.11.473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02096802v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02064307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior and Food Consumption Pattern of the French Polynesian Population in the 1960s –1970s</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Gardon</w:t>
+                <w:t xml:space="preserve">Anthropic impacts on Sub-Saharan urban water resources through their pharmaceutical contamination (Yaoundé, Center Region, Cameroon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Branchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Ariza Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Fenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asian Pacific Journal of Cancer Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.31557/APJCP.2019.20.12.3667⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 660, pp.886-898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.12.256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428862v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02096802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a Single Standard Dose (150–200 μg/kg) of Ivermectin on Loa loa Microfilaremia: Systematic Review and Meta-analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jacques Gardon</w:t>
+                <w:t xml:space="preserve">Behavior and Food Consumption Pattern of the French Polynesian Population in the 1960s –1970s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Drozdovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetuaura Tetuanui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Taquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ofid/ofz019⟩</w:t>
+              <w:t xml:space="preserve">Asian Pacific Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (12), pp.3667-3677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31557/APJCP.2019.20.12.3667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02263718v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymetallic pollution from abandoned mines in Mediterranean regions: a multidisciplinary approach to environmental risks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of a Single Standard Dose (150–200 μg/kg) of Ivermectin on Loa loa Microfilaremia: Systematic Review and Meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien D. Pion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Doumas</w:t>
+                <w:t xml:space="preserve">Jules Brice Tchatchueng-Mbougua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marguerite Munoz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Odile Bruneel</w:t>
+                <w:t xml:space="preserve">Cédric B. Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Kamgno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Environmental Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10113-016-0939-x⟩</w:t>
+              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (4), pp.ofz019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ofid/ofz019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01354661v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02263718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macrofilaricidal Efficacy of Repeated Doses of Ivermectin for the Treatment of River Blindness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polymetallic pollution from abandoned mines in Mediterranean regions: a multidisciplinary approach to environmental risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Doumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Banni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Walker</w:t>
+                <w:t xml:space="preserve">Sylvia Becerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Pion</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Joseph Kamgno</w:t>
+                <w:t xml:space="preserve">Odile Bruneel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cid/cix616⟩</w:t>
+              <w:t xml:space="preserve">Regional Environmental Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (3), pp.677-692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10113-016-0939-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429016v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01354661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal concentration and bioaccessibility in different particle sizes of dust and aerosols to refine metal exposure assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Macrofilaricidal Efficacy of Repeated Doses of Ivermectin for the Treatment of River Blindness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvaine Goix</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aude Calas</w:t>
+                <w:t xml:space="preserve">Hanwei Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Kamgno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2016.05.083⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65 (12), pp.2026-2034. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/cix616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01902856v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herbal Medicine Practices of Patients With Liver Cancer in Peru: A Comprehensive Study Toward Integrative Cancer Management</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Pineau</w:t>
+                <w:t xml:space="preserve">Metal concentration and bioaccessibility in different particle sizes of dust and aerosols to refine metal exposure assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Goix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Uzu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscia Oliva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiorella Barraza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Calas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrative Cancer Therapies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1534735416681642⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 317, pp.552 - 562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2016.05.083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415654v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxic trace elements in maternal and cord blood and social determinants in a Bolivian mining city</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Herbal Medicine Practices of Patients With Liver Cancer in Peru: A Comprehensive Study Toward Integrative Cancer Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Rojas Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Bourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloy Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Pablo Cerapio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavia Barbieri</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Muckelbauer</w:t>
+                <w:t xml:space="preserve">Pascal Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Health Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09603123.2015.1061114⟩</w:t>
+              <w:t xml:space="preserve">Integrative Cancer Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1534735416681642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01902857v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indoor metallic pollution and children exposure in a mining city</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toxic trace elements in maternal and cord blood and social determinants in a Bolivian mining city</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Ruiz-Castell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Paco V.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enio Barbieri</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rebecca Muckelbauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.03.136⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Health Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26 (2), pp.158 - 174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09603123.2015.1061114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01902862v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Child patterns of growth delay and cognitive development in a bolivian mining city</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">María Ruiz-Castell</w:t>
+                <w:t xml:space="preserve">Indoor metallic pollution and children exposure in a mining city</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enio Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Fontúrbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Elie Carsin</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Cristian Herbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gardon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Human Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajhb.22346⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 487, pp.13 - 19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.03.136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01902863v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transplantation of epiphytic bioaccumulators (Tillandsia capillaris) for high spatial resolution biomonitoring of trace elements and point sources deconvolution in a complex mining/smelting urban context</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Louis Duprey</w:t>
+                <w:t xml:space="preserve">Child patterns of growth delay and cognitive development in a bolivian mining city</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Ruiz-Castell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Elie Carsin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia-Laura Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Paco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2013.08.011⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Human Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25 (1), pp.94 - 100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajhb.22346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01902870v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Child neurodevelopment in a Bolivian mining city</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joan Forns</w:t>
+                <w:t xml:space="preserve">Transplantation of epiphytic bioaccumulators (Tillandsia capillaris) for high spatial resolution biomonitoring of trace elements and point sources deconvolution in a complex mining/smelting urban context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Goix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Resongles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Point</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscia Oliva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2011.12.001⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 80, pp.330 - 341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2013.08.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02431936v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indoor metallic pollution related to mining activity in the Bolivian Altiplano</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Child neurodevelopment in a Bolivian mining city</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Ruiz-Castell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Paco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia-Laura Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Duprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Forns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 159 (10), pp.2870-2875. </w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 112, pp.147-154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2011.04.039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2011.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04839943v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of source distribution and geochemical composition of aerosols on children exposure in the large polymetallic mining region of the Bolivian Altiplano</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Indoor metallic pollution related to mining activity in the Bolivian Altiplano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Fontúrbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enio Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Herbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 159 (10), pp.2870-2875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2011.04.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2011.09.065⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01902864v1</w:t>
+                <w:t xml:space="preserve">hal-04839943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hair Trace Elements Concentration to Describe Polymetallic Mining Waste Exposure in Bolivian Altiplano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Laura Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavia Laura Barbieri</w:t>
+                <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Cournil</w:t>
+                <w:t xml:space="preserve">Jorge Eduardo Souza Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Eduardo Souza Sarkis</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Bénéfice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Trace Element Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 139 (1), pp.10-23. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12011-010-8641-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12011-010-8641-1⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02431922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mercury exposure in a high fish eating Bolivian Amazonian population with intense small-scale gold-mining activities</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Influence of source distribution and geochemical composition of aerosols on children exposure in the large polymetallic mining region of the Bolivian Altiplano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Goix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Point</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscia Oliva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Polvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Duprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Health Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 19 (4), pp.267-277. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 412-413, pp.170 - 184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09603120802559342⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2011.09.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429036v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hair mercury levels in Amazonian populations: spatial distribution and trends</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Mercury exposure in a high fish eating Bolivian Amazonian population with intense small-scale gold-mining activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Laura Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cournil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Health Geographics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Environmental Health Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19 (4), pp.267-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09603120802559342⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1476-072x-8-71⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02429034v1</w:t>
+                <w:t xml:space="preserve">hal-02429036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial modelling and the prediction of Loa loa risk: decision making under uncertainty</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hair mercury levels in Amazonian populations: spatial distribution and trends</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Tropical Medicine and Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1179/136485913X13789813917463⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Health Geographics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 8 (1), pp.71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1476-072x-8-71⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04839950v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microfilarial distribution of Loa loa in the human host: population dynamics and epidemiological implications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Pion</w:t>
+                <w:t xml:space="preserve">Spatial modelling and the prediction of Loa loa risk: decision making under uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter J. Diggle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Thomson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. F. Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Rowlingson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.A.N. Filipe</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maria-Gloria Basáñez</w:t>
+                <w:t xml:space="preserve">V. Obsomer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0031182006000035⟩</w:t>
+              <w:t xml:space="preserve">Annals of Tropical Medicine and Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 101 (6), pp.499-509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1179/136485907X229121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04840020v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04839950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dengue Spatial and Temporal Patterns, French Guiana, 2001</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microfilarial distribution of Loa loa in the human host: population dynamics and epidemiological implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A.N. Filipe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Kamgno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annelise Tran</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Patrick Rabarison</w:t>
+                <w:t xml:space="preserve">Maria-Gloria Basáñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid1004.030186⟩</w:t>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 133 (01), pp.101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0031182006000035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03214516v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04840020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Th2 responses predominate during the early phases of infection in patients with localized cutaneous leishmaniasis and precede the development of Th1 responses.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dengue Spatial and Temporal Patterns, French Guiana, 2001</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelise Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Pascalis</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hervé Pascal</w:t>
+                <w:t xml:space="preserve">Patrick Rabarison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/IAI.71.4.2244-2246.2003⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 10 (4), pp.615-621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid1004.030186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02116563v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03214516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LACK-Specific CD4 + T Cells That Induce Gamma Interferon Production in Patients with Localized Cutaneous Leishmaniasis during an Early Stage of Infection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
+                <w:t xml:space="preserve">Th2 responses predominate during the early phases of infection in patients with localized cutaneous leishmaniasis and precede the development of Th1 responses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Pascalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Bourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Pradinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghislaine Prévot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hitoshi Hasagewa</w:t>
+                <w:t xml:space="preserve">Hervé Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 70 (6), pp.3122-3129. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/iai.70.6.3122-3129.2002⟩</w:t>
+              <w:t xml:space="preserve">, 2003, 71 (4), pp.2244-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/IAI.71.4.2244-2246.2003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03284783v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02116563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Intralesional Interleukin‐10 Messenger RNA Expression in Localized Cutaneous Leishmaniasis Is Associated with Unresponsiveness to Treatment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
+                <w:t xml:space="preserve">LACK-Specific CD4 + T Cells That Induce Gamma Interferon Production in Patients with Localized Cutaneous Leishmaniasis during an Early Stage of Infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Bourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Prévot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Pradinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Launois</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hitoshi Hasagewa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 184 (12), pp.1628-1630. </w:t>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 70 (6), pp.3122-3129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1086/324665⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/iai.70.6.3122-3129.2002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03284786v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03284783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suburban transmission of Q fever in French Guiana: evidence of a wild reservoir.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">High Intralesional Interleukin‐10 Messenger RNA Expression in Localized Cutaneous Leishmaniasis Is Associated with Unresponsiveness to Treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Bourreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Prévot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Pradinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Heraud</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Launois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 184 (3), pp.278-84. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1086/322034⟩</w:t>
+              <w:t xml:space="preserve">, 2001, 184 (12), pp.1628-1630. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/324665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-00607923v1</w:t>
+                <w:t xml:space="preserve">hal-03284786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Suburban transmission of Q fever in French Guiana: evidence of a wild reservoir.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Heraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Laventure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aélis Ladam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Capot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 184 (3), pp.278-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/322034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00607923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ivermectin-based control of onchocerciasis in northern Cameroon: individual factors influencing participation in community treatment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ogil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions of The Royal Society of Tropical Medicine and Hygiene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 90 (3), pp.218-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00665580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5974,104 +6108,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude d’imprégnation à l’arsenic d’enfants vivant en contexte minier et non minier du sud de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Pujalte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de montpellier. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04782402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6081,292 +6215,292 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinary Participative Platforms to Ensure the Wellbeing of African City Dwellers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Cornou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urban Health and Wellbeing Programme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Singapore, pp.73-80, 2022, Urban Health and Wellbeing, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-19-2523-8_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03934078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecosistemas alto-andinos del valle de La Paz: aportes a la sociedad y vulnerabilidad frente a los cambios globales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Anthelme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perrier Bruslé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Isela Loza Herrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Moya I.; Meneses R. I.; Sarmiento J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historia Natural de un valle en los Andes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Museo Nacional de Historia Natural, p.173-183, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01450788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6376,91 +6510,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la rencontre de ces Boliviens qui supportent l'arsenic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, en ligne [6 p.]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03948277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6470,620 +6604,620 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceived health and oil environmental contamination: a possible residential exposure?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arsenic exposure and metabolism among women in Bolivia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Tirado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karin Broberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Vahter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Congrès du réseau des géographes de la santé d’Amérique latine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">6th International Congress Arsenic in the Environment (As2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02125773v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human arsenic exposure in Bolivian Andes: Where do we stand?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Perceived health and oil environmental contamination: a possible residential exposure?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Cadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Borrell Estupina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Grouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Becerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Requier-Desjardins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International colloquium on current and ancient contamination in Andes aquatic ecosystems = Coloquio internacional sobre la contaminación actual y histórica en los ecosistemas acuáticos Andinos = Colloque international sur la contamination actuelle et historique des écosystèmes aquatiques andins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, La Paz, Bolivia</w:t>
+              <w:t xml:space="preserve">6ème Congrès du réseau des géographes de la santé d’Amérique latine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02128313v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02125773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arsenic exposure and metabolism among women in Bolivia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Human arsenic exposure in Bolivian Andes: Where do we stand?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Tirado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karin Broberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vahter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Congress Arsenic in the Environment (As2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">International colloquium on current and ancient contamination in Andes aquatic ecosystems = Coloquio internacional sobre la contaminación actual y histórica en los ecosistemas acuáticos Andinos = Colloque international sur la contamination actuelle et historique des écosystèmes aquatiques andins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, La Paz, Bolivia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02128373v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AS3MT genotype in South American populations and their influence on arsenic metabolism.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Engström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karin Broberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vahter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florencia Harari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Maria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Congress on Arsenic in the Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Buenos Aires, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02064270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of &amp;lt;em&amp;gt;Onchocerca volvulus&amp;lt;/em&amp;gt; microfilarial loads of Cameroonian patients submitted to repeated (5-23) ivermectin treatments over 14 years (1994-2007)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien D. Pion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Nana-Djeunga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bourguinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques J. Cabaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Charvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57. Annual Meeting of the American Society of Tropical Medicine and Hygiene (ASTMH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Society of Tropical Medicine and Hygiene. USA., Dec 2008, New Orleans, United States. pp.283</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7093,168 +7227,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementary and alternative medicine practices of patients with liver cancer in Peru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Rojas Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Bourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Cerapio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SINAPSIS 2016: First Meeting of Peruvian Scientists in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03335662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId279"/>
+      <w:footerReference w:type="default" r:id="rId282"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7322,51 +7456,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="22D00A90"/>
+    <w:nsid w:val="D2BF4225"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7553,51 +7687,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-gardon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0570-634X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165713712" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/J-8022-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077894v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pujalt&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeno Loi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bernard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Moulis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delpoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.117842" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215138v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Yang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Snigireva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika Barron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Tirado" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Alvarez Aliaga" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109727" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543356v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Mamani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Loma" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Ascui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Broberg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/em.22587" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791744v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander van Geen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Helmbrecht" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ritter" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouassi Ernest Ahoussi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petanki Soro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2024.342618" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705771v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Borlaza-Lacoste" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mardo&#241;ez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Marsal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Hough" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vy Ngoc Thuy Dinh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.119179" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04438121v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent de Vathaire" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Zidane" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Xhaard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Souchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevillard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2023.11908" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191730v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc E. Haber" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Truong" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rachedi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ory" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcmedi/pbad015" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04093155v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Boull&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chesnais" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kamgno" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gardon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chippaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2666-5247(22)00331-7" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543475v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rio Vicente" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vahter" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.134764" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543453v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette M Krais" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian H Lindh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josue Mamani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2022.113194" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03363103v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carr&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gardon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud H Dev&#232;s" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Giamberini" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/re1.104.0065" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03080079v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Drozdovitch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bouville" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Taquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetuaura Tetuanui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HP.0000000000001262" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066015v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda Gliga" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Levi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2020.605123" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839932v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Navarro" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Camprub&#237;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Requena-M&#233;ndez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Buonfrate" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Giorli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkz524" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03142942v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my T Campillo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric B Chesnais" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien D Pion" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-020-04126-x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03141579v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gardon-Wendel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2020.100582" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064336v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Ren" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Leufroy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne C&#244;te" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31557/APJCP.2019.20.2.355" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02064307v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.11.473" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02096802v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Branchet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ariza Castro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fenet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.12.256" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428862v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31557/APJCP.2019.20.12.3667" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02263718v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien D. Pion" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Brice Tchatchueng-Mbougua" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric B. Chesnais" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofz019" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354661v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Doumas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Munoz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Banni" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Becerra" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bruneel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-016-0939-x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429016v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Walker" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pion" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanwei Fang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/cix616" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902856v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Goix" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Uzu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscia Oliva" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Barraza" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Calas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2016.05.083" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5BJMXRQS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01415654v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Rojas Rojas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bourdy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloy Ruiz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Pablo Cerapio" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pineau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1534735416681642" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902857v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Barbieri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ruiz-Castell" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Paco V." TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Muckelbauer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603123.2015.1061114" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902862v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enio Barbieri" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Font&#250;rbel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Herbas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.03.136" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902863v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elie Carsin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia-Laura Barbieri" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Paco" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajhb.22346" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0BWQ88LW-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902870v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Resongles" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Point" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Duprey" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2013.08.011" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1RF6W21S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431936v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Duprey" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Forns" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2011.12.001" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1TSQ1DZP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839943v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.04.039" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JSMBRX71-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902864v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Polv&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2011.09.065" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5RG76KV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431922v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Laura Barbieri" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cournil" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Eduardo Souza Sarkis" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B&#233;n&#233;fice" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12011-010-8641-1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F4A2F4EA1C1694933AC9EB44BF0AF81D77FFAB8D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429036v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603120802559342" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429034v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1476-072x-8-71" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839950v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Diggle" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomson" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Christensen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rowlingson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Obsomer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/136485913X13789813917463" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840020v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A.N. Filipe" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kamgno" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Gloria Bas&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182006000035" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-03214516v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Tran" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deparis" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dussart" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Morvan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rabarison" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1004.030186" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116563v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pascalis" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Bourreau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pradinaud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pascal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.71.4.2244-2246.2003" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-03284783v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Pr&#233;vot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitoshi Hasagewa" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.70.6.3122-3129.2002" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-03284786v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Launois" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/324665" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00607923v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Heraud" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Laventure" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;lis Ladam" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Capot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/322034" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00665580v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Mac&#233;" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cadot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ogil" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782402v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pujalte" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03934078v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cornou" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dos Santos" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-2523-8_11" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01450788v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Anthelme" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perrier Brusl&#233;" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Isela Loza Herrera" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Zimmer" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948277v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02125773v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrell Estupina" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grouillet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Requier-Desjardins" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128313v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128373v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tirado" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02064270v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Engstr&#246;m" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Harari" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755633v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien D. Pion" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Nana-Djeunga" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bourguinat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Cabaret" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Charvet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03335662v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rojas Rojas" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ruiz" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Cerapio" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pineau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-gardon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0570-634X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165713712" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/J-8022-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077894v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pujalt&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeno Loi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bernard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Moulis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delpoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.117842" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215138v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Yang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Snigireva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika Barron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Tirado" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Alvarez Aliaga" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109727" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05546284v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Boull&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pion" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gardon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gardon-Wendel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fokom-Domgue" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0012957" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543356v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Mamani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Loma" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Ascui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Broberg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/em.22587" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791744v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander van Geen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Helmbrecht" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ritter" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouassi Ernest Ahoussi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petanki Soro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2024.342618" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705771v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Borlaza-Lacoste" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mardo&#241;ez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Marsal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Hough" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vy Ngoc Thuy Dinh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.119179" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04438121v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent de Vathaire" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Zidane" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Xhaard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Souchard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevillard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2023.11908" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191730v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc E. Haber" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Truong" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rachedi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ory" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcmedi/pbad015" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04093155v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chesnais" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kamgno" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chippaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2666-5247(22)00331-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543475v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rio Vicente" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vahter" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.134764" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543453v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette M Krais" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian H Lindh" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josue Mamani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2022.113194" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03363103v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carr&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gardon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud H Dev&#232;s" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Giamberini" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/re1.104.0065" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03080079v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Drozdovitch" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bouville" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Taquet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetuaura Tetuanui" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HP.0000000000001262" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066015v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda Gliga" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Levi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2020.605123" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839932v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Navarro" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Camprub&#237;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Requena-M&#233;ndez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Buonfrate" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Giorli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkz524" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03142942v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my T Campillo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric B Chesnais" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien D Pion" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-020-04126-x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03141579v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2020.100582" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064336v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Ren" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Leufroy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne C&#244;te" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31557/APJCP.2019.20.2.355" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02064307v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.11.473" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02096802v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Branchet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ariza Castro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fenet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.12.256" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428862v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31557/APJCP.2019.20.12.3667" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02263718v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien D. Pion" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Brice Tchatchueng-Mbougua" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric B. Chesnais" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofz019" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354661v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Doumas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Munoz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Banni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Becerra" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bruneel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-016-0939-x" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429016v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Walker" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanwei Fang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/cix616" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902856v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Goix" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Uzu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscia Oliva" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Barraza" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Calas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2016.05.083" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5BJMXRQS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01415654v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Rojas Rojas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bourdy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloy Ruiz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Pablo Cerapio" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pineau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1534735416681642" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902857v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Barbieri" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ruiz-Castell" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Paco V." TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Muckelbauer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603123.2015.1061114" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902862v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enio Barbieri" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Font&#250;rbel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Herbas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.03.136" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902863v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elie Carsin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia-Laura Barbieri" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Paco" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajhb.22346" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0BWQ88LW-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902870v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Resongles" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Point" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Duprey" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2013.08.011" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1RF6W21S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431936v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Duprey" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Forns" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2011.12.001" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1TSQ1DZP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839943v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.04.039" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JSMBRX71-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431922v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Laura Barbieri" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cournil" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Eduardo Souza Sarkis" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B&#233;n&#233;fice" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12011-010-8641-1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F4A2F4EA1C1694933AC9EB44BF0AF81D77FFAB8D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902864v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Polv&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2011.09.065" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5RG76KV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429036v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603120802559342" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429034v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1476-072x-8-71" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839950v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Diggle" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Thomson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. F. Christensen" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rowlingson" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Obsomer" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/136485907X229121" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840020v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A.N. Filipe" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kamgno" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Gloria Bas&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182006000035" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-03214516v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Tran" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deparis" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dussart" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Morvan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rabarison" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1004.030186" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116563v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pascalis" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Bourreau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pradinaud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pascal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.71.4.2244-2246.2003" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-03284783v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Pr&#233;vot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitoshi Hasagewa" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.70.6.3122-3129.2002" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-03284786v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Launois" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/324665" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00607923v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Heraud" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Laventure" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;lis Ladam" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Capot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/322034" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00665580v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Mac&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cadot" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ogil" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782402v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pujalte" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03934078v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cornou" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dos Santos" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-2523-8_11" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01450788v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Anthelme" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perrier Brusl&#233;" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Isela Loza Herrera" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Zimmer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948277v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128373v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tirado" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02125773v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrell Estupina" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grouillet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Requier-Desjardins" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128313v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02064270v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Engstr&#246;m" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Harari" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755633v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien D. Pion" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Nana-Djeunga" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bourguinat" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Cabaret" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Charvet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03335662v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rojas Rojas" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ruiz" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Cerapio" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pineau" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>