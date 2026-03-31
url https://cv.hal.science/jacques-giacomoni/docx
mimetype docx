--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -1036,248 +1036,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04349667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Choquard type equation with a singular absorption nonlinearity in two dimension</w:t>
+                <w:t xml:space="preserve">Fractional Hamiltonian type system on $$\mathbb R$$ with critical growth nonlinearity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gurdev C. Anthal</w:t>
+                <w:t xml:space="preserve">G. Anthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Do Ó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Methods in the Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mma.8776⟩</w:t>
+              <w:t xml:space="preserve">RACSAM. Real Academia de Ciencias. Serie A, Matemáticas - Revista de la Real Academia de Ciencias Exactas, Físicas y Naturales. Serie A, Matemáticas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 118 (1), pp.12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13398-023-01511-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03786978v1</w:t>
+                <w:t xml:space="preserve">hal-04230233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional Hamiltonian type system on $$\mathbb R$$ with critical growth nonlinearity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Choquard type equation with a singular absorption nonlinearity in two dimension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Do Ó</w:t>
+                <w:t xml:space="preserve">Gurdev C. Anthal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">K. Sreenadh</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RACSAM. Real Academia de Ciencias. Serie A, Matemáticas - Revista de la Real Academia de Ciencias Exactas, Físicas y Naturales. Serie A, Matemáticas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 118 (1), pp.12. </w:t>
+              <w:t xml:space="preserve">Mathematical Methods in the Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (4), pp.4510-4533. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13398-023-01511-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mma.8776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04230233v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03786978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On periodic and compactly supported least energy solutions to semilinear elliptic equations with non-Lipschitz nonlinearity</w:t>
               </w:r>
@@ -1361,235 +1361,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04298177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiplicity for a strongly singular quasilinear problem via bifurcation theory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Some existence and uniqueness results for logistic Choquard equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Carlos Alberto Santos</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Mathematical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S1664360722500138⟩</w:t>
+              <w:t xml:space="preserve">Rendiconti del Circolo Matematico di Palermo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 71 (3), pp.997-1034. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12215-022-00722-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03859225v1</w:t>
+                <w:t xml:space="preserve">hal-03558663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some existence and uniqueness results for logistic Choquard equations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiplicity for a strongly singular quasilinear problem via bifurcation theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">K. Sreenadh</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lais Moreira dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Alberto Santos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rendiconti del Circolo Matematico di Palermo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 71 (3), pp.997-1034. </w:t>
+              <w:t xml:space="preserve">Bulletin of Mathematical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12215-022-00722-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S1664360722500138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558663v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A note on the global regularity results for strongly nonhomogeneous p, q-fractional problems and applications</w:t>
               </w:r>
@@ -2284,235 +2284,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03195313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Regularity Results for Non-homogeneous Growth Fractional Problems</w:t>
+                <w:t xml:space="preserve">Interior and boundary regularity results for strongly nonhomogeneous p , q -fractional problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deepak Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Geometric Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 32 (1), </w:t>
+              <w:t xml:space="preserve">Advances in Calculus of Variation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12220-021-00837-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/acv-2021-0040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03480912v1</w:t>
+                <w:t xml:space="preserve">hal-03354730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interior and boundary regularity results for strongly nonhomogeneous p , q -fractional problems</w:t>
+                <w:t xml:space="preserve">Global Regularity Results for Non-homogeneous Growth Fractional Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deepak Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Calculus of Variation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">The Journal of Geometric Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/acv-2021-0040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12220-021-00837-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03354730v1</w:t>
+                <w:t xml:space="preserve">hal-03480912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Singular Doubly Nonlocal Elliptic Problems with Choquard Type Critical Growth Nonlinearities</w:t>
               </w:r>
@@ -2700,690 +2700,690 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03116066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A parameterized Quasilinear Schrödinger equation with indefinite potentials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Symmetry of solutions to singular fractional elliptic equations and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakesh Arora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jiazheng Zhou</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divya Goel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.na.2019.111703⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 358 (2), pp.237-243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crmath.58⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02364396v1</w:t>
+                <w:t xml:space="preserve">hal-02871976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyharmonic Kirchhoff problems involving exponentialnon-linearity of Choquard type with singular weights</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regularity results on a class of doubly nonlocal problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tuhina Mukherjee</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divya Goel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.na.2020.111779⟩</w:t>
+              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 268 (9), pp.5301-5328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jde.2019.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02471385v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nondegeneracy of solutions for a critical Hartree equation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Doubly nonlinear equation involving p(x)-homogeneous operators: local existence, uniqueness and global behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakesh Arora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Minbo Yang</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Warnault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.na.2020.111969⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Analysis and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 487 (2), pp.124009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmaa.2020.124009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02614564v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02497727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetry of solutions to singular fractional elliptic equations and applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nondegeneracy of solutions for a critical Hartree equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuanhong Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minbo Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crmath.58⟩</w:t>
+              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 199, pp.111969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.na.2020.111969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02871976v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02614564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regularity results on a class of doubly nonlocal problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polyharmonic Kirchhoff problems involving exponentialnon-linearity of Choquard type with singular weights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakesh Arora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Divya Goel</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuhina Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jde.2019.11.009⟩</w:t>
+              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 196, pp.111779. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.na.2020.111779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357313v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doubly nonlinear equation involving p(x)-homogeneous operators: local existence, uniqueness and global behaviour</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A parameterized Quasilinear Schrödinger equation with indefinite potentials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Warnault</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos A. Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minbo Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiazheng Zhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Analysis and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 487 (2), pp.124009. </w:t>
+              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 192, pp.111703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmaa.2020.124009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.na.2019.111703⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02497727v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02364396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adams–Moser–Trudinger inequality in the Cartesian product of Sobolev spaces and its applications</w:t>
               </w:r>
@@ -3480,235 +3480,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonautonomous fractional Hamiltonian system with critical exponential growth</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Existence and stabilization results for a singular parabolic equation involving the fractional Laplacian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pawan Kumar Mishra</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuhina Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Differential Equations and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00030-019-0575-5⟩</w:t>
+              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (2), pp.311-337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/dcdss.2019022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02160391v1</w:t>
+                <w:t xml:space="preserve">hal-02160307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existence and stabilization results for a singular parabolic equation involving the fractional Laplacian</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonautonomous fractional Hamiltonian system with critical exponential growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Konijeti Sreenadh</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pawan Kumar Mishra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series S</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 12 (2), pp.311-337. </w:t>
+              <w:t xml:space="preserve">Nonlinear Differential Equations and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26 (28), </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/dcdss.2019022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00030-019-0575-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02160307v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02160391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Existence of Three Positive Solutions for a Nonlocal Singular Dirichlet Boundary Problem</w:t>
               </w:r>
@@ -3896,160 +3896,147 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive solutions of 1-D half Laplacian equation with singular and exponential nonlinearity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rakesh Arora</w:t>
+                <w:t xml:space="preserve">Radial singular solutions for the N-Laplace equation with exponential nonlinearities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Ghergu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">K. Sreenadh</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Prashanth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/ASY-191557⟩</w:t>
+              <w:t xml:space="preserve">Australian Journal of Mathematical Analysis and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 475 (1), pp.668-685. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmaa.2019.02.062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02290417v1</w:t>
+                <w:t xml:space="preserve">hal-02160333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">n-Kirchhoff–Choquard equations with exponential nonlinearity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rakesh Arora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4081,210 +4068,223 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 186, pp.113-144. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.na.2019.01.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radial singular solutions for the N-Laplace equation with exponential nonlinearities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marius Ghergu</w:t>
+                <w:t xml:space="preserve">Positive solutions of 1-D half Laplacian equation with singular and exponential nonlinearity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakesh Arora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Prashanth</w:t>
+                <w:t xml:space="preserve">D. Goel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australian Journal of Mathematical Analysis and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 475 (1), pp.668-685. </w:t>
+              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmaa.2019.02.062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/ASY-191557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02160333v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02290417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global and blow-up radial solutions for quasilinear elliptic systems arising in the study of viscous, heat conducting fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Ghergu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4442,222 +4442,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02161068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A p(x)-Laplacian extension of the Díaz-Saa inequality and some applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peter Takáč</w:t>
+                <w:t xml:space="preserve">A Picone identity for variable exponent operators and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakesh Arora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Warnault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society of Edinburgh: Section A, Mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/prm.2018.91⟩</w:t>
+              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.327-360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/anona-2020-0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02160355v1</w:t>
+                <w:t xml:space="preserve">hal-02138834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Picone identity for variable exponent operators and applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rakesh Arora</w:t>
+                <w:t xml:space="preserve">A p(x)-Laplacian extension of the Díaz-Saa inequality and some applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Takáč</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Warnault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), pp.327-360. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society of Edinburgh: Section A, Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/anona-2020-0003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/prm.2018.91⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138834v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02160355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Existence and global behavior of solutions to fractional p-laplacian parabolic problems</w:t>
               </w:r>
@@ -5158,51 +5158,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Warnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Prashanth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Mathematical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 145 (1), pp.151--164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5524,217 +5524,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01902192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional elliptic equations with critical exponential nonlinearity</w:t>
+                <w:t xml:space="preserve">Critical growth problems for \frac12-Laplacian in \Bbb R</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Kumar Mishra</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. K. Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 5 (1), pp.57-74</w:t>
+              <w:t xml:space="preserve">Differential Equations and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (3), pp.295--317</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01581084v1</w:t>
+                <w:t xml:space="preserve">hal-01581082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical growth problems for \frac12-Laplacian in \Bbb R</w:t>
+                <w:t xml:space="preserve">Fractional elliptic equations with critical exponential nonlinearity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. K. Mishra</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Kumar Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Differential Equations and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 8 (3), pp.295--317</w:t>
+              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (1), pp.57-74</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01581082v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01581084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uniqueness of positive solutions of a n-Laplace equation in a ball in Rn with exponential nonlinearity</w:t>
               </w:r>
@@ -6124,299 +6124,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01201978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existence of mild solutions to a quasilinear and singular parabolic equation</w:t>
+                <w:t xml:space="preserve">Bounded solutions to a quasilinear equation with p-Laplacian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bougherara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Takac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 4 (2), pp.123--134</w:t>
+              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119, pp.254--274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01201977v1</w:t>
+                <w:t xml:space="preserve">hal-01201976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regularity and quasilinear elliptic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Schindler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Takac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Differential Equations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20 (3-4), pp.259--298</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01201971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bounded solutions to a quasilinear equation with p-Laplacian</w:t>
+                <w:t xml:space="preserve">Existence of mild solutions to a quasilinear and singular parabolic equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bougherara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Takac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 119, pp.254--274</w:t>
+              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4 (2), pp.123--134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01201976v1</w:t>
+                <w:t xml:space="preserve">hal-01201977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Existence and regularity of weak solutions for singular elliptic problems, 2014 Madrid Conference on Applied Mathematics in honor of Alfonso casal,</w:t>
               </w:r>
@@ -6711,744 +6711,744 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00864753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A singular parabolic equation: Existence, stabilization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global bifurcation and local multiplicity results for elliptic equations with singular nonlinearity of super exponenetial growth in IR² (à la mémoire de S.L. Yadava)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dhanya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Giacomoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.K. Prashanth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Badra</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jacques Giacomoni</w:t>
+                <w:t xml:space="preserve">K. Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Advances in Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 17 (3-4), pp.369--400</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00864752v1</w:t>
+                <w:t xml:space="preserve">hal-00868312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global bifurcation and local multiplicity results for elliptic equations with singular nonlinearity of super exponenetial growth in IR² (à la mémoire de S.L. Yadava)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quasilinear and singular elliptic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">K. Saoudi</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesús Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Sauvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Differential Equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 17 (3-4), pp.369--400</w:t>
+              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2 (1), pp.1-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00868312v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00793430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Singular quasilinear ellipic equations and Hölder regularity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Schindler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Takac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes rendus de l'Académie des sciences. Série I, Mathématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 350 (7-8), pp.383--388</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00868317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasilinear and singular elliptic systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A singular parabolic equation: Existence, stabilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Badra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Bal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Sauvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 252 (9), pp.5042-5075. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jde.2012.01.035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00793430v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00864752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existence of solutions to a quasilinear pseudo-parabolic equation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Positive versus compact support solution to a quasilinear singular equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Giacomoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bauzet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guy Vallet</w:t>
+                <w:t xml:space="preserve">H. Maagli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sauvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Real Academia Sciencas Saragoza (dédié à M. Madaune-Tort)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, A paraître</w:t>
+              <w:t xml:space="preserve">Differential and integral equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (7-8), pp.629--656</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00868311v1</w:t>
+                <w:t xml:space="preserve">hal-00868316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive versus compact support solution to a quasilinear singular equation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Existence of solutions to a quasilinear pseudo-parabolic equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Maagli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Sauvy</w:t>
+                <w:t xml:space="preserve">Guy Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Differential and integral equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 25 (7-8), pp.629--656</w:t>
+              <w:t xml:space="preserve">Real Academia Sciencas Saragoza (dédié à M. Madaune-Tort)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00868316v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00868311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasilinear and elliptic systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A singular quasilinear parabolic equation: existence and stabilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Badra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Bal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Sauvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 252 (9), pp.5042-5075</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00868315v1</w:t>
+                <w:t xml:space="preserve">hal-00868266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some results about an anisotropic p(x)-Laplace-Barenblatt equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7480,178 +7480,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00868313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A singular quasilinear parabolic equation: existence and stabilization</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quasilinear and elliptic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sauvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 252 (9), pp.5042-5075</w:t>
+              <w:t xml:space="preserve">Advances in Nonlinear Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00868266v1</w:t>
+                <w:t xml:space="preserve">hal-00868315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a class of quasilinear Barenblatt equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bauzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monografias de la Real Academia de Ciencias de Zaragoza</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, A special tribute to Professor Monique Madaune-Tort 38, pp.35-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7676,64 +7676,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some results about a quasilinear and singular parabolic equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Badra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7860,247 +7860,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00868050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existence results to a quasilinear and singular parabolic equation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
+                <w:t xml:space="preserve">Symmetry of solutions to a class of singular elliptic equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, SUPPL., pp.117-125</w:t>
+              <w:t xml:space="preserve">Proceedings of Eleventh Conference of Applied Mathematics and Statistics Pau Saragosse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2011, pp.25--36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00864754v1</w:t>
+                <w:t xml:space="preserve">hal-00868044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetry of solutions to a class of singular elliptic equations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
+                <w:t xml:space="preserve">Existence results to a quasilinear and singular parabolic equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Badra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of Eleventh Conference of Applied Mathematics and Statistics Pau Saragosse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 2011, pp.25--36</w:t>
+              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, SUPPL., pp.117-125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00868044v1</w:t>
+                <w:t xml:space="preserve">hal-00864754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W¹,P₀ versus C¹ local minimizers for a singular and critical functional</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Analysis and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 363 (2), pp.697--710</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8138,51 +8138,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiplicity results for the N-Laplace with conormal boundary conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Prashanth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8233,51 +8233,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W1, N versus C1 local minimizers for elliptic functionals with critical growth in RN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Prashanth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8362,51 +8362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dhanya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Prashanth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the American Mathematical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 137, pp.4099--4107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8425,174 +8425,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00866259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolated singularities for the exponential type semilinear elliptic equation in ℝ2</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Uniqueness and multiplicity results for N-Laplace equation with critical and singular nonlinearity in a ball</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Prashanth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the American Mathematical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 137 (12), pp.4099-4107. </w:t>
+              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 61 (3-4), pp.195-227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1090/S0002-9939-09-09988-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/ASY-2008-0911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00864755v1</w:t>
+                <w:t xml:space="preserve">hal-00864756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Existence and multiplicity of solutions for a critical and singular equation in higher dimensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 71 (9), pp.4060--4077</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8611,131 +8611,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00866261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uniqueness and multiplicity results for N-Laplace equation with critical and singular nonlinearity in a ball</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Isolated singularities for the exponential type semilinear elliptic equation in ℝ2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dhanya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Prashanth</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">K. Sreenadh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 61 (3-4), pp.195-227. </w:t>
+              <w:t xml:space="preserve">Proceedings of the American Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 137 (12), pp.4099-4107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/ASY-2008-0911⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1090/S0002-9939-09-09988-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00864756v1</w:t>
+                <w:t xml:space="preserve">hal-00864755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sobolev versus Hölder local minimizers and existence of multiple solutions for a singular quasilinear equation</w:t>
               </w:r>
@@ -8747,51 +8747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Schindler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Takáč</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annali della Scuola Normale Superiore di Pisa, Classe di Scienze</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 1, pp.117-158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9558,165 +9558,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00867644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some results about a quasilinear and parabolic equation</w:t>
+                <w:t xml:space="preserve">Isolated singularities for elliptic problems with exponintial growth in IR²</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence A.I.M.S. (session : quasilinear elliptic and parabolic equations), 25-28 mai 2010, Dresde (Allemagne)</w:t>
+              <w:t xml:space="preserve">Colloque de la S.M.T. (conférence plénière), 15-18 mars 2010, Sousse (Tunisie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Unknown</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00867656v1</w:t>
+                <w:t xml:space="preserve">hal-00867654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolated singularities for elliptic problems with exponintial growth in IR²</w:t>
+                <w:t xml:space="preserve">Some results about a quasilinear and parabolic equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la S.M.T. (conférence plénière), 15-18 mars 2010, Sousse (Tunisie)</w:t>
+              <w:t xml:space="preserve">Conférence A.I.M.S. (session : quasilinear elliptic and parabolic equations), 25-28 mai 2010, Dresde (Allemagne)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Unknown</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00867654v1</w:t>
+                <w:t xml:space="preserve">hal-00867656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of results about quasilinear elliptic and parabolic singular equations</w:t>
               </w:r>
@@ -9765,165 +9765,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00867655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiplicity results about critical elliptic equation in IR^N</w:t>
+                <w:t xml:space="preserve">Quasilinear Singular elliptic problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès S.M.F. -S.M.T. (session EDP), 16 mars-20 mars 2009, Djerba (Tunisie)</w:t>
+              <w:t xml:space="preserve">International Conference of Mathematics, 27-28 aout 2009, Calicut (Inde)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Unknown</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00866288v1</w:t>
+                <w:t xml:space="preserve">hal-00866289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasilinear Singular elliptic problems</w:t>
+                <w:t xml:space="preserve">Multiplicity results about critical elliptic equation in IR^N</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of Mathematics, 27-28 aout 2009, Calicut (Inde)</w:t>
+              <w:t xml:space="preserve">Congrès S.M.F. -S.M.T. (session EDP), 16 mars-20 mars 2009, Djerba (Tunisie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Unknown</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00866289v1</w:t>
+                <w:t xml:space="preserve">hal-00866288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9967,51 +9967,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Mâagli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Sauvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10318,51 +10318,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104761v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Constantin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Giacomoni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Warnault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nonrwa.2025.104416" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252808v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dhanya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritabrata Jana" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2025.113940" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252779v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhi Nidhi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sreenadh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00030-025-01131-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252816v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuhina Mukherjee" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lovelesh Sharma" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2025095" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252794v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurdev Chand Anthal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konijeti Sreenadh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ans-2023-0178" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252788v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-241933" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04648142v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Kumar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57262/ade029-1112-899" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107135v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.C. Anthal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giacomoni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2023.127440" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349667v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17476933.2023.2289528" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786978v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurdev C. Anthal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.8776" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230233v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Anthal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Do &#211;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13398-023-01511-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298177v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yavdat Il&#8217;yasov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-231878" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859225v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lais Moreira dos Santos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alberto Santos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1664360722500138" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558663v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12215-022-00722-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684859v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.344" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649420v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Gouasmia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Mokrane" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13398-022-01241-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762378v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ildefonso D&#237;az" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12215-022-00814-y" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678617v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bachir" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57262/die035-0910-511" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150699v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58997/ejde.2021.09" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255998v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00526-021-01994-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195313v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakesh Arora" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00030-021-00693-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480912v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-021-00837-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354730v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/acv-2021-0040" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876010v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Goel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-020-00441-y" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116066v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ans-2021-2119" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364396v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. Santos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minbo Yang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiazheng Zhou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2019.111703" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471385v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2020.111779" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614564v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanhong Wei" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2020.111969" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871976v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.58" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357313v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2019.11.009" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497727v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2020.124009" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545372v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mukherjee" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13398-020-00852-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160391v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Marcos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar Mishra" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00030-019-0575-5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160307v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2019022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160319v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ans-2018-0011" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160368v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Do &#211;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.K. Mishra" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00032-019-00298-z" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290417v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Goel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-191557" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160296v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2019.01.006" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160333v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Ghergu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prashanth" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2019.02.062" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160328v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurpreet Singh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6544/ab08f8" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161068v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Mukherjee" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12775/TMNA.2019.049" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160355v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tak&#225;&#269;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/prm.2018.91" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138834v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/anona-2020-0003" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134599v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tiwari" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759880v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Radulescu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219199717500651" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132587v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Adimurthi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santra" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2018.03.023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134598v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2018.07.035" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759879v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760176v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581264v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00030-016-0380-3" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581262v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17476933.2016.1167200" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902192v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. K. Mishra" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581084v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kumar Mishra" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581082v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902205v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karthik" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581083v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2016.02.003" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBLB2J9N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293642v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Bougherara" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/proc.2015.0142" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201978v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bougherara" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.K. Prashanth" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201977v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201971v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Schindler" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Takac" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201976v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02158121v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hernandez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985040v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sauvy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Shmarev" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2013.08.051" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864753v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Schindler" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tak&#225;&#269;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2012.04.007" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M385ZC1R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864752v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Badra" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2012.01.035" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868312v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Saoudi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868317v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793430v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sauvy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868311v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bauzet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Vallet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868316v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Maagli" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868315v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868313v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868266v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309558v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867182v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868050v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moussaoui" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864754v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868044v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868055v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868054v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864757v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2009.01.010" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PSTPWGWT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866259v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dhanya" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864755v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9939-09-09988-2" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866261v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864756v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-2008-0911" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982426v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300062v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300059v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300061v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300063v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300064v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306434v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300066v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051529v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867644v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madaune-Tort" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867656v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867654v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867655v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866288v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866289v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581771v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib M&#226;agli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868480v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Maagli" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104761v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Constantin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Giacomoni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Warnault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nonrwa.2025.104416" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252808v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dhanya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritabrata Jana" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2025.113940" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252779v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhi Nidhi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sreenadh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00030-025-01131-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252816v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuhina Mukherjee" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lovelesh Sharma" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2025095" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252794v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurdev Chand Anthal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konijeti Sreenadh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ans-2023-0178" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252788v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-241933" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04648142v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Kumar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57262/ade029-1112-899" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107135v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.C. Anthal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giacomoni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2023.127440" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349667v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17476933.2023.2289528" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230233v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Anthal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Do &#211;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13398-023-01511-w" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786978v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurdev C. Anthal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.8776" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298177v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yavdat Il&#8217;yasov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-231878" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558663v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12215-022-00722-1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859225v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lais Moreira dos Santos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alberto Santos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1664360722500138" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684859v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.344" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649420v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Gouasmia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Mokrane" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13398-022-01241-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762378v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ildefonso D&#237;az" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12215-022-00814-y" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678617v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bachir" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57262/die035-0910-511" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150699v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58997/ejde.2021.09" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255998v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00526-021-01994-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195313v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakesh Arora" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00030-021-00693-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354730v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/acv-2021-0040" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480912v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-021-00837-4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876010v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Goel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-020-00441-y" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116066v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ans-2021-2119" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871976v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.58" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357313v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2019.11.009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497727v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2020.124009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614564v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanhong Wei" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minbo Yang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2020.111969" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471385v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2020.111779" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364396v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. Santos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiazheng Zhou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2019.111703" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545372v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mukherjee" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13398-020-00852-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160307v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2019022" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160391v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Marcos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar Mishra" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00030-019-0575-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160319v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ans-2018-0011" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160368v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Do &#211;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.K. Mishra" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00032-019-00298-z" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160333v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Ghergu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prashanth" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2019.02.062" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160296v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2019.01.006" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290417v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Goel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-191557" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160328v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurpreet Singh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6544/ab08f8" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161068v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Mukherjee" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12775/TMNA.2019.049" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138834v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/anona-2020-0003" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160355v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tak&#225;&#269;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/prm.2018.91" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134599v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tiwari" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759880v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Radulescu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219199717500651" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132587v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Adimurthi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santra" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2018.03.023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134598v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2018.07.035" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759879v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760176v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581264v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00030-016-0380-3" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581262v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17476933.2016.1167200" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902192v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. K. Mishra" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581082v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581084v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kumar Mishra" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902205v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karthik" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581083v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2016.02.003" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBLB2J9N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293642v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Bougherara" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/proc.2015.0142" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201978v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bougherara" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.K. Prashanth" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201976v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Takac" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201971v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Schindler" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201977v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02158121v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hernandez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985040v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sauvy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Shmarev" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2013.08.051" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864753v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Schindler" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tak&#225;&#269;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2012.04.007" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M385ZC1R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868312v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Saoudi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793430v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sauvy" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868317v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864752v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Badra" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2012.01.035" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868316v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Maagli" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868311v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bauzet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Vallet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868266v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868313v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868315v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309558v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867182v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868050v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moussaoui" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868044v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864754v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868055v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868054v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864757v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2009.01.010" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PSTPWGWT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866259v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dhanya" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864756v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-2008-0911" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866261v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00864755v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9939-09-09988-2" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982426v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300062v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300059v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300061v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300063v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300064v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306434v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300066v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051529v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867644v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madaune-Tort" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867654v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867656v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867655v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866289v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866288v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581771v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib M&#226;agli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868480v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Maagli" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>