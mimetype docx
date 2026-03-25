--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:137.63440860215px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jacques Ginestié </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jacques-ginestie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4650-0222</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">077902033</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D-1585-2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplification of literary and scientific texts to improve reading fluency and comprehension in beginning readers of French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Psycholinguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-28. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S014271642100062X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03549026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abridged International Perspectives of Technology Education and Its Connection to STEM Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey A. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Reeves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morrison-Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (4), pp.31. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5296/ije.v10i4.13704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La capacité réflexive, un indicateur pour repérer le développement professionnel des enseignants de la formation professionnelle technique au Sénégal.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baba Dièye Diagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boubacar Niane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liens nouvelle série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (25), pp.229-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological education challenge: A European perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Williams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australasian Journal of Technology Education </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International perspectives on technology and engineering in STEM education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingelore Mammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Graube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffery A. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Reeve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cambridge Journal of Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, non défini, pp.1-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à l’université les professionnels de l’enseignement, de l’éducation et de la formation : Une démarche de projet ambitieuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Administration &amp; éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 154 (2), pp.77-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler les recherches en éducation avec la formation et le terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue EPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 374, pp.11-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mediation of artefacts, tools and technical objects: an international and french perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-015-9335-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How and why Brazilian and French teachers use learning objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. A. Alvarenga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education and Information Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, First on line, pp.1-30. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10639-016-9523-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à la citoyenneté par les ateliers de philosophie: compte-rendu d'une formation délivrée à de futurs professeurs des écoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diotime : revue internationale de didactique de la philosophie </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64, pp.5-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical objects between Categorisation and Learning:An exploratory case study in French middle school.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys-Pedregosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design and Technology Education: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-015-9335-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un enjeu majeur: l'identité professionnelle de l'enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 245, pp.10-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation à la citoyenneté européenne : proposer une approche philosophique par l'intermédiaire du texte Qu'est-ce qu'une Nation ? d'Ernest Renan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 37 (2), pp.5-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évaluation par assignation aléatoire : approche critique des politiques éducatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Loosfelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.65-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ÉSPÉ pour relever le défi de la formation des professionnels de l’enseignement, de l’éducation et de la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et Devenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24, pp.14-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ateliers de philosophie : un outil pour lutter contre la violence ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Violence and Schools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14, pp.2-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activité d’élèves, activité d’enseignants en éducation scientifique et technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tricot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.9-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le concept de milieu : exemple de processus d’aide à la prise en compte des conceptions initiales des élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Paba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.139-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation esthétique au service d'une éducation démocratique: étude de la rhétorique de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 39 (3), pp.491-513</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical and vocational teaching and training in Gabon: how future teachers build their vocational identity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sylvain Bekale Nze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (3), pp.399-416. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-010-9143-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIC et enseignement de la Chimie : au-delà des discours, quels dispositifs d’enseignement pour quels apprentissages?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouaini Naim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Nonnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (2), pp.17-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexion sur l’utilité et le sens des enseignements technologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.15-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The systemic approach to technological education: effects of transferred learning in resolving a physics problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (3), pp.281-296. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-010-9148-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques enseignantes et réalité professionnelle : cas d’enseignants des lycées techniques et professionnels industriels au Gabon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Moudouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (1), pp.41-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de la santé et de la sécurité au travail à l’école : une illusion institutionnelle pour penser l’évolution des pratiques de prévention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (2), pp.49-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’ordinateur sur l’activité d’enseignement : le cas d’une situation en technologie au collège.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (1), pp.9-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01438765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Help with solving technological problems in project activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hérold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21, pp.55-70. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s1007/s10798-009-9106-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de l’identité professionnelle de l’enseignant de l’enseignement technique au Gabon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sylvain Bekale Nze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rocare; Revue Africaine de Recherches en Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 3, pp.33-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The systemic approach in technology education: Effects of transferred learning in physical science problem solving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci -Marjolaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22, pp.281-296. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-010-9148-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’organisation des curricula d’éducation technologique dans différents pays européens : approche comparative et impact du point de vue du genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (2), pp.63-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relacions entre el prescriptor i l'operador : la formació professional del professorat a frança</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps d'educacio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39, pp.27-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From social practices to expertise. Analysing ways to prevent professional risks in the fi eld of air conditioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didaskalia (Paris)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 35, pp.11-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions didactiques et épistémologiques de cinq enseignants tunisiens de sciences physiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ouarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didaskalia (Paris)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 35, pp.101-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture de l'ouvrage de A. Hasni. Y. Lenoir. J. Lebeaume. La formation à l'enseignement des sciences et des technologies dans le contexte des réformes par compétences ; Presses universitaires de Québec, 2006, 263 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 159, pp.197-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolutions de problèmes en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 28, pp.23-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filles ou garçons, seuls ou à deux, quelle influence sur les activités de production en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aster</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 41, pp.153-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réel et virtuel : une histoire de représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 24, pp.4-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation technologique et systèmes automatisés à partir d’une expérience israélienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Talis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 20, pp.18-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The industrial project method in French industry and in French schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 12 (2), pp.99-122. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1015213511549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First outline about how pupils extend the concept of artefact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didaskalia (Paris)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 20, pp.41-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Þróun starfa og Þörf fyrir starfsmenntun: samanburđarrannsókn í fjórum löndum,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerdrud Oskardottir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Busetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haris Papoutsakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Uppeldi ξ Menntun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 37 (4), pp.61-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Una educación tecnológica para todos: aspectos didácticos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizontes Educacionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 24 (7), pp.12-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la constitution de faits didactiques en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skholê</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 11, pp.167-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to deal with the concept of technical object in technology education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connect, the international science, technology and environmental education journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 25 (1-2), pp.27-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démarche de projet industriel et l’enseignement de la technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 24, pp.14-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le directeur de mémoire professionnel : essai de définition de son rôle et de ses fonctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skholê</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 4, pp.47-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de la technologie et l’université : quelques éléments pour amorcer des relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une éducation technologique pour tous : les savoirs en jeu dans les disciplines technologiques, quelques éléments sur la constitution d’un enseignement de la technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skholê</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stage en entreprise sert-il à quelque chose ? Problématique à la formation des maîtres du technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Hors série, pp.127-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de la technologie dans l'enseignement général et les recherches actuelles sur son enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Amigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Johsua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didaskalia (Paris)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 4, pp.34-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Teachers Professional Developing: Blended Learning between Europe and Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Innovation in Learning Instruction and Teacher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hanoi National University of Education; Southern Cross University (Australia), Dec 2019, Hanoi, Vietnam. pp.4-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Text simplification to improve reading fluency and comprehension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gala Núria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SFERE- Provence : « Apprentissage et Education » Conditions, contextes et innovations pour la réussite scolaire, universitaire et professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, MARSEILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compréhension, simplification et type des textes : un outil numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences dans le cadre du projet Lemon : GraphoLearn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Printemps de la recherche en ESPE... : vers une structuration de la recherche en et pour l'éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Penloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Printemps de la recherche en ESPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some perspectives to link research in Éducation and teacher Éducation in a global project for university</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70th International Conference of the International Technology and Engineering Éducation Association </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEEA, Mar 2016, National Harbor, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler recherche et formation, l'expérience des ESPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Filâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche, Formation, Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de l'Education Nationale, de l'Enseignement Supérieur et de la Recherche, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche, formation, Terrain : une nécessaire structuration en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence nationale d'orientation : le travail de l'élève</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de l'Education Nationale, de l'Enseignement Supérieur et de la Recherche; IFE - ENS de Lyon, Oct 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former des enseignants pour l'éducation technologique et la formation professionnelle, un défi pour le 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e colloque international du RAIFFET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAIFFET, Oct 2014, Marrakech, Morocco. pp.7-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of scientific workshops for students conducted in the context of a school-university partnership</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Sefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 11th Conference of the European Science Education Research Association (ESERA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The RAIFFET, a network for support and development of TVET in teacher training institutions in Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th PATT Conference "Plurality and complementarity of approaches in Design &amp; Technology Education"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole supérieure du professorat et de l'éducation, Aix Marseille Université, Apr 2015, Marseille, France. pp.154-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment analyser le développement professionnel des enseignants du secteur de l’enseignement technique et de la formation professionnelle au Sénégal ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baba Dièye Diagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e colloque international du RAIFFET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAIFFET, Oct 2014, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01435955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction d'un logiciel de simulation d'algorithmes dans le processus enseignement apprentissage de l'algorithmique chez les apprenants débutants de l'ENSET de Libreville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médard-Sylvain Ovono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hérold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4° Colloque du RAIFFET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Marrakech Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving fluency and reading comprehension for beginning readers of French?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey - Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference the European Society for Cognitive Psychology (ESCoP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving fluency and reading comprehension for beginning readers of French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd ESCOP Conference (The european society for cognitive psychology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital as a teaching tool: Can the comprehension and fluency of reading be increased by the simplification and the nature of texts for young students?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Brain and Language Institute et Institute for Language, Communication and the Brain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, MARSEILLE, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outil de recherche numérique en insertion classe : simplification du texte pour améliorer la fluidité de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Aix en provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02113870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique comme outil pédagogique : Peut-on augmenter la compréhension et la fluidité de la lecture par la simplification et la nature des textes chez des élèves entre 7 et 9 ans ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aix en Provence, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les recherches en éducation et leur articulation avec la formation et le terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil d'orientation stratégique. Réseau National des ESPE. Réseau National des ÉSPÉ, pp.112, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution de faits didactiques en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions universitaires européennes, pp.155, 2010, 978-613-1-54999-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire en technologie à l'école et au collège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Vérillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Hostein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Leroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRP. 2005, Didactiques Apprentissages, 2-7342-1021-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03559001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using computer technologies in design and technology education: teaching-learning process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">de Vries, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First International Handbook of Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.non déterminées, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A critique of Technology Education for all in a social and cultural environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Williams, John and Stables, Kay. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique in Design and Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.193-212, 2017, Contemporary Issues in Technology Education, 978-981-10-3106-9. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-10-3106-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La alternancia en la formación inicial del docente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colén Riau, Maria-Teresa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retos y certezas sobre la construcción del conocimiento práctico en la formación de maestros. Una visión calidoscópica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediciones Octaedro S.L., pp.235-247, 2017, Colección Educación universitaria, 978-84-9921-904-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using ICT in STEM Education: A Help or a Hindrance to Student Learning?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hérold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Levin, Ilia and Tsybulsky, Dina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Tools and Solutions for Inquiry-Based STEM Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, IGI mondial, pp.167-198, 2017, 9781522525257. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-5225-2525-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Republic of Gabon: an overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sylvain Bekale Nze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wolhuter, Charl C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation in East and Central Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, Bloomsbury Academic, pp.245-272, 2014, Éducation around the World, 978-1-4725-0541-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How pupils solve problems in technology Éducation and what they learn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Barak, Moshe and Hacker, Michael. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fostering Human Development through Engineering and Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, Sense publisher, pp.171-190, 2011, 978-94-6091-547-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary technological Éducation for all in France: a study of the role of technology in the primary school system and teacher training over the last twenty years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benson, Clare and Lunt, Julie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International handbook of primary technology Éducation. Reviewing the past twenty years</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.13-28, 2011, International Technology Education Studies, 978-94-6091-544-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From art and craft Éducation to design and technology Éducation: a thirty year story</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rasinen, Aki and Rissanen, Timo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In the spirit of Uno Cygnaeus, pedagogical questions of today and tomorow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Jyväskylä, pp.169-182, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training Technology Teachers in Europe: Putting the Bologna process into action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alister, Jones T. and De Vries, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Handbook of research and development in technology Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 47, Sense Publisher, pp.569-580, 2009, International Technology Education Studies, 978-90-8790-877-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thinking about Technology Education in France: A brief overview and some aspects of investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alister, Jones T. and De Vries, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Handbook of research and development in technology Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Section 1, Sense Publisher, pp.31-40, 2009, 978-90-8790-877-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching the prevention of risks in professional contexts: procedure & knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: Eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.61-79, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research in technological education, from references to devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: Eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.13-17, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konzepte einer Technischen Bildung in Frankreich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hartmann, Elke and Theuerkauf, Walter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Allgemeine Technologie und Technische Bildung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.107-125, 2008, 978-3-631-58332-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Describing an automated system with the GRAFCET for understanding how it functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliane Aravecchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.149-171, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestepro, a research laboratory in science, technology and vocational education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: Eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.3-6, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From task to activity, a re-distribution of the roles between the teacher and the pupils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: Eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.225-256, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing Technology Education through the curricular evolution and the investigation themes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">de Vries, Marc and Mottier, Ilja. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Handbook of Technology Education: Reviewing the Past Twenty Years</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.387-398, 2006, 978-90-77874-06-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des enseignants de l’enseignement technologique en regard des organisations curriculaires : aspects problématiques et questions de recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation professionnelle des enseignants, au-delà des apparences, quelles différences ? Une étude internationale sur la formation des enseignants d’éducation technologique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.9-20, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educational system and teacher training in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Oliveri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teacher Training: preparing young people for their future lives. An international study in Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.63-76, 2006, 956-299-946-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formación de profesores de educación tecnológica y organizaciones curriculares: problemas y temas de investigación</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formación de profesores en educación tecnológica: estudio internacional de casos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.7-18, 2006, 956-299-920-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espace de travail collaboratif en ligne : la formation continue des enseignants comme exemple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francis Ranucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Giraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Piolat, Annie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lire, écrire, communiquer et apprendre avec Internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Solal, pp.387-400, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The training of technology teachers considering the organizations of their own training courses: aspects of its problematics and research follow ups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teacher Training: preparing young people for their future lives. An international study in Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.7-16, 2006, 956-299-946-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système éducatif et formation des enseignants en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Oliveri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes éducatifs et formation des enseignants Au-delà des apparences quelles différences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.77-93, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sistema educativo y formacion profesional de los profesores en Francia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Oliveri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formación de profesores: estudio internacional para la formación de profesores en educación tecnológica.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.129-144, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology Education teacher training in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">William, John. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International technology teacher education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mac Graw Hill Glencoe editions, pp.45-67, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production attendue n'est peut-être pas celle escomptée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vérillon, Pierre and Ginestié, Jacques and Hostein, Bernard and Lebeaume, Joël and Leroux, Pascal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Produire en technologie à l’école et au collège</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRP, pp.333-346, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrire et concevoir un système contrôlé, quelques éléments de stratégies d’étudiants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Talis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Leroux, Pascal and Ginestié, Jacques and Nonon, Bernard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotique pédagogique francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, IUFM Aix-Marseille, pp.21-32, 2005, Skholê</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organization of the pedagogical situations: a way to manage the learning paces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Corréard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Matheron-Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Juste, Marisa and Ginestié, Jacques and Roosken, Barbara and Gay, Brenda. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The place of management of Diversity in education in different European teacher training systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPC edition, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to manage multiculturality at the middle age school: socio-cultural approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sakhina Bargach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Juste, Marisa and Ginestié, Jacques and Roosken, Barbara and Gay, Brenda. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The place of management of Diversity in education in different European teacher training systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPC edition, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qué metodología, para qué educación tecnológica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benson, Clare and Ginestié, Jacques and De Vries, Marc and Merz, Hekke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educación tecnológica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fernando Mena Editor, pp.55-82, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interés y perspectivas por una educación tecnológica para todos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benson, Clare and Ginestié, Jacques and De Vries, Marc and Merz, Hekke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educación tecnológica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fernando Mena Editor, pp.19-30, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jobs description</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oskardottir, Gerdrud and Ginestié, Jacques and Busetta, Pietro and Papoutsakis, Haris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employability skills in non-professional occupation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions of University of Iceland, pp.81-101, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hotel receptionist: French case of study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oskardottir, Gerdrud and Ginestié, Jacques and Busetta, Pietro and Papoutsakis, Haris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employability skills in non-professional occupation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions of University of Iceland, pp.291-308, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel projet, pour quelle éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le projet en éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11, IUFM Aix-Marseille éditeurs, pp.11-20, 2000, Skholê</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of twenty occupations in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oskardottir, Gerdrud and Ginestié, Jacques and Busetta, Pietro and Papoutsakis, Haris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employability skills in non-professional occupation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions of University of Iceland, pp.173-204, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseñanza de la tecnología: elementos fundamentales para una educación tecnológica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisca Elton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cox, Christian. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programa MECE: mejoramiente de la ecualidad y cualidad en educacion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministerio de la Educación Nacional, pp.137-212, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distanced resources access in Technology education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kananoja, Tapani and Kantola, Jaiken and Issakainen, Milstroem. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The principles and practices of teaching technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Jyväskylä, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology education in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Theuerkauf, Walter and Blandow, Dietrich. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategien und Paradigmenwechsel zur technischen Bildung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Diverlag Franzbecker, pp.75-85, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer based control in Technology education: Some questions about introducing and teaching. , , ,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arley, Tamir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second Jerusalem International Sciences and Technology Education Conference, JISTEC’ 96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, UNESCO, pp.21-29, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la constitution de faits didactiques en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université de Provence UFR de Psychologie Sciences de l'Education, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05484487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique comme outil pédagogique : Peut-on augmenter la compréhension et la fluidité de la lecture par la simplification et la nature des textes chez des élèves entre 7 et 9 ans ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01706991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId202"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:137.63440860215px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jacques Ginestié </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jacques-ginestie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4650-0222</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">077902033</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D-1585-2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplification of literary and scientific texts to improve reading fluency and comprehension in beginning readers of French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Psycholinguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-28. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S014271642100062X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03549026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abridged International Perspectives of Technology Education and Its Connection to STEM Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey A. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Reeves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morrison-Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (4), pp.31. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5296/ije.v10i4.13704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La capacité réflexive, un indicateur pour repérer le développement professionnel des enseignants de la formation professionnelle technique au Sénégal.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baba Dièye Diagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boubacar Niane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liens nouvelle série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (25), pp.229-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological education challenge: A European perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Williams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australasian Journal of Technology Education </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International perspectives on technology and engineering in STEM education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingelore Mammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Graube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffery A. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Reeve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cambridge Journal of Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, non défini, pp.1-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à l’université les professionnels de l’enseignement, de l’éducation et de la formation : Une démarche de projet ambitieuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Administration &amp; éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 154 (2), pp.77-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler les recherches en éducation avec la formation et le terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue EPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 374, pp.11-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mediation of artefacts, tools and technical objects: an international and french perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-015-9335-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How and why Brazilian and French teachers use learning objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. A. Alvarenga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education and Information Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, First on line, pp.1-30. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10639-016-9523-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à la citoyenneté par les ateliers de philosophie: compte-rendu d'une formation délivrée à de futurs professeurs des écoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diotime : revue internationale de didactique de la philosophie </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64, pp.5-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical objects between Categorisation and Learning:An exploratory case study in French middle school.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys-Pedregosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design and Technology Education: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-015-9335-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un enjeu majeur: l'identité professionnelle de l'enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 245, pp.10-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation à la citoyenneté européenne : proposer une approche philosophique par l'intermédiaire du texte Qu'est-ce qu'une Nation ? d'Ernest Renan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 37 (2), pp.5-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ÉSPÉ pour relever le défi de la formation des professionnels de l’enseignement, de l’éducation et de la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et Devenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24, pp.14-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évaluation par assignation aléatoire : approche critique des politiques éducatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Loosfelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.65-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ateliers de philosophie : un outil pour lutter contre la violence ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Violence and Schools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14, pp.2-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activité d’élèves, activité d’enseignants en éducation scientifique et technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tricot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.9-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le concept de milieu : exemple de processus d’aide à la prise en compte des conceptions initiales des élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Paba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.139-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation esthétique au service d'une éducation démocratique: étude de la rhétorique de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 39 (3), pp.491-513</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical and vocational teaching and training in Gabon: how future teachers build their vocational identity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sylvain Bekale Nze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (3), pp.399-416. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-010-9143-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIC et enseignement de la Chimie : au-delà des discours, quels dispositifs d’enseignement pour quels apprentissages?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouaini Naim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Nonnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (2), pp.17-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexion sur l’utilité et le sens des enseignements technologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.15-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The systemic approach to technological education: effects of transferred learning in resolving a physics problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (3), pp.281-296. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-010-9148-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques enseignantes et réalité professionnelle : cas d’enseignants des lycées techniques et professionnels industriels au Gabon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Moudouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (1), pp.41-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de la santé et de la sécurité au travail à l’école : une illusion institutionnelle pour penser l’évolution des pratiques de prévention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (2), pp.49-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Help with solving technological problems in project activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hérold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21, pp.55-70. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s1007/s10798-009-9106-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’ordinateur sur l’activité d’enseignement : le cas d’une situation en technologie au collège.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (1), pp.9-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01438765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de l’identité professionnelle de l’enseignant de l’enseignement technique au Gabon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sylvain Bekale Nze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rocare; Revue Africaine de Recherches en Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 3, pp.33-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The systemic approach in technology education: Effects of transferred learning in physical science problem solving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci -Marjolaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22, pp.281-296. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10798-010-9148-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’organisation des curricula d’éducation technologique dans différents pays européens : approche comparative et impact du point de vue du genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of science, mathematics and ICT education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (2), pp.63-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relacions entre el prescriptor i l'operador : la formació professional del professorat a frança</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps d'educacio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39, pp.27-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From social practices to expertise. Analysing ways to prevent professional risks in the fi eld of air conditioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didaskalia (Paris)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 35, pp.11-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions didactiques et épistémologiques de cinq enseignants tunisiens de sciences physiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ouarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didaskalia (Paris)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 35, pp.101-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture de l'ouvrage de A. Hasni. Y. Lenoir. J. Lebeaume. La formation à l'enseignement des sciences et des technologies dans le contexte des réformes par compétences ; Presses universitaires de Québec, 2006, 263 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 159, pp.197-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filles ou garçons, seuls ou à deux, quelle influence sur les activités de production en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aster</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 41, pp.153-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolutions de problèmes en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 28, pp.23-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réel et virtuel : une histoire de représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 24, pp.4-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation technologique et systèmes automatisés à partir d’une expérience israélienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Talis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 20, pp.18-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The industrial project method in French industry and in French schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 12 (2), pp.99-122. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1015213511549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First outline about how pupils extend the concept of artefact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Andreucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didaskalia (Paris)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 20, pp.41-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Þróun starfa og Þörf fyrir starfsmenntun: samanburđarrannsókn í fjórum löndum,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerdrud Oskardottir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Busetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haris Papoutsakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Uppeldi ξ Menntun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 37 (4), pp.61-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Una educación tecnológica para todos: aspectos didácticos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizontes Educacionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 24 (7), pp.12-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la constitution de faits didactiques en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skholê</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 11, pp.167-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to deal with the concept of technical object in technology education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connect, the international science, technology and environmental education journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 25 (1-2), pp.27-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démarche de projet industriel et l’enseignement de la technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 24, pp.14-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le directeur de mémoire professionnel : essai de définition de son rôle et de ses fonctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skholê</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 4, pp.47-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de la technologie et l’université : quelques éléments pour amorcer des relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une éducation technologique pour tous : les savoirs en jeu dans les disciplines technologiques, quelques éléments sur la constitution d’un enseignement de la technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skholê</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stage en entreprise sert-il à quelque chose ? Problématique à la formation des maîtres du technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Hors série, pp.127-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de la technologie dans l'enseignement général et les recherches actuelles sur son enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Amigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Johsua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didaskalia (Paris)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 4, pp.34-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Teachers Professional Developing: Blended Learning between Europe and Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Antonietta A Impedovo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Innovation in Learning Instruction and Teacher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hanoi National University of Education; Southern Cross University (Australia), Dec 2019, Hanoi, Vietnam. pp.4-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Text simplification to improve reading fluency and comprehension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gala Núria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SFERE- Provence : « Apprentissage et Education » Conditions, contextes et innovations pour la réussite scolaire, universitaire et professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, MARSEILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compréhension, simplification et type des textes : un outil numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences dans le cadre du projet Lemon : GraphoLearn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Printemps de la recherche en ESPE... : vers une structuration de la recherche en et pour l'éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Penloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Printemps de la recherche en ESPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some perspectives to link research in Éducation and teacher Éducation in a global project for university</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70th International Conference of the International Technology and Engineering Éducation Association </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEEA, Mar 2016, National Harbor, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler recherche et formation, l'expérience des ESPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Filâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche, Formation, Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de l'Education Nationale, de l'Enseignement Supérieur et de la Recherche, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche, formation, Terrain : une nécessaire structuration en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence nationale d'orientation : le travail de l'élève</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de l'Education Nationale, de l'Enseignement Supérieur et de la Recherche; IFE - ENS de Lyon, Oct 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former des enseignants pour l'éducation technologique et la formation professionnelle, un défi pour le 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e colloque international du RAIFFET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAIFFET, Oct 2014, Marrakech, Morocco. pp.7-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of scientific workshops for students conducted in the context of a school-university partnership</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Sefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 11th Conference of the European Science Education Research Association (ESERA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The RAIFFET, a network for support and development of TVET in teacher training institutions in Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th PATT Conference "Plurality and complementarity of approaches in Design &amp; Technology Education"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole supérieure du professorat et de l'éducation, Aix Marseille Université, Apr 2015, Marseille, France. pp.154-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment analyser le développement professionnel des enseignants du secteur de l’enseignement technique et de la formation professionnelle au Sénégal ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baba Dièye Diagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e colloque international du RAIFFET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAIFFET, Oct 2014, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01435955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction d'un logiciel de simulation d'algorithmes dans le processus enseignement apprentissage de l'algorithmique chez les apprenants débutants de l'ENSET de Libreville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médard-Sylvain Ovono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hérold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4° Colloque du RAIFFET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Marrakech Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving fluency and reading comprehension for beginning readers of French?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey - Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference the European Society for Cognitive Psychology (ESCoP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving fluency and reading comprehension for beginning readers of French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd ESCOP Conference (The european society for cognitive psychology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital as a teaching tool: Can the comprehension and fluency of reading be increased by the simplification and the nature of texts for young students?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Brain and Language Institute et Institute for Language, Communication and the Brain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, MARSEILLE, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outil de recherche numérique en insertion classe : simplification du texte pour améliorer la fluidité de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Aix en provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02113870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique comme outil pédagogique : Peut-on augmenter la compréhension et la fluidité de la lecture par la simplification et la nature des textes chez des élèves entre 7 et 9 ans ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aix en Provence, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les recherches en éducation et leur articulation avec la formation et le terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil d'orientation stratégique. Réseau National des ESPE. Réseau National des ÉSPÉ, pp.112, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution de faits didactiques en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions universitaires européennes, pp.155, 2010, 978-613-1-54999-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire en technologie à l'école et au collège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Vérillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Hostein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Leroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRP. 2005, Didactiques Apprentissages, 2-7342-1021-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03559001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La alternancia en la formación inicial del docente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colén Riau, Maria-Teresa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retos y certezas sobre la construcción del conocimiento práctico en la formación de maestros. Una visión calidoscópica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediciones Octaedro S.L., pp.235-247, 2017, Colección Educación universitaria, 978-84-9921-904-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using computer technologies in design and technology education: teaching-learning process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">de Vries, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First International Handbook of Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.non déterminées, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A critique of Technology Education for all in a social and cultural environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Williams, John and Stables, Kay. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique in Design and Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.193-212, 2017, Contemporary Issues in Technology Education, 978-981-10-3106-9. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-10-3106-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using ICT in STEM Education: A Help or a Hindrance to Student Learning?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hérold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Levin, Ilia and Tsybulsky, Dina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Tools and Solutions for Inquiry-Based STEM Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, IGI mondial, pp.167-198, 2017, 9781522525257. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-5225-2525-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Republic of Gabon: an overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sylvain Bekale Nze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wolhuter, Charl C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation in East and Central Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, Bloomsbury Academic, pp.245-272, 2014, Éducation around the World, 978-1-4725-0541-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How pupils solve problems in technology Éducation and what they learn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Barak, Moshe and Hacker, Michael. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fostering Human Development through Engineering and Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, Sense publisher, pp.171-190, 2011, 978-94-6091-547-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary technological Éducation for all in France: a study of the role of technology in the primary school system and teacher training over the last twenty years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benson, Clare and Lunt, Julie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International handbook of primary technology Éducation. Reviewing the past twenty years</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.13-28, 2011, International Technology Education Studies, 978-94-6091-544-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From art and craft Éducation to design and technology Éducation: a thirty year story</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rasinen, Aki and Rissanen, Timo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In the spirit of Uno Cygnaeus, pedagogical questions of today and tomorow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Jyväskylä, pp.169-182, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training Technology Teachers in Europe: Putting the Bologna process into action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alister, Jones T. and De Vries, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Handbook of research and development in technology Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 47, Sense Publisher, pp.569-580, 2009, International Technology Education Studies, 978-90-8790-877-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thinking about Technology Education in France: A brief overview and some aspects of investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alister, Jones T. and De Vries, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Handbook of research and development in technology Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Section 1, Sense Publisher, pp.31-40, 2009, 978-90-8790-877-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching the prevention of risks in professional contexts: procedure & knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: Eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.61-79, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konzepte einer Technischen Bildung in Frankreich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hartmann, Elke and Theuerkauf, Walter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Allgemeine Technologie und Technische Bildung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.107-125, 2008, 978-3-631-58332-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research in technological education, from references to devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: Eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.13-17, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Describing an automated system with the GRAFCET for understanding how it functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliane Aravecchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.149-171, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestepro, a research laboratory in science, technology and vocational education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: Eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.3-6, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From task to activity, a re-distribution of the roles between the teacher and the pupils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cultural transmission of artefacts, skills and knowledge: Eleven studies in technology education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.225-256, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing Technology Education through the curricular evolution and the investigation themes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">de Vries, Marc and Mottier, Ilja. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Handbook of Technology Education: Reviewing the Past Twenty Years</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sense Publishers, pp.387-398, 2006, 978-90-77874-06-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des enseignants de l’enseignement technologique en regard des organisations curriculaires : aspects problématiques et questions de recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation professionnelle des enseignants, au-delà des apparences, quelles différences ? Une étude internationale sur la formation des enseignants d’éducation technologique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.9-20, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educational system and teacher training in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Oliveri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teacher Training: preparing young people for their future lives. An international study in Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.63-76, 2006, 956-299-946-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formación de profesores de educación tecnológica y organizaciones curriculares: problemas y temas de investigación</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formación de profesores en educación tecnológica: estudio internacional de casos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.7-18, 2006, 956-299-920-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espace de travail collaboratif en ligne : la formation continue des enseignants comme exemple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francis Ranucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Giraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Piolat, Annie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lire, écrire, communiquer et apprendre avec Internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Solal, pp.387-400, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The training of technology teachers considering the organizations of their own training courses: aspects of its problematics and research follow ups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teacher Training: preparing young people for their future lives. An international study in Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.7-16, 2006, 956-299-946-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système éducatif et formation des enseignants en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Oliveri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes éducatifs et formation des enseignants Au-delà des apparences quelles différences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.77-93, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sistema educativo y formacion profesional de los profesores en Francia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Oliveri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formación de profesores: estudio internacional para la formación de profesores en educación tecnológica.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Los Salesianos, pp.129-144, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology Education teacher training in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">William, John. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International technology teacher education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mac Graw Hill Glencoe editions, pp.45-67, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrire et concevoir un système contrôlé, quelques éléments de stratégies d’étudiants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Talis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Leroux, Pascal and Ginestié, Jacques and Nonon, Bernard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotique pédagogique francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, IUFM Aix-Marseille, pp.21-32, 2005, Skholê</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production attendue n'est peut-être pas celle escomptée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vérillon, Pierre and Ginestié, Jacques and Hostein, Bernard and Lebeaume, Joël and Leroux, Pascal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Produire en technologie à l’école et au collège</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRP, pp.333-346, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organization of the pedagogical situations: a way to manage the learning paces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Corréard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Matheron-Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Juste, Marisa and Ginestié, Jacques and Roosken, Barbara and Gay, Brenda. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The place of management of Diversity in education in different European teacher training systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPC edition, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to manage multiculturality at the middle age school: socio-cultural approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sakhina Bargach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Juste, Marisa and Ginestié, Jacques and Roosken, Barbara and Gay, Brenda. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The place of management of Diversity in education in different European teacher training systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPC edition, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qué metodología, para qué educación tecnológica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benson, Clare and Ginestié, Jacques and De Vries, Marc and Merz, Hekke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educación tecnológica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fernando Mena Editor, pp.55-82, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interés y perspectivas por una educación tecnológica para todos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benson, Clare and Ginestié, Jacques and De Vries, Marc and Merz, Hekke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educación tecnológica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fernando Mena Editor, pp.19-30, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jobs description</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oskardottir, Gerdrud and Ginestié, Jacques and Busetta, Pietro and Papoutsakis, Haris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employability skills in non-professional occupation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions of University of Iceland, pp.81-101, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hotel receptionist: French case of study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oskardottir, Gerdrud and Ginestié, Jacques and Busetta, Pietro and Papoutsakis, Haris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employability skills in non-professional occupation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions of University of Iceland, pp.291-308, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel projet, pour quelle éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginestié, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le projet en éducation technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11, IUFM Aix-Marseille éditeurs, pp.11-20, 2000, Skholê</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of twenty occupations in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oskardottir, Gerdrud and Ginestié, Jacques and Busetta, Pietro and Papoutsakis, Haris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employability skills in non-professional occupation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions of University of Iceland, pp.173-204, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseñanza de la tecnología: elementos fundamentales para una educación tecnológica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisca Elton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cox, Christian. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programa MECE: mejoramiente de la ecualidad y cualidad en educacion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministerio de la Educación Nacional, pp.137-212, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distanced resources access in Technology education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kananoja, Tapani and Kantola, Jaiken and Issakainen, Milstroem. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The principles and practices of teaching technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Jyväskylä, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology education in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Theuerkauf, Walter and Blandow, Dietrich. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategien und Paradigmenwechsel zur technischen Bildung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Diverlag Franzbecker, pp.75-85, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer based control in Technology education: Some questions about introducing and teaching. , , ,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arley, Tamir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second Jerusalem International Sciences and Technology Education Conference, JISTEC’ 96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, UNESCO, pp.21-29, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la constitution de faits didactiques en éducation technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université de Provence UFR de Psychologie Sciences de l'Education, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05484487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique comme outil pédagogique : Peut-on augmenter la compréhension et la fluidité de la lecture par la simplification et la nature des textes chez des élèves entre 7 et 9 ans ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Gala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ginestié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01706991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId202"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5C8CEC57"/>
+    <w:nsid w:val="BE2AFEBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-ginestie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4650-0222" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077902033" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/D-1585-2009" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03549026v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Javourey-Drevet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fran&#231;ois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Gala" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ginesti&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S014271642100062X" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945016v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey A. Wright" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Reeves" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Williams" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morrison-Love" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Patrick" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5296/ije.v10i4.13704" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533091v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baba Di&#232;ye Diagne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cheneval-Armand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Niane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01599088v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonietta A Impedovo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563662v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingelore Mammes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Graube" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffery A. Wright" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Reeve" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563661v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568188v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417711v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Andreucci" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-015-9335-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563663v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Alvarenga" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-016-9523-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568189v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agostini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417741v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys-Pedregosa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421297v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563664v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563666v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Loosfelt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568191v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563665v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563668v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563667v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Paba" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563669v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563672v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sylvain Bekale Nze" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-010-9143-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9V3VVD9X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563673v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Saliba" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouaini Naim" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nonnon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563670v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563671v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Chatoney" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-010-9148-y" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563675v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moudouma" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563676v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01438765v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laisney" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563674v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois H&#233;rold" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s1007/s10798-009-9106-8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563677v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02473517v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Andreucci -Marjolaine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563678v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563679v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563680v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563681v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ouarda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563682v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568192v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563683v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568193v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568194v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Talis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563686v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1015213511549" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VR1MQKJ3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563685v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563684v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerdrud Oskardottir" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Busetta" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haris Papoutsakis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563687v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568195v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563688v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568196v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568198v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568197v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568200v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568199v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563689v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Amigues" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Johsua" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421231v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890345v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gala N&#250;ria" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890735v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Ziegler" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421300v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Penloup" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421310v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421303v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fil&#226;tre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421305v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01316020v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333378v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Sefer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01316021v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01435955v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780925v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;dard-Sylvain Ovono" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04314539v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Javourey - Drevet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807539v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890525v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02113870v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Gala" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Ziegler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01680378v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568206v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roussel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568210v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559001v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre V&#233;rillon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hostein" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lebeaume" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Leroux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568202v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568204v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-3106-9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568203v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martinez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568205v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-2525-7" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568207v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568209v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568208v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568211v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568212v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568213v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568219v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568216v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568218v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568215v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Aravecchia" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568214v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568217v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568228v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568227v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568224v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Oliveri" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568226v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568221v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francis Ranucci" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Giraud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568223v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568222v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568220v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568225v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568230v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568229v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568231v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corr&#233;ard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Matheron-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568232v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakhina Bargach" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568234v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568233v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568237v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568238v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568236v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568235v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568239v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Elton" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568240v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568241v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568242v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05484487v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/medihal-01706991v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-ginestie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4650-0222" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077902033" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/D-1585-2009" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03549026v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Javourey-Drevet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fran&#231;ois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Gala" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ginesti&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S014271642100062X" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945016v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey A. Wright" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Reeves" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Williams" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morrison-Love" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Patrick" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5296/ije.v10i4.13704" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533091v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baba Di&#232;ye Diagne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cheneval-Armand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Niane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01599088v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonietta A Impedovo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563662v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingelore Mammes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Graube" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffery A. Wright" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Reeve" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563661v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568188v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417711v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Andreucci" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-015-9335-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563663v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Alvarenga" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-016-9523-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568189v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agostini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417741v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys-Pedregosa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421297v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563664v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568191v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563666v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Loosfelt" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563665v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563668v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563667v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Paba" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563669v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563672v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sylvain Bekale Nze" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-010-9143-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9V3VVD9X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563673v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Saliba" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouaini Naim" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nonnon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563670v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563671v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Chatoney" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-010-9148-y" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563675v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moudouma" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563676v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563674v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois H&#233;rold" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s1007/s10798-009-9106-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01438765v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laisney" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563677v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02473517v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Andreucci -Marjolaine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563678v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563679v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563680v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563681v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ouarda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563682v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563683v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568192v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568193v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568194v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Talis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563686v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1015213511549" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VR1MQKJ3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563685v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563684v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerdrud Oskardottir" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Busetta" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haris Papoutsakis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563687v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568195v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563688v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568196v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568198v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568197v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568200v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568199v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563689v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Amigues" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Johsua" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421231v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890345v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gala N&#250;ria" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890735v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Ziegler" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421300v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Penloup" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421310v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421303v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fil&#226;tre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01421305v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01316020v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333378v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Sefer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01316021v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01435955v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780925v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;dard-Sylvain Ovono" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04314539v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Javourey - Drevet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807539v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890525v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02113870v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Gala" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Ziegler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01680378v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568206v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roussel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568210v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559001v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre V&#233;rillon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hostein" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lebeaume" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Leroux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568203v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martinez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568202v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568204v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-3106-9" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568205v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-2525-7" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568207v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568209v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568208v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568211v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568212v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568213v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568219v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568218v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568216v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568215v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Aravecchia" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568214v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568217v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568228v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568227v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568224v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Oliveri" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568226v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568221v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francis Ranucci" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Giraud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568223v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568222v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568220v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568225v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568229v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568230v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568231v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corr&#233;ard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Matheron-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568232v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakhina Bargach" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568234v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568233v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568237v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568238v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568236v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568235v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568239v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Elton" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568240v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568241v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568242v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05484487v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/medihal-01706991v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>