--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -141,51 +141,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -313,165 +313,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La passion dans les &amp;quot;Chroniques italiennes&amp;quot; de Stendhal</w:t>
+                <w:t xml:space="preserve">Fabrice del Dongo : un nouveau Casanova ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Causeries de l’Association des amis de Stendhal (2025-2026)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2026, Paris, France</w:t>
+              <w:t xml:space="preserve">(Im)mobilis in (im)mobili : mouvements et circulations dans la littérature carcérale européenne (XVIe-XIXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie-Agathe Tilliette; Louise Dehondt, Mar 2026, Boulogne-Sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05492590v1</w:t>
+                <w:t xml:space="preserve">hal-05561247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alphonse de Lamartine : un auteur impoli ?</w:t>
+                <w:t xml:space="preserve">La passion dans les &amp;quot;Chroniques italiennes&amp;quot; de Stendhal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vulgaire, vulgarité, vulgariser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elie Génin; Jeanne Montanvert; Mariam Veliashvili, May 2025, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Causeries de l’Association des amis de Stendhal (2025-2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05071335v1</w:t>
+                <w:t xml:space="preserve">hal-05492590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Temps de l'innocence&amp;quot; d'Edith Wharton : quand la musique n'adoucit pas les mœurs</w:t>
               </w:r>
@@ -520,96 +520,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04906268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alphonse de Lamartine : un poète engagé ?</w:t>
+                <w:t xml:space="preserve">Alphonse de Lamartine : un auteur impoli ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'idéal : Recherche et Expression</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nina Eldridge; Jeanne Barange, Feb 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Vulgaire, vulgarité, vulgariser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elie Génin; Jeanne Montanvert; Mariam Veliashvili, May 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05071346v1</w:t>
+                <w:t xml:space="preserve">hal-05071335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'alcool dans &amp;quot;Oberman&amp;quot; (Senancour) : tropisme et modération</w:t>
               </w:r>
@@ -736,303 +736,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05350235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les oiseaux dans &amp;quot;La Chartreuse de Parme&amp;quot; : battements d'un discours amoureux</w:t>
+                <w:t xml:space="preserve">Alphonse de Lamartine : un poète engagé ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animaux et sentiment amoureux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sébastien Douchet; Yvan Daniel; Alain Romestaing, Jan 2025, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">L'idéal : Recherche et Expression</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nina Eldridge; Jeanne Barange, Feb 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04908081v1</w:t>
+                <w:t xml:space="preserve">hal-05071346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Aveugle de Spa&amp;quot; de Mme de Genlis : éclat des femmes et lueurs de la foi</w:t>
+                <w:t xml:space="preserve">Les oiseaux dans &amp;quot;La Chartreuse de Parme&amp;quot; : battements d'un discours amoureux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Théâtre de femmes et femmes au théâtre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Morgane Kappès-Le Moing; Fanny Platelle; Paola Roman, Nov 2024, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Animaux et sentiment amoureux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sébastien Douchet; Yvan Daniel; Alain Romestaing, Jan 2025, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04812298v1</w:t>
+                <w:t xml:space="preserve">hal-04908081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La haute couture dans &amp;quot;Barbe bleue&amp;quot; (Amélie Nothomb)</w:t>
+                <w:t xml:space="preserve">L'Aveugle de Spa&amp;quot; de Mme de Genlis : éclat des femmes et lueurs de la foi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Femmes et tissage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oriane Chevalier; Mawada Zid, Sep 2024, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Théâtre de femmes et femmes au théâtre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Morgane Kappès-Le Moing; Fanny Platelle; Paola Roman, Nov 2024, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702010v1</w:t>
+                <w:t xml:space="preserve">hal-04812298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Ta musique exigeait une pause » : chants, silences et murmures dans l'oeuvre poétique d'Amélie Murat</w:t>
+                <w:t xml:space="preserve">La haute couture dans &amp;quot;Barbe bleue&amp;quot; (Amélie Nothomb)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Re)découvrir la poétesse Amélie Murat (1882-1940)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oriane Chevalier; Yvan Daniel; Paolo Dias Fernandes, Dec 2024, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Femmes et tissage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oriane Chevalier; Mawada Zid, Sep 2024, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820726v1</w:t>
+                <w:t xml:space="preserve">hal-04702010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire croire ou faire douter : les masques de Dieu, dans &amp;quot;Lorenzaccio</w:t>
               </w:r>
@@ -1081,228 +1081,297 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04397920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commentaire linéaire de &amp;quot;La Marseillaise de la paix&amp;quot; (Alphonse de Lamartine)</w:t>
+                <w:t xml:space="preserve">« Ta musique exigeait une pause » : chants, silences et murmures dans l'oeuvre poétique d'Amélie Murat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ce que la guerre fait à la poésie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National d'Histoire de l'Art, Nov 2024, Paris ( France), France</w:t>
+              <w:t xml:space="preserve">(Re)découvrir la poétesse Amélie Murat (1882-1940)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oriane Chevalier; Yvan Daniel; Paolo Dias Fernandes, Dec 2024, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04794888v1</w:t>
+                <w:t xml:space="preserve">hal-04820726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'origine du monde, dans &amp;quot;La Nuit des temps</w:t>
+                <w:t xml:space="preserve">Commentaire linéaire de &amp;quot;La Marseillaise de la paix&amp;quot; (Alphonse de Lamartine)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences vulgarisées &amp; courts-métrages, "Origine(s)"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Puy de la recherche, Nov 2023, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Ce que la guerre fait à la poésie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National d'Histoire de l'Art, Nov 2024, Paris ( France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392393v1</w:t>
+                <w:t xml:space="preserve">hal-04794888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'origine du monde, dans &amp;quot;La Nuit des temps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Marckert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences vulgarisées &amp; courts-métrages, "Origine(s)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Puy de la recherche, Nov 2023, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">[P]eindre les délices de la cruauté&amp;quot; : &amp;quot;Les Chants de Maldoror&amp;quot;, du texte à l'image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poésie graphique et poésie visuelle, un dialogue possible ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bénédicte Mathios; Viviane Alary, May 2023, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1312,1358 +1381,1478 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mon cadavre est doux comme un gant&amp;quot; : étude d'un poème de Louise de Vilmorin</w:t>
+                <w:t xml:space="preserve">Le sublime dans le &amp;quot;Voyage en Orient&amp;quot; de Nerval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pensées vives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Complexus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 7, pp.257-267</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.52497/pensees-vives.350⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05505613v1</w:t>
+                <w:t xml:space="preserve">hal-05497445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sublime dans le &amp;quot;Voyage en Orient&amp;quot; de Nerval</w:t>
+                <w:t xml:space="preserve">Mon cadavre est doux comme un gant&amp;quot; : étude d'un poème de Louise de Vilmorin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complexus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pensées vives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52497/pensees-vives.350⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05497445v1</w:t>
+                <w:t xml:space="preserve">hal-05505613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alphonse de Lamartine et l'échelle de Jacob</w:t>
+                <w:t xml:space="preserve">[U]n sublime va te faire foutre lancé au peuple&amp;quot; : les ressentiments d'Alphonse de Lamartine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quêtes littéraires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Costellazioni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28, pp.89-105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.31743/ql.19315⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05434865v1</w:t>
+                <w:t xml:space="preserve">hal-05327963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[U]n sublime va te faire foutre lancé au peuple&amp;quot; : les ressentiments d'Alphonse de Lamartine</w:t>
+                <w:t xml:space="preserve">Alphonse de Lamartine : du &amp;quot;Solitaire&amp;quot; au &amp;quot;Conseiller du peuple</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Costellazioni</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers ERTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 42, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26881/erta.2025.42.02⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327963v1</w:t>
+                <w:t xml:space="preserve">hal-05166832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alphonse de Lamartine : du &amp;quot;Solitaire&amp;quot; au &amp;quot;Conseiller du peuple</w:t>
+                <w:t xml:space="preserve">Alphonse de Lamartine et l'échelle de Jacob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers ERTA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quêtes littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, pp.23-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31743/ql.19315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26881/erta.2025.42.02⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05166832v1</w:t>
+                <w:t xml:space="preserve">hal-05434865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les silences dans &amp;quot;Combat avec l'ange</w:t>
+                <w:t xml:space="preserve">L'alcool dans l'oeuvre poétique de Lautréamont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Jean Giraudoux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 53, pp.133-152</w:t>
+              <w:t xml:space="preserve">Cahiers Lautréamont </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, pp.117-126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05348721v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05471209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'alcool dans l'oeuvre poétique de Lautréamont</w:t>
+                <w:t xml:space="preserve">Les silences dans &amp;quot;Combat avec l'ange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Lautréamont </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7, pp.117-126</w:t>
+              <w:t xml:space="preserve">Cahiers Jean Giraudoux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 53, pp.133-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05471209v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05348721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le &amp;quot;Poème sur le désastre de Lisbonne&amp;quot; de Voltaire : de l'effondrement à l'édification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociopoétiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, HS1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05294042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le secret dans l'oeuvre poétique d'Alphonse de Lamartine</w:t>
+                <w:t xml:space="preserve">La poésie épique d'Alphonse de Lamartine : un brouillon sous les traits du chef-d'œuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Méditations littéraires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 8, pp.102-113</w:t>
+              <w:t xml:space="preserve">Pensées vives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04676922v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05004414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La poésie épique d'Alphonse de Lamartine : un brouillon sous les traits du chef-d'œuvre</w:t>
+                <w:t xml:space="preserve">Le secret dans l'oeuvre poétique d'Alphonse de Lamartine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pensées vives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4</w:t>
+              <w:t xml:space="preserve">Revue Méditations littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.102-113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05004414v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La musique dans l'œuvre poétique de Lautréamont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Lautréamont </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 6, pp.177-206</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04833515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de l'ouvrage &amp;quot;Les Insectes et la Musique&amp;quot;, par Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociopoétiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04380380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Son (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Portrait de Jean des Esseintes en homme révolté</w:t>
+                <w:t xml:space="preserve">Interview dans l'émission &amp;quot;Moteur de recherche&amp;quot; (Radio Campus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...16 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Durécu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamed Ouattara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Son</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/9789004736344_006⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05207296v1</w:t>
+                <w:t xml:space="preserve">hal-05528513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les trajectoires du sublime dans l'œuvre poétique d'Alphonse de Lamartine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Clermont Auvergne, 2025. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05410718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (3)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portrait de Jean des Esseintes en homme révolté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Marckert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Faux Titre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manifestations de la révolte dans le romanesque français du second XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 470, pp.76-94, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004736344_006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05207296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notice &amp;quot;Oiseau&amp;quot; de l'Abécédaire de la forêt. Pascale Auraix-Jonchière, Frédéric Calas et alii (dir.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abécédaire de la forêt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04584413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notice &amp;quot;Forêt romantique&amp;quot; de l'Abécédaire de la forêt. Pascale Auraix-Jonchière, Frédéric Calas et alii (dir.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abécédaire de la forêt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notice &amp;quot;Feuille&amp;quot; de l'Abécédaire de la forêt. Pascale Auraix-Jonchière, Frédéric Calas et alii (dir.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abécédaire de la forêt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId50"/>
+      <w:footerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2731,51 +2920,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A0D1F136"/>
+    <w:nsid w:val="204A5D8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2962,51 +3151,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-marckert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2542-2414" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471106v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marckert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497453v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492590v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071335v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906268v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071346v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934764v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/flaubert.3035&gt;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350235v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908081v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812298v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702010v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820726v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397920v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794888v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392393v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392394v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505613v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/pensees-vives.350" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497445v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434865v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31743/ql.19315" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327963v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166832v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26881/erta.2025.42.02" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348721v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471209v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294042v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676922v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004414v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833515v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380380v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207296v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004736344_006" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05410718v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584413v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583266v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583303v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jacques-marckert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2542-2414" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471106v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marckert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497453v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561247v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492590v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906268v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071335v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934764v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/flaubert.3035&gt;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350235v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071346v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908081v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812298v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702010v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397920v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820726v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794888v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392393v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392394v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497445v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505613v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/pensees-vives.350" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327963v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166832v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26881/erta.2025.42.02" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434865v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31743/ql.19315" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471209v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348721v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294042v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004414v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676922v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833515v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380380v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528513v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dur&#233;cu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Ouattara" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05410718v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207296v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004736344_006" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584413v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583266v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583303v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>