--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -234,429 +234,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05525313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La santé circadienne à la croisée de la physiologie et des comportements</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Residual sleepiness and impaired alertness in treated obstructive sleep apnoea: role of hypoxic burden and sleep fragmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
+                <w:t xml:space="preserve">Pierre Tankéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent P. Martin</w:t>
+                <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Alexis Geoffroy</w:t>
+                <w:t xml:space="preserve">Thierry Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Bourgin</w:t>
+                <w:t xml:space="preserve">Pierre Le-Cam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ricordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biologie Aujourd'hui</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/jbio/2025005⟩</w:t>
+              <w:t xml:space="preserve">Thorax</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 80 (4), pp.245-247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/thorax-2024-222462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05185631v1</w:t>
+                <w:t xml:space="preserve">hal-05138784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Republication de : La santé circadienne à la croisée de la physiologie et des comportements</w:t>
+                <w:t xml:space="preserve">La santé circadienne à la croisée de la physiologie et des comportements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexis Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Bourgin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine du sommeil</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biologie Aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 219 (1-2), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jbio/2025005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msom.2025.06.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05186942v1</w:t>
+                <w:t xml:space="preserve">hal-05185631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Residual sleepiness and impaired alertness in treated obstructive sleep apnoea: role of hypoxic burden and sleep fragmentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Republication de : La santé circadienne à la croisée de la physiologie et des comportements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Tankéré</w:t>
+                <w:t xml:space="preserve">Vincent P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Taillard</w:t>
+                <w:t xml:space="preserve">Pierre-Alexis Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Petitjean</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Ricordeau</w:t>
+                <w:t xml:space="preserve">Patrice Bourgin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thorax</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 80 (4), pp.245-247. </w:t>
+              <w:t xml:space="preserve">Médecine du sommeil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/thorax-2024-222462⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.msom.2025.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05138784v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05186942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening for impaired alertness and accidental risk with Epworth Sleepiness Scale in patients with obstructive sleep apnea treated with CPAP</w:t>
               </w:r>
@@ -802,51 +802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent P Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gauld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Peter-Derex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -904,645 +904,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04487644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity and diagnostic performance of a virtual reality-based supermarket application “MEMOSHOP” for assessing episodic memory in normal and pathological aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patricia Sagaspe</w:t>
+                <w:t xml:space="preserve">Systematic Item Content and Overlap Analysis of Self-reported Multiple Sleep Disorder Screening Questionnaires in Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gauld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Amieva</w:t>
+                <w:t xml:space="preserve">Alexandre Richaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Dartigues</w:t>
+                <w:t xml:space="preserve">Sébastien Baillieul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Olive</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste de la Rivière</w:t>
+                <w:t xml:space="preserve">Lucie Vicente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/20552076231218808⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (3), pp.852. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm12030852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04370680v1</w:t>
+                <w:t xml:space="preserve">hal-03960886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association between circadian sleep regulation and cortical gyrification in young and older adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Bordeaux Sleepiness Scale (BOSS): a new questionnaire to measure sleep-related driving risk.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Philip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Taillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele Deantoni</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gregory Hammad</w:t>
+                <w:t xml:space="preserve">Camille Tisserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/sleep/zsad094⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Sleep Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (5), pp.957-965. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5664/jcsm.10470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748221v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Bordeaux Sleepiness Scale (BOSS): a new questionnaire to measure sleep-related driving risk.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Camille Tisserand</w:t>
+                <w:t xml:space="preserve">Validity and diagnostic performance of a virtual reality-based supermarket application “MEMOSHOP” for assessing episodic memory in normal and pathological aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Sagaspe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Amieva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Dartigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste de la Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Sleep Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5664/jcsm.10470⟩</w:t>
+              <w:t xml:space="preserve">Digital Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/20552076231218808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289766v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04370680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic Item Content and Overlap Analysis of Self-reported Multiple Sleep Disorder Screening Questionnaires in Adults</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent P. Martin</w:t>
+                <w:t xml:space="preserve">Association between circadian sleep regulation and cortical gyrification in young and older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Reyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Richaud</w:t>
+                <w:t xml:space="preserve">Christian Berthomier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Baillieul</w:t>
+                <w:t xml:space="preserve">Vincenzo Muto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Vicente</w:t>
+                <w:t xml:space="preserve">Gregory Hammad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (3), pp.852. </w:t>
+              <w:t xml:space="preserve">Sleep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (9), pp.zsad094. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jcm12030852⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/sleep/zsad094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03960886v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the maintenance of wakefulness test: from intra-/inter-scorer agreement to normative values in patients treated for obstructive sleep apnea.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tankéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Armeni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Berthomier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sleep Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.e13961. </w:t>
@@ -1580,77 +1580,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Objective evaluation of excessive daytime sleepiness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Arthur Micoulaud-Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Peter-Derex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1723,51 +1723,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotional Exhaustion, a Proxy for Burnout, Is Associated with Sleep Health in French Healthcare Workers without Anxiety or Depressive Symptoms: A Cross‐Sectional Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1844,51 +1844,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacy of a Smartphone-Based Virtual Companion to Treat Insomniac Complaints in the General Population: Sleep Diary Monitoring Versus an Internet Autonomous Intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2004,51 +2004,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel d'Incau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2138,64 +2138,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gauld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2285,51 +2285,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles M. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne de Sevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2374,668 +2374,668 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04099777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does Homeostatic Sleep Pressure Buildup Explain Objective Excessive Daytime Sleepiness in Adults With ADHD? An Exploratory Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatic analysis of single-channel sleep EEG in a large spectrum of sleep disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Peter-Derex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Berthomier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Taillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Bioulac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patricia Sagaspe</w:t>
+                <w:t xml:space="preserve">Pierre Berthomier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleonore Tron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christian Berthomier</w:t>
+                <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2021.586528⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Sleep Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (3), pp.393-402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5664/jcsm.8864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03202991v1</w:t>
+                <w:t xml:space="preserve">hal-04099961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maintenance of wakefulness test: how does it predict accident risk in patients with sleep disorders?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Philip</w:t>
+                <w:t xml:space="preserve">Does Homeostatic Sleep Pressure Buildup Explain Objective Excessive Daytime Sleepiness in Adults With ADHD? An Exploratory Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bioulac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kelly Guichard</w:t>
+                <w:t xml:space="preserve">Eleonore Tron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Strauss</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Pepin</w:t>
+                <w:t xml:space="preserve">Antoine Benard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Berthomier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sleep.2020.04.007⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.586528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2021.586528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03366067v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03202991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep in Normal Aging, Homeostatic and Circadian Regulation and Vulnerability to Sleep Deprivation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Taillard</w:t>
+                <w:t xml:space="preserve">Maintenance of wakefulness test: how does it predict accident risk in patients with sleep disorders?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Philip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Strauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Gronfier</w:t>
+                <w:t xml:space="preserve">Damien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bioulac</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emilie Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (8), pp.1003. </w:t>
+              <w:t xml:space="preserve">Sleep Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 77, pp.249-255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/brainsci11081003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sleep.2020.04.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04780964v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03366067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic analysis of single-channel sleep EEG in a large spectrum of sleep disorders</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Sleep in Normal Aging, Homeostatic and Circadian Regulation and Vulnerability to Sleep Deprivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Berthomier</w:t>
+                <w:t xml:space="preserve">Claude Gronfier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Bouet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphanie Bioulac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Philip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Sagaspe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Sleep Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 17 (3), pp.393-402. </w:t>
+              <w:t xml:space="preserve">Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (8), pp.1003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5664/jcsm.8864⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/brainsci11081003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04099961v1</w:t>
+                <w:t xml:space="preserve">hal-04780964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sleep in Normal Aging, Homeostatic and Circadian Regulation and Vulnerability to Sleep Deprivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Gronfier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bioulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (8), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/brainsci11081003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03805515v1</w:t>
@@ -3193,90 +3193,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-perceived sleep during the Maintenance of Wakefulness Test: how does it predict accidental risk in patients with sleep disorders?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bioulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sleep</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 44 (11), pp.zsab159. </w:t>
@@ -3314,90 +3314,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sleep timing, chronotype and social jetlag: Impact on cognitive abilities and psychiatric disorders.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bioulac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 191, pp.114438. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3431,51 +3431,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smartphone-Based Virtual Agents to Help Individuals With Sleep Concerns During COVID-19 Confinement: Feasibility Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3483,51 +3483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles M. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne de Sevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bioulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Internet Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 22 (12), pp.24268. </w:t>
@@ -3565,77 +3565,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sleep Restriction, Sleep Hygiene, and Driving Safety The Importance of Situational Sleepiness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sleep Medicine Clinics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 14, pp.407 - 412. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3721,51 +3721,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernesto Sanz-Arigita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Daviaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bioulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sleep Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 29 (2), </w:t>
@@ -3807,51 +3807,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-REM Sleep Characteristics Predict Early Cognitive Impairment in an Aging Population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4101,51 +4101,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ladislav Motak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Bayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4221,51 +4221,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complaints of poor sleep and risk of traffic accidents: a population-based case-control study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Chaufton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4394,51 +4394,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ladislav Motak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Bayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4514,51 +4514,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of age, circadian and homeostatic processes on inhibitory motor control: a Go/Nogo task study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Amiéva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4635,51 +4635,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acute versus chronic partial sleep deprivation in middle-aged people: differential effect on performance and sleepiness.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4754,432 +4754,432 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01155558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Might the Berlin Sleep Questionnaire applied to bed partners be used to screen sleep apneic patients?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sleep disorders and accidental risk in a large group of regular registered highway drivers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Philip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Bayon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Chaumet</w:t>
+                <w:t xml:space="preserve">Maurice M Ohayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sleep Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 11 (5), pp.479-83. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2010, 11 (10), pp.973-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04350742v1</w:t>
+                <w:t xml:space="preserve">hal-01155590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleepiness, near-misses and driving accidents among a representative population of French drivers</w:t>
+                <w:t xml:space="preserve">Might the Berlin Sleep Questionnaire applied to bed partners be used to screen sleep apneic patients?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Bayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicholas Moore</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2869.2009.00818.x⟩</w:t>
+              <w:t xml:space="preserve">Sleep Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11 (5), pp.479-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sleep.2010.01.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00593860v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep disorders and accidental risk in a large group of regular registered highway drivers.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sleepiness, near-misses and driving accidents among a representative population of French drivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Taillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maurice M Ohayon</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Moore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 19 (4), pp 578-584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2869.2009.00818.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01155590v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00593860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sleep disorders and accidental risk in a large group of regular registered highway drivers</w:t>
               </w:r>
@@ -5191,77 +5191,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice M Ohayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sleep Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 11 (10), pp 973-979. </w:t>
@@ -5324,77 +5324,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extended driving impairs nocturnal driving performances.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torbjorn Akerstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Bayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Espié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5458,64 +5458,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maintenance of wakefulness test as a predictor of driving performance in patients with untreated obstructive sleep apnea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Guilleminault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5583,77 +5583,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aging and Nocturnal Driving: Better with Coffee or a Nap? A Randomized Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Moore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bioulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5730,77 +5730,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sagaspe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bioulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Experimental Psychology / Revue canadienne de psychologie expérimentale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 57 (4), pp.265-273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6017,51 +6017,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Bayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Authié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Taillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6285,51 +6285,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525313v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boitard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Mazurie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadijeh Sadatnejad" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Coelho" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Sagaspe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/83969" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05185631v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Arthur Micoulaud-Franchi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P. Martin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexis Geoffroy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourgin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2025005" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186942v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2025.06.002" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138784v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tank&#233;r&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Taillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Petitjean" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le-Cam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ricordeau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/thorax-2024-222462" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283753v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tank&#233;r&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Taillard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bettega" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Velho" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Cam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2025.106638" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487644v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P Martin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauld" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Peter-Derex" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lopez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2023.102937" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370680v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Amieva" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dartigues" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Olive" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste de la Rivi&#232;re" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20552076231218808" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748221v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Deantoni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Reyt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berthomier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Muto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hammad" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsad094" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289766v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philip" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tisserand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5664/jcsm.10470" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960886v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Richaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baillieul" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vicente" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12030852" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187950v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Armeni" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13961" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744449v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Arthur Micoulaud-Franchi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fran&#231;oise Vecchierini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2023.102938" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028570v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Bernard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fond" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12051895" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819927v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dupuy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne de Sevin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Auriacombe" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11154387" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056296v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel d'Incau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11133892" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956932v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Morin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10071616" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099777v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M. Morin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Salles" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13489" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202991v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bioulac" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Tron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Benard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2021.586528" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03366067v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Guichard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Strauss" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien L&#233;ger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pepin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2020.04.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780964v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gronfier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bioulac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci11081003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099961v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthomier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5664/jcsm.8864" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805515v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099940v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Sanz Arigita" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daviaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joliot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bixente Dilharreguy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Arthur Micoulaud Franchi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab081" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03649402v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab159" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099948v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2021.114438" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339850v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/24268" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489081v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsmc.2019.07.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736793v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellemarije Altena" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lyne Bastien" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Sanz-Arigita" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12970" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169067v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brandewinder" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Amieva" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2019.00197" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100452v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Micallef" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupouey" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jouve" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Truillet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lacarelle" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12382" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806254v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Motak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bayssac" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2014.02.009" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3Q130Z3H-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421095v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chaufton" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Orriols" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lagarde" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Amoros" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0114102" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099950v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Daurat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bayssac" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2013.08.004" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKLXG3JN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321661v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ami&#233;va" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Beck" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rascol" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0039410" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155558v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Prague" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Tassi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Capelli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350742v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Leger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bayon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chaumet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2010.01.007" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03B5HTG6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593860v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Moore" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2869.2009.00818.x" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155590v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice M Ohayon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593861v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2010.07.010" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZMB8MN9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350070v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbjorn Akerstedt" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Espi&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0003493" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346344v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guilleminault" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coste" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349904v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bioulac" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/30.12.1808" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289988v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Charles" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/h0087430" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04721899v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pelou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poeiti Abi-Saab" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Monseigne" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jeunet-Kelway" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lotte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806595v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Authi&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525313v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boitard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Mazurie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadijeh Sadatnejad" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Coelho" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Sagaspe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/83969" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138784v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tank&#233;r&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Taillard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Petitjean" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le-Cam" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ricordeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/thorax-2024-222462" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05185631v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Arthur Micoulaud-Franchi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P. Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexis Geoffroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourgin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2025005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186942v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2025.06.002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283753v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tank&#233;r&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Taillard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bettega" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Velho" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Cam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2025.106638" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487644v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P Martin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauld" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Peter-Derex" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lopez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2023.102937" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960886v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Richaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baillieul" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vicente" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12030852" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289766v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tisserand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5664/jcsm.10470" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370680v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Amieva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dartigues" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Olive" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste de la Rivi&#232;re" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20552076231218808" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748221v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Deantoni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Reyt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berthomier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Muto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hammad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsad094" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187950v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Armeni" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13961" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744449v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Arthur Micoulaud-Franchi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fran&#231;oise Vecchierini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2023.102938" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028570v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Bernard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fond" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12051895" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819927v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dupuy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne de Sevin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Auriacombe" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11154387" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056296v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel d'Incau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11133892" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956932v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Morin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10071616" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099777v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M. Morin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Salles" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13489" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099961v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthomier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5664/jcsm.8864" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202991v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bioulac" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Tron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Benard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2021.586528" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03366067v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Guichard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Strauss" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien L&#233;ger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pepin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2020.04.007" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780964v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gronfier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bioulac" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci11081003" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805515v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099940v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Sanz Arigita" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daviaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joliot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bixente Dilharreguy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Arthur Micoulaud Franchi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab081" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03649402v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab159" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099948v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2021.114438" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339850v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/24268" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489081v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsmc.2019.07.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736793v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellemarije Altena" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lyne Bastien" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Sanz-Arigita" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12970" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169067v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brandewinder" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Amieva" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2019.00197" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100452v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Micallef" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupouey" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jouve" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Truillet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lacarelle" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12382" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806254v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Motak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bayssac" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2014.02.009" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3Q130Z3H-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421095v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chaufton" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Orriols" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lagarde" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Amoros" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0114102" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099950v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Daurat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bayssac" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2013.08.004" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKLXG3JN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321661v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ami&#233;va" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Beck" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rascol" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0039410" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155558v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Prague" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Tassi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Capelli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155590v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Leger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice M Ohayon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350742v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bayon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chaumet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2010.01.007" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03B5HTG6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593860v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Moore" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2869.2009.00818.x" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593861v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2010.07.010" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZMB8MN9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350070v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbjorn Akerstedt" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Espi&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0003493" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346344v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guilleminault" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coste" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349904v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bioulac" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/30.12.1808" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289988v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Charles" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/h0087430" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04721899v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pelou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poeiti Abi-Saab" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Monseigne" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jeunet-Kelway" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lotte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806595v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Authi&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>