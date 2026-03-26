--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -187,429 +187,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positron Emission Tomography Imaging of Vessel Wall Matrix Metalloproteinase Activity in Abdominal Aortic Aneurysm</w:t>
+                <w:t xml:space="preserve">Homeostatic, Non-Canonical Role of Macrophage Elastase in Vascular Integrity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mani Salarian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mean Ghim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azmi Ahmad</w:t>
+                <w:t xml:space="preserve">Jinah Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mean Ghim</w:t>
+                <w:t xml:space="preserve">Dar Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation: Cardiovascular Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16 (1), </w:t>
+              <w:t xml:space="preserve">Circulation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 132 (4), pp.432-448. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/CIRCIMAGING.122.014615⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.122.322096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741598v1</w:t>
+                <w:t xml:space="preserve">hal-04741617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodality Imaging of Aortic Valve Calcification and Function in a Murine Model of Calcific Aortic Valve Disease and Bicuspid Aortic Valve</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Positron Emission Tomography Imaging of Vessel Wall Matrix Metalloproteinase Activity in Abdominal Aortic Aneurysm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakub Toczek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiran Gona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongjian Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azmi Ahmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mean Ghim</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Devi Ojha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2967/jnumed.123.265516⟩</w:t>
+              <w:t xml:space="preserve">Circulation: Cardiovascular Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCIMAGING.122.014615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741623v1</w:t>
+                <w:t xml:space="preserve">hal-04741598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homeostatic, Non-Canonical Role of Macrophage Elastase in Vascular Integrity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Multimodality Imaging of Aortic Valve Calcification and Function in a Murine Model of Calcific Aortic Valve Disease and Bicuspid Aortic Valve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azmi Ahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mean Ghim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jinah Han</w:t>
+                <w:t xml:space="preserve">Afarin Neishabouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dar Weiss</w:t>
+                <w:t xml:space="preserve">Devi Ojha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 132 (4), pp.432-448. </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 64 (9), pp.1487-1494. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.122.322096⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2967/jnumed.123.265516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04741617v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deletion of matrix metalloproteinase-12 compromises mechanical homeostasis and leads to an aged aortic phenotype in young mice</w:t>
               </w:r>
@@ -634,64 +634,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhay Ramachandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauren Moriyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinah Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 141, pp.111179. </w:t>
@@ -742,51 +742,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential BMP Signaling Mediates the Interplay Between Genetics and Leaflet Numbers in Aortic Valve Calcification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jae-Joon Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azmi Ahmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saranya Rajendran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -863,51 +863,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Considerations on PET/MR imaging of carotid plaque inflammation with 68Ga-Pentixafor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1006,51 +1006,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Canfrán-Duque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Circulation Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 131 (1), pp.77-90. </w:t>
@@ -1088,51 +1088,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of arterial [18F]-sodium fluoride uptake and calcification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Cardiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 28 (5), pp.1946-1948. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1166,77 +1166,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FDG PET imaging of vascular inflammation in post-traumatic stress disorder: A pilot case–control study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ansel Hillmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinah Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1300,103 +1300,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computed tomography imaging of macrophage phagocytic activity in abdominal aortic aneurysm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakub Toczek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parnaz Boodagh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nowshin Sanzida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mean Ghim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mani Salarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theranostics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (12), pp.5876-5888. </w:t>
@@ -1447,51 +1447,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying the leukocyte uptake pattern of inflammation imaging agents: Current limitations and potential impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Broisat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1564,90 +1564,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accuracy of arterial [18F]-Fluorodeoxyglucose uptake quantification: A kinetic modeling study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ansel Hillmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinah Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Esterlis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1698,64 +1698,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydroxamate-Based Selective Macrophage Elastase (MMP-12) Inhibitors and Radiotracers for Molecular Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiran Gona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunpeng Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1826,377 +1826,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03320529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic deficiency or pharmacological inhibition of miR-33 protects from kidney fibrosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel Matrix Metalloproteinase 12 Selective Radiotracers for Vascular Molecular Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakub Toczek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Price</w:t>
+                <w:t xml:space="preserve">Thomas Bordenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiran Gona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verónica Miguel</w:t>
+                <w:t xml:space="preserve">Hye-Yeong Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wen Ding</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Shipra Malik</w:t>
+                <w:t xml:space="preserve">Fabrice Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCI Insight</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1172/jci.insight.131102⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 62 (21), pp.9743-9752. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.9b01186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741696v1</w:t>
+                <w:t xml:space="preserve">hal-04467935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Matrix Metalloproteinase 12 Selective Radiotracers for Vascular Molecular Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jakub Toczek</w:t>
+                <w:t xml:space="preserve">Genetic deficiency or pharmacological inhibition of miR-33 protects from kidney fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Price</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica Miguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bordenave</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kiran Gona</w:t>
+                <w:t xml:space="preserve">Wen Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hye-Yeong Kim</w:t>
+                <w:t xml:space="preserve">Abhishek Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Beau</w:t>
+                <w:t xml:space="preserve">Shipra Malik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 62 (21), pp.9743-9752. </w:t>
+              <w:t xml:space="preserve">JCI Insight</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (22), pp.9743-9752. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.9b01186⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1172/jci.insight.131102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04467935v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Arginine-containing Macrocyclic MMP Inhibitors: Synthesis, 99mTc-labeling, and Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunpeng Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiran Gona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hye-Yeong Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinah Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (1), pp.11647. </w:t>
@@ -2228,459 +2228,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04741713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matrix Metalloproteinase–Targeted Imaging of Lung Inflammation and Remodeling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Razavian</w:t>
+                <w:t xml:space="preserve">Preclinical Evaluation of RYM1, a Matrix Metalloproteinase–Targeted Tracer for Imaging Aneurysm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunpeng Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jae-Joon Jung</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiran Gona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hye-Yeong Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinah Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 58 (1), pp.138-143. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2967/jnumed.116.176198⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 58 (8), pp.1318-1323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2967/jnumed.116.188656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741737v1</w:t>
+                <w:t xml:space="preserve">hal-04741721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Macrophage Polarization States Using Combined Measurement of 2-Deoxyglucose and Glutamine Accumulation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yanlai Lai</w:t>
+                <w:t xml:space="preserve">Matrix Metalloproteinase–Targeted Imaging of Lung Inflammation and Remodeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reza Golestani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Razavian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunpeng Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiasheng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jae-Joon Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.117.308848⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 58 (1), pp.138-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2967/jnumed.116.176198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04741727v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preclinical Evaluation of RYM1, a Matrix Metalloproteinase–Targeted Tracer for Imaging Aneurysm</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jinah Han</w:t>
+                <w:t xml:space="preserve">Characterization of Macrophage Polarization States Using Combined Measurement of 2-Deoxyglucose and Glutamine Accumulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sina Tavakoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Downs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Short</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huynh Nga Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanlai Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 58 (8), pp.1318-1323. </w:t>
+              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (10), pp.1840-1848. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2967/jnumed.116.188656⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.117.308848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04741721v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Tracer for Imaging Atherosclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2727,90 +2727,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical imaging of MMP-12 active form in inflammation and aneurysm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Razavian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bordenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitris Georgiadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiasheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2874,90 +2874,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matrix metalloproteinase inhibitor, doxycycline and progression of calcific aortic valve disease in hyperlipidemic mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jae-Joon Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Razavian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hye-Yeong Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunpeng Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reza Golestani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6 (1), pp.32659. </w:t>
@@ -2995,51 +2995,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular imaging concepts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Sadeghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3086,51 +3086,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Molecular Imaging Approaches to Abdominal Aortic Aneurysm Risk Stratification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Meadows</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3194,51 +3194,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Periaortic Brown Adipose Tissue as a Major Determinant of [18F]-Fluorodeoxyglucose Vascular Uptake in Atherosclerosis-Prone, ApoE−/− Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Broisat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3341,51 +3341,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">99mTc-cAbVCAM1-5 Imaging Is a Sensitive and Reproducible Tool for the Detection of Inflamed Atherosclerotic Lesions in Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Broisat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3622,51 +3622,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Broisat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Hernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens de Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3769,51 +3769,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mesnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Broisat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3889,51 +3889,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing low levels of mechanical stress in aortic atherosclerotic lesions from apolipoprotein E-/- mice--brief report.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Broisat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mesnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4042,51 +4042,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et imagerie moléculaire de la plaque d'athérome : études pré-cliniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Toczek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université de Grenoble, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2013GRENS037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4203,51 +4203,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C080ABF9"/>
+    <w:nsid w:val="6619064D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4434,51 +4434,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jakub-toczek" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/202900835" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/165150565766906252786" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741598v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Toczek" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiran Gona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongjian Liu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azmi Ahmad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mean Ghim" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.122.014615" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741623v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afarin Neishabouri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devi Ojha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.123.265516" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741617v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mani Salarian" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinah Han" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dar Weiss" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.122.322096" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741647v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Spronck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhay Ramachandra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Moriyama" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2022.111179" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741653v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Joon Jung" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saranya Rajendran" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linyan Wei" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiasheng Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacbts.2021.12.006" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741644v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-020-02354-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741629v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinbo Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Rotllan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Canfr&#225;n-Duque" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.121.320296" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741667v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-019-01969-5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741657v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ansel Hillmer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Liu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Peters" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-019-01724-w" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741663v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parnaz Boodagh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nowshin Sanzida" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.55106" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440546v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M. Riou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Broisat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ghezzi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Djaileb" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-019-01979-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741677v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Esterlis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-020-02055-x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320529v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunpeng Ye" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvene Golbazi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.0c01514" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741696v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Price" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Miguel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Ding" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Singh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shipra Malik" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.131102" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467935v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bordenave" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hye-Yeong Kim" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Beau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.9b01186" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741713v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29941-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741737v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Golestani" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Razavian" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.116.176198" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741727v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Tavakoli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Downs" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Short" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huynh Nga Nguyen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanlai Lai" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.117.308848" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741721v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.116.188656" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741747v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Sadeghi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.116.004889" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741787v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Georgiadis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38345" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741791v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32659" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741745v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-016-0403-9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741753v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Meadows" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.115.003023" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660958v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Perret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Desruet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fagret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099441" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01077899v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dumas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitra Ahmadi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.114.143792" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742002v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hernot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Unnikrishnan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongmin Du" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talent Shevchenko" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cosyns" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2011.12.007" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00831749v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens de Vos" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.112.265140" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846364v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ohayon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mesnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-011-0353-8" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4VJR1FBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846368v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tracqui" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.111.225227" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01556490v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENS037" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jakub-toczek" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/202900835" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/165150565766906252786" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741617v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mani Salarian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mean Ghim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Toczek" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinah Han" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dar Weiss" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.122.322096" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741598v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiran Gona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongjian Liu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azmi Ahmad" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.122.014615" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741623v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afarin Neishabouri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devi Ojha" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.123.265516" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741647v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Spronck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhay Ramachandra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Moriyama" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2022.111179" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741653v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Joon Jung" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saranya Rajendran" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linyan Wei" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiasheng Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacbts.2021.12.006" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741644v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-020-02354-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741629v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinbo Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Rotllan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Canfr&#225;n-Duque" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.121.320296" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741667v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-019-01969-5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741657v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ansel Hillmer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Liu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Peters" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-019-01724-w" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741663v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parnaz Boodagh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nowshin Sanzida" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.55106" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440546v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M. Riou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Broisat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ghezzi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Djaileb" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-019-01979-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741677v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Esterlis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-020-02055-x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320529v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunpeng Ye" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvene Golbazi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.0c01514" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467935v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bordenave" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hye-Yeong Kim" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Beau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.9b01186" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741696v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Price" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Miguel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Ding" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Singh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shipra Malik" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.131102" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741713v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29941-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741721v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.116.188656" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741737v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Golestani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Razavian" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.116.176198" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741727v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Tavakoli" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Downs" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Short" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huynh Nga Nguyen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanlai Lai" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.117.308848" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741747v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Sadeghi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.116.004889" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741787v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Georgiadis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38345" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741791v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32659" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741745v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12350-016-0403-9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741753v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Meadows" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.115.003023" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660958v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Perret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Desruet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fagret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099441" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01077899v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dumas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitra Ahmadi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.114.143792" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742002v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hernot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Unnikrishnan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongmin Du" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talent Shevchenko" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cosyns" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2011.12.007" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00831749v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens de Vos" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.112.265140" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846364v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ohayon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mesnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-011-0353-8" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4VJR1FBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846368v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tracqui" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.111.225227" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01556490v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENS037" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>