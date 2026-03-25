--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:130.16949152542px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jalel Chergui </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Dr, Research Engineer in Applied Fluid Mechanics and Computer Methods, CNRS.LISN, UMR Université Paris-Saclay / CNRS, F-91405 ORSAY Cedex, France.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jalel-chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-1578-6435</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">192870823</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J'ai obtenu mon Doctorat en Mécanique des Fluides Numérique de l'Université Paris-Sorbonne (anciennement Université Pierre & Marie Curie) en 1989. Depuis 1991, Ingénieur de Recherche au CNRS. Mes travaux, aujourd'hui, sont fortement orientés vers la Simulation Numérique en Mécanique des Fluides Multiphasiques au LISN (Laboratoire Interdisciplinaire des Sciences du Numérique) situé à Orsay, France.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional effects on carbon capture in wavy falling films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Düll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Nies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Álvaro Echeverría de Encio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 197, pp.105624. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2026.105624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional numerical simulations of product changeover: miscible and immiscible displacements in circular tubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mosayeb Shams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 197, pp.105634. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2026.105634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The crown: Rolling splash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mosayeb Shams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah M. Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, pp.110511. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/t2zw-4577⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marangoni-driven patterns, ridges, and hills in surfactant-covered parametric surface waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurette Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1008, pp.R4. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2025.245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droplet impact and splashing on surfactant-laden shallow pools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Quetzeri-Santiago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ricardo Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sykes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 193, pp.105387. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2025.105387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid–Liquid Dispersion Performance Prediction and Uncertainty Quantification Using Recurrent Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibo Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and engineering chemistry research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63 (17), pp.7853-7875. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.iecr.4c00014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interaction between a rising bubble and a settling particle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 999, pp.A18. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2024.686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of spreading time in droplet impact with spherical surfaces: from physical analysis to data-driven prediction model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical and Computational Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38 (2), pp.225-250. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00162-024-00698-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surfactant-laden bubble bursting: dynamics of capillary waves and Worthington jet at large Bond number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (8), pp.083606. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.9.083606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drop encapsulation and bubble bursting in surfactant-laden flows in capillary channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (3), pp.034001. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.9.034001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pairwise interaction of in-line spheroids settling in a linearly-stratified fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Mechanica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.5741-5761. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00707-024-04125-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drop Medusa: Direct numerical simulations of high-frequency Faraday waves on spherical drops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A M Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L S Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (11), pp.110514. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.9.110514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of surfactants during drop formation in a microfluidic channel: A combined experimental and CFD approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 961, pp.A15. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2023.213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axisymmetric and azimuthal waves on a vibrated sessile drop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (11), pp.110510. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.8.110510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct numerical simulations of turbulent jets: vortex-interface-surfactant interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 955, pp.A42. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2022.1056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808070v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of surfactant-laden emulsion formation in an un-baffled stirred vessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.144807. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2023.144807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04172641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the dispersion dynamics of liquid–liquid surfactant-laden flows in a SMX static mixer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 475, pp.146058. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2023.146058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridization of front tracking and level set for multiphase flow simulations: a machine learning approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 37 (10), pp.4749-4756. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-023-0829-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct numerical simulations of liquid-liquid dispersions in a SMX mixer under different inlet conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 462, pp.142248. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2023.142248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03803802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energetics of spreading droplets and role of capillary waves at low Weber numbers below 10</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35 (2), pp.022104. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0138378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of droplets onto surfactant-laden thin liquid films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 961, pp.A8. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2023.224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808105v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A numerical investigation of three-dimensional falling liquid films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idris Adebayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zachary Jenkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22, pp.367-382. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10652-022-09849-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The transition to aeration in two-phase mixing in stirred vessels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FLOW, applications of fluid mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.E30. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/flo.2022.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02994847v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive mesh axi-symmetric simulation of droplet impact with a spherical particle in mid-air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 155, pp.104193. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2022.104193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum spreading of droplet-particle collision covering a low Weber number regime and data-driven prediction model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (10), pp.102109. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0117839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of surfactant-induced Marangoni stresses in retracting liquid sheets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Ricardo Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. R. Castrejón-Pita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 949, pp.A32. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2022.768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical study of oil-water emulsion formation in stirred vessels: effect of impeller speed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FLOW, applications of fluid mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.E34. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/flo.2022.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of kidney stones in renal pelvis flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ricardo Constante Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Turney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4056461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630545v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of a surfactant-laden bubble bursting through an interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 911, pp.A57. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2020.1099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of surfactant-induced Marangoni stresses in drop-interface coalescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C R Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 925, pp.A15. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2021.682⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct numerical simulations of transient turbulent jets: vortex-interface interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 922, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2021.519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03281417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct numerical simulations of transient turbulent jets: vortex-interface interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 922, pp.A6. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2021.519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03029884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction of a Deformable Solid with Two-Phase Flows: An Eulerian based Numerical Model for Fluid-Structure Interaction using the Level Contour Reconstruction Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 92 (11), pp.1478-1505. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fld.4836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional dynamics of falling films in the presence of insoluble surfactants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Farah Norões Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 906, pp.A16. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2020.796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rico and the jets: Direct numerical simulations of turbulent liquid jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.110501. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.110501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of surfactant on elongated bubbles in capillary tubes at high Reynolds number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirco Magnini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard V. Craster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.093605. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.093605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of retracting surfactant-laden ligaments at intermediate Ohnesorge number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (8), pp.084007. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.084007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610695v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faraday instability on a sphere: numerical simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ebo-Adou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. S. Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 870, pp.433-459. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2019.252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of immiscible liquid–liquid flows in complex microchannel geometries using a front-tracking scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Kovalchuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (11), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10404-018-2149-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct simulation of multiphase flows with modeling of dynamic interface contact angle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical and Computational Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 32 (5), pp.655-687. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00162-018-0470-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AN INTERFACE-TRACKING TECHIQUE FOR MULTIPHASE FLOW WITH SOLUBLE SURFACTANT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar K. Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 359, pp.409-435. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2018.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610530v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional instabilities of natural convection between two differentially heated vertical plates: Linear and nonlinear complementary approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhenlan Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Podvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihe Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97, pp.40. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.97.053107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A solver for massively parallel direct numerical simulation of three-dimensional multiphase flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (4), pp.1739-1751. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-017-0322-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional simulations of viscous folding in diverging microchannels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bingrui Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20 (10), pp.140. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10404-016-1803-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hysteretic Faraday waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Périnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Falcón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (6), pp.063114. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.93.063114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of supersquare patterns in Faraday waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Périnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. S. Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 772, pp.R2. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2015.213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PVD -ParaView Data format</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:7a6aa7c241d24d30e3d07de6df114390dbe9f51d;origin=https://hal.archives-ouvertes.fr/hal-04494157;visit=swh:1:snp:03ca91edecfd78005788e472069f255f1014f65d;anchor=swh:1:rel:29f1022b02b16266b016ef48a9f2abdb63d97d57;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Program Layers (CPL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:565b850a1d55defa04a52b760d6bb0f415887f4b;origin=https://hal.archives-ouvertes.fr/hal-04468653;visit=swh:1:snp:d3982e538448cb165268dbeea8983118408914f4;anchor=swh:1:rel:a0f8b41979dabe7c8ce39689f766923dc904843e;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04468653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIM (Time instrumentation Methods)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:6b32e3209bf27e58b9ee7ea5032bae777b52dcf9;origin=https://hal.archives-ouvertes.fr/hal-04457355;visit=swh:1:snp:f2159dd814ff00aca47f0340cca2e730add9dfc6;anchor=swh:1:rel:82042cbca9124e33183b3ba4498b0200b9375d47;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Drop Medusa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurette Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Washington, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2023.GFM.P0030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Ensheathed Falling Particle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Washington, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2023.GFM.P0042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Anatomy of a Crown Splash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Washington, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2023.GFM.P0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Faraday Uncaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurette Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Washington, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2023.GFM.P0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convoluted interfaces in laminar dispersing jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Indianapolis, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2022.GFM.P0023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The capillary formation of ‘antidrops’: entrapping drops in bubbles at high We</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Pico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Indianapolis, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2022.GFM.P0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Self Inducing Subharmonic Waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Indianapolis, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2022.GFM.P0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: DNS on spray formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Phoenix, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2021.GFM.P0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Three dimensional Faraday waves in double minimum hexagonal domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurette Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Seattle, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2019.GFM.P0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video: Walking, Climbing, shooting: a vibration-induced droplet triathlon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Costalonga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Seattle, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2019.GFM.V0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabulous, flowing, and folding fountain of chocolate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Craster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Seattle, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2019.GFM.P0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibration-induced shooting drops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Costalonga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Seattle, United States. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">American Physical Society</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2019.GFM.P0042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the mixing effectiveness of dual-impeller systems in the agitation of viscoplastic fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew W Russell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomène au calcul parallèle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Orsay., France. 2017, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04452438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programmation parallèle par échange de messages pour multiprocesseurs embarqués.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Palaiseau (91), France. 2015, pp.265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04452508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface flow driven by a rotating end wall in a stationary cylinder : Structure of the axisymmetric baseflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Fraigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Delbende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Martin Witkowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface flow driven by a rotating end wall in a stationary cylinder: Structure of the axisymmetric base flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Fraigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Delbende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Martin Witkowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmarking rotating flow with free surface deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangyang Cui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Fraigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Delbende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Numerical Modeling of Liquid-Vapor Interfaces in Fluid Flows</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01847045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent 3D natural convection flows and interaction with surface radiation in air-filled cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihe Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Le Quéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Dai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THMT' 12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Palermo, Italy. pp.1697-1708, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/ICHMT.2012.ProcSevIntSympTurbHeatTransfPal.1730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00958813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark solution of 3D natural convection flows with surface radiation in air-filled cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liyuan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihe Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonne Chávez Chenaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Le Quéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second International conference on computational methods for thermal problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Dalian, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling of turbulent 3D natural convection flows with surface radiation in air-filled cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihe Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liyuan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Le Quéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COCORACOPHA II : Couplage convection-rayonnementcondensation/évaporation pour l'habitat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Knikker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sadat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2011 du Programme Interdisciplinaire Energie du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Montpellier, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00711402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Spectral Parallel Multi-Domain computing for natural convection flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Quere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Parallel Computational Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId233"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:130.16949152542px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jalel Chergui </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Dr, Research Engineer in Applied Fluid Mechanics and Computer Methods, CNRS.LISN, UMR Université Paris-Saclay / CNRS, F-91405 ORSAY Cedex, France.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jalel-chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-1578-6435</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">192870823</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J'ai obtenu mon Doctorat en Mécanique des Fluides Numérique de l'Université Paris-Sorbonne (anciennement Université Pierre & Marie Curie) en 1989. Depuis 1991, Ingénieur de Recherche au CNRS. Mes travaux, aujourd'hui, sont fortement orientés vers la Simulation Numérique en Mécanique des Fluides Multiphasiques au LISN (Laboratoire Interdisciplinaire des Sciences du Numérique) situé à Orsay, France.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional effects on carbon capture in wavy falling films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Düll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Nies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Álvaro Echeverría de Encio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 197, pp.105624. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2026.105624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional numerical simulations of product changeover: miscible and immiscible displacements in circular tubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mosayeb Shams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 197, pp.105634. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2026.105634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The crown: Rolling splash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mosayeb Shams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah M. Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, pp.110511. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/t2zw-4577⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marangoni-driven patterns, ridges, and hills in surfactant-covered parametric surface waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurette Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1008, pp.R4. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2025.245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droplet impact and splashing on surfactant-laden shallow pools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Quetzeri-Santiago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ricardo Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sykes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 193, pp.105387. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2025.105387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interaction between a rising bubble and a settling particle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 999, pp.A18. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2024.686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of spreading time in droplet impact with spherical surfaces: from physical analysis to data-driven prediction model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical and Computational Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38 (2), pp.225-250. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00162-024-00698-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid–Liquid Dispersion Performance Prediction and Uncertainty Quantification Using Recurrent Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibo Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and engineering chemistry research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63 (17), pp.7853-7875. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.iecr.4c00014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pairwise interaction of in-line spheroids settling in a linearly-stratified fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Mechanica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.5741-5761. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00707-024-04125-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surfactant-laden bubble bursting: dynamics of capillary waves and Worthington jet at large Bond number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (8), pp.083606. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.9.083606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drop encapsulation and bubble bursting in surfactant-laden flows in capillary channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (3), pp.034001. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.9.034001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drop Medusa: Direct numerical simulations of high-frequency Faraday waves on spherical drops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A M Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L S Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (11), pp.110514. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.9.110514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of surfactants during drop formation in a microfluidic channel: A combined experimental and CFD approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 961, pp.A15. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2023.213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct numerical simulations of liquid-liquid dispersions in a SMX mixer under different inlet conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 462, pp.142248. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2023.142248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03803802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axisymmetric and azimuthal waves on a vibrated sessile drop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (11), pp.110510. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.8.110510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct numerical simulations of turbulent jets: vortex-interface-surfactant interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 955, pp.A42. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2022.1056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808070v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of surfactant-laden emulsion formation in an un-baffled stirred vessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.144807. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2023.144807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04172641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the dispersion dynamics of liquid–liquid surfactant-laden flows in a SMX static mixer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 475, pp.146058. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cej.2023.146058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridization of front tracking and level set for multiphase flow simulations: a machine learning approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 37 (10), pp.4749-4756. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-023-0829-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energetics of spreading droplets and role of capillary waves at low Weber numbers below 10</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35 (2), pp.022104. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0138378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of droplets onto surfactant-laden thin liquid films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 961, pp.A8. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2023.224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808105v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A numerical investigation of three-dimensional falling liquid films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idris Adebayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zachary Jenkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22, pp.367-382. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10652-022-09849-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The transition to aeration in two-phase mixing in stirred vessels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FLOW, applications of fluid mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.E30. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/flo.2022.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02994847v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive mesh axi-symmetric simulation of droplet impact with a spherical particle in mid-air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 155, pp.104193. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2022.104193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum spreading of droplet-particle collision covering a low Weber number regime and data-driven prediction model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikroh Yoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (10), pp.102109. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0117839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical study of oil-water emulsion formation in stirred vessels: effect of impeller speed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FLOW, applications of fluid mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.E34. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/flo.2022.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of surfactant-induced Marangoni stresses in retracting liquid sheets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Ricardo Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. R. Castrejón-Pita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 949, pp.A32. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2022.768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of kidney stones in renal pelvis flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ricardo Constante Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Turney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4056461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630545v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of a surfactant-laden bubble bursting through an interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 911, pp.A57. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2020.1099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct numerical simulations of transient turbulent jets: vortex-interface interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 922, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2021.519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03281417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of surfactant-induced Marangoni stresses in drop-interface coalescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C R Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 925, pp.A15. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2021.682⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct numerical simulations of transient turbulent jets: vortex-interface interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 922, pp.A6. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2021.519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03029884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction of a Deformable Solid with Two-Phase Flows: An Eulerian based Numerical Model for Fluid-Structure Interaction using the Level Contour Reconstruction Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 92 (11), pp.1478-1505. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fld.4836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional dynamics of falling films in the presence of insoluble surfactants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Farah Norões Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 906, pp.A16. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2020.796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rico and the jets: Direct numerical simulations of turbulent liquid jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.110501. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.110501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of surfactant on elongated bubbles in capillary tubes at high Reynolds number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirco Magnini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard V. Craster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.093605. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.093605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of retracting surfactant-laden ligaments at intermediate Ohnesorge number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian R. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (8), pp.084007. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.084007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610695v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faraday instability on a sphere: numerical simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ebo-Adou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. S. Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 870, pp.433-459. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2019.252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of immiscible liquid–liquid flows in complex microchannel geometries using a front-tracking scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Kovalchuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (11), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10404-018-2149-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct simulation of multiphase flows with modeling of dynamic interface contact angle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical and Computational Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 32 (5), pp.655-687. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00162-018-0470-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AN INTERFACE-TRACKING TECHIQUE FOR MULTIPHASE FLOW WITH SOLUBLE SURFACTANT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar K. Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 359, pp.409-435. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2018.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610530v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional instabilities of natural convection between two differentially heated vertical plates: Linear and nonlinear complementary approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhenlan Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Podvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihe Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97, pp.40. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.97.053107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A solver for massively parallel direct numerical simulation of three-dimensional multiphase flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (4), pp.1739-1751. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-017-0322-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional simulations of viscous folding in diverging microchannels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bingrui Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20 (10), pp.140. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10404-016-1803-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hysteretic Faraday waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Périnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Falcón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (6), pp.063114. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.93.063114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of supersquare patterns in Faraday waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Périnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. S. Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 772, pp.R2. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2015.213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PVD -ParaView Data format</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:7a6aa7c241d24d30e3d07de6df114390dbe9f51d;origin=https://hal.archives-ouvertes.fr/hal-04494157;visit=swh:1:snp:03ca91edecfd78005788e472069f255f1014f65d;anchor=swh:1:rel:29f1022b02b16266b016ef48a9f2abdb63d97d57;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Program Layers (CPL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:565b850a1d55defa04a52b760d6bb0f415887f4b;origin=https://hal.archives-ouvertes.fr/hal-04468653;visit=swh:1:snp:d3982e538448cb165268dbeea8983118408914f4;anchor=swh:1:rel:a0f8b41979dabe7c8ce39689f766923dc904843e;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04468653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIM (Time instrumentation Methods)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:6b32e3209bf27e58b9ee7ea5032bae777b52dcf9;origin=https://hal.archives-ouvertes.fr/hal-04457355;visit=swh:1:snp:f2159dd814ff00aca47f0340cca2e730add9dfc6;anchor=swh:1:rel:82042cbca9124e33183b3ba4498b0200b9375d47;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Drop Medusa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurette Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Washington, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2023.GFM.P0030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Ensheathed Falling Particle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Abdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Washington, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2023.GFM.P0042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Anatomy of a Crown Splash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Washington, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2023.GFM.P0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Faraday Uncaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurette Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Washington, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2023.GFM.P0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convoluted interfaces in laminar dispersing jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuyue Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Indianapolis, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2022.GFM.P0023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The capillary formation of ‘antidrops’: entrapping drops in bubbles at high We</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Pico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assen Batchvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Indianapolis, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2022.GFM.P0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Self Inducing Subharmonic Waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debashis Panda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Indianapolis, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2022.GFM.P0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: DNS on spray formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Constante-Amores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Phoenix, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2021.GFM.P0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster: Three dimensional Faraday waves in double minimum hexagonal domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurette Tuckerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Seattle, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2019.GFM.P0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video: Walking, Climbing, shooting: a vibration-induced droplet triathlon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Costalonga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Seattle, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2019.GFM.V0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabulous, flowing, and folding fountain of chocolate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Craster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Seattle, United States. American Physical Society, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2019.GFM.P0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibration-induced shooting drops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Costalonga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72th Annual Meeting of the APS Division of Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Seattle, United States. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">American Physical Society</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/APS.DFD.2019.GFM.P0042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the mixing effectiveness of dual-impeller systems in the agitation of viscoplastic fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew W Russell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyes Kahouadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seungwon Shin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Juric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomène au calcul parallèle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Orsay., France. 2017, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04452438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programmation parallèle par échange de messages pour multiprocesseurs embarqués.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Palaiseau (91), France. 2015, pp.265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04452508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface flow driven by a rotating end wall in a stationary cylinder : Structure of the axisymmetric baseflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Fraigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Delbende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Martin Witkowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface flow driven by a rotating end wall in a stationary cylinder: Structure of the axisymmetric base flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Fraigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Delbende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Martin Witkowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmarking rotating flow with free surface deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangyang Cui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Fraigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Delbende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Numerical Modeling of Liquid-Vapor Interfaces in Fluid Flows</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01847045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent 3D natural convection flows and interaction with surface radiation in air-filled cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihe Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Le Quéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Dai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THMT' 12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Palermo, Italy. pp.1697-1708, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/ICHMT.2012.ProcSevIntSympTurbHeatTransfPal.1730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00958813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark solution of 3D natural convection flows with surface radiation in air-filled cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liyuan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihe Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonne Chávez Chenaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Le Quéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second International conference on computational methods for thermal problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Dalian, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling of turbulent 3D natural convection flows with surface radiation in air-filled cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihe Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalel Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liyuan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Le Quéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COCORACOPHA II : Couplage convection-rayonnementcondensation/évaporation pour l'habitat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Knikker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sadat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2011 du Programme Interdisciplinaire Energie du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Montpellier, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00711402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Spectral Parallel Multi-Domain computing for natural convection flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Quere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Parallel Computational Fluid Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId233"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FDA58FC4"/>
+    <w:nsid w:val="2C52EDD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jalel-chergui" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1578-6435" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192870823" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490273v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea D&#252;ll" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Nies" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Echeverr&#237;a de Encio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Kahouadji" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seungwon Shin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2026.105624" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490276v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Abdal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debashis Panda" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosayeb Shams" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2026.105634" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375558v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah M. Abdal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/t2zw-4577" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029962v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Tuckerman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalel Chergui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.245" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216255v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Quetzeri-Santiago" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ricardo Constante-Amores" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sykes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2025.105387" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647255v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuyue Liang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Valdes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibo Cheng" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.4c00014" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739732v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Abdal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damir Juric" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.686" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647253v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikroh Yoon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-024-00698-x" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083568v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pico" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kahouadji" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Shin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chergui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.083606" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647251v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.034001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083569v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-024-04125-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859680v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Panda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Abdal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L S Tuckerman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.110514" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806273v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kalli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chagot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.213" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292947v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tuckerman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.110510" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808070v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Constante-Amores" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Abadie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.1056" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172641v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Valdes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.144807" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222149v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.146058" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161702v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-023-0829-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803802v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.142248" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971987v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0138378" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808105v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Juric" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.224" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630092v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assen Batchvarov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Adebayo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Jenkins" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-022-09849-2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994847v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/flo.2022.24" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741058v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2022.104193" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780424v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0117839" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765664v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Ricardo Constante-Amores" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Castrej&#243;n-Pita" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.768" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799387v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/flo.2022.27" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630545v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ricardo Constante Amores" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Williams" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Turney" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4056461" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610698v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian R. Constante-Amores" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.1099" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144687v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C R Constante-Amores" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Batchvarov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Kahouadji" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Shin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.682" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281417v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Batchvarov" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.519" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029884v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian R Constante-Amores" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610535v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.4836" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02658570v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Farah Nor&#245;es Gon&#231;alves" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.796" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993621v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.110501" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610701v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Magnini" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard V. Craster" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.093605" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610695v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.084007" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610531v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ebo-Adou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. S. Tuckerman" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.252" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358420v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Nowak" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kovalchuk" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-018-2149-y" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358419v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-018-0470-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610530v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar K. Matar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2018.01.010" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834647v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenlan Gao" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Podvin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sergent" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihe Xin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.053107" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761639v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-017-0322-y" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610529v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingrui Xu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-016-1803-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610528v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;rinet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Falc&#243;n" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.063114" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610527v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. P&#233;rinet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.213" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494157v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7a6aa7c241d24d30e3d07de6df114390dbe9f51d;origin=https://hal.archives-ouvertes.fr/hal-04494157;visit=swh:1:snp:03ca91edecfd78005788e472069f255f1014f65d;anchor=swh:1:rel:29f1022b02b16266b016ef48a9f2abdb63d97d57;path=/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468653v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:565b850a1d55defa04a52b760d6bb0f415887f4b;origin=https://hal.archives-ouvertes.fr/hal-04468653;visit=swh:1:snp:d3982e538448cb165268dbeea8983118408914f4;anchor=swh:1:rel:a0f8b41979dabe7c8ce39689f766923dc904843e;path=/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457355v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6b32e3209bf27e58b9ee7ea5032bae777b52dcf9;origin=https://hal.archives-ouvertes.fr/hal-04457355;visit=swh:1:snp:f2159dd814ff00aca47f0340cca2e730add9dfc6;anchor=swh:1:rel:82042cbca9124e33183b3ba4498b0200b9375d47;path=/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401557v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2023.GFM.P0030" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401573v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2023.GFM.P0042" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401567v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Constante-Amores" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2023.GFM.P0015" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401570v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2023.GFM.P0031" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401585v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2022.GFM.P0023" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401590v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Pico" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2022.GFM.P0025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401579v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2022.GFM.P0027" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401595v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Matar" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2021.GFM.P0013" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401608v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perinet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2019.GFM.P0027" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401612v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Costalonga" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brunet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2019.GFM.V0057" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401604v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Craster" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2019.GFM.P0019" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401610v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meetings.aps.org/Meeting/DFD19/Content/3770" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2019.GFM.P0042" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993615v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W Russell" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452438v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452508v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839737v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Yang" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fraigneau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Delbende" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martin Witkowski" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465413v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847045v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangyang Cui" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958813v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dai" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/ICHMT.2012.ProcSevIntSympTurbHeatTransfPal.1730" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282536v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyuan Hu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Ch&#225;vez Chenaa" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283047v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711402v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Xin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andre" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Knikker" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemonnier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sadat" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351405v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Quere" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jalel-chergui" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1578-6435" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192870823" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490273v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea D&#252;ll" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Nies" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Echeverr&#237;a de Encio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Kahouadji" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seungwon Shin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2026.105624" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490276v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Abdal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debashis Panda" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosayeb Shams" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2026.105634" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375558v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah M. Abdal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/t2zw-4577" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029962v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Tuckerman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalel Chergui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.245" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216255v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Quetzeri-Santiago" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ricardo Constante-Amores" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sykes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2025.105387" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739732v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Abdal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damir Juric" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.686" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647253v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikroh Yoon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-024-00698-x" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647255v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuyue Liang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Valdes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibo Cheng" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.4c00014" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083569v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-024-04125-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083568v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pico" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kahouadji" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Shin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chergui" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.083606" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647251v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.034001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859680v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Panda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Abdal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L S Tuckerman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.110514" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806273v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kalli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chagot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.213" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803802v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Valdes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.142248" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292947v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tuckerman" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.110510" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808070v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Constante-Amores" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Abadie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.1056" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172641v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.144807" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222149v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.146058" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161702v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-023-0829-3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971987v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0138378" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808105v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Juric" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.224" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630092v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assen Batchvarov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Adebayo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Jenkins" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-022-09849-2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994847v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/flo.2022.24" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741058v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2022.104193" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780424v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0117839" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799387v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/flo.2022.27" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765664v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Ricardo Constante-Amores" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Castrej&#243;n-Pita" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.768" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630545v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ricardo Constante Amores" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Williams" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Turney" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4056461" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610698v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian R. Constante-Amores" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.1099" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281417v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Batchvarov" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.519" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144687v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C R Constante-Amores" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Batchvarov" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Kahouadji" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Shin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.682" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029884v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian R Constante-Amores" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610535v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.4836" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02658570v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Farah Nor&#245;es Gon&#231;alves" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.796" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993621v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.110501" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610701v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Magnini" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard V. Craster" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.093605" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610695v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.084007" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610531v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ebo-Adou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. S. Tuckerman" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.252" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358420v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Nowak" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kovalchuk" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-018-2149-y" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358419v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-018-0470-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610530v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar K. Matar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2018.01.010" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834647v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenlan Gao" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Podvin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sergent" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihe Xin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.053107" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761639v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-017-0322-y" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610529v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingrui Xu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-016-1803-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610528v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;rinet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Falc&#243;n" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.063114" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610527v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. P&#233;rinet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.213" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494157v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7a6aa7c241d24d30e3d07de6df114390dbe9f51d;origin=https://hal.archives-ouvertes.fr/hal-04494157;visit=swh:1:snp:03ca91edecfd78005788e472069f255f1014f65d;anchor=swh:1:rel:29f1022b02b16266b016ef48a9f2abdb63d97d57;path=/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468653v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:565b850a1d55defa04a52b760d6bb0f415887f4b;origin=https://hal.archives-ouvertes.fr/hal-04468653;visit=swh:1:snp:d3982e538448cb165268dbeea8983118408914f4;anchor=swh:1:rel:a0f8b41979dabe7c8ce39689f766923dc904843e;path=/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457355v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6b32e3209bf27e58b9ee7ea5032bae777b52dcf9;origin=https://hal.archives-ouvertes.fr/hal-04457355;visit=swh:1:snp:f2159dd814ff00aca47f0340cca2e730add9dfc6;anchor=swh:1:rel:82042cbca9124e33183b3ba4498b0200b9375d47;path=/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401557v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2023.GFM.P0030" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401573v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2023.GFM.P0042" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401567v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Constante-Amores" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2023.GFM.P0015" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401570v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2023.GFM.P0031" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401585v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2022.GFM.P0023" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401590v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Pico" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2022.GFM.P0025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401579v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2022.GFM.P0027" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401595v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Matar" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2021.GFM.P0013" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401608v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perinet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2019.GFM.P0027" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401612v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Costalonga" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brunet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2019.GFM.V0057" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401604v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Craster" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2019.GFM.P0019" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401610v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meetings.aps.org/Meeting/DFD19/Content/3770" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/APS.DFD.2019.GFM.P0042" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993615v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W Russell" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452438v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452508v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839737v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Yang" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fraigneau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Delbende" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martin Witkowski" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465413v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847045v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangyang Cui" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958813v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dai" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/ICHMT.2012.ProcSevIntSympTurbHeatTransfPal.1730" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282536v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyuan Hu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Ch&#225;vez Chenaa" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283047v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711402v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Xin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andre" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Knikker" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemonnier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sadat" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351405v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Quere" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>