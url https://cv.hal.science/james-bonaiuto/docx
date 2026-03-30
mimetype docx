--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -100,161 +100,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale parameterization of neural rhythmicity with lagged Hilbert autocoherence</w:t>
+                <w:t xml:space="preserve">Testing circuit-level theories of consciousness in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siqi Zhang</w:t>
+                <w:t xml:space="preserve">Andrew Dykstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maciej Szul</w:t>
+                <w:t xml:space="preserve">Yunkai Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
+                <w:t xml:space="preserve">Carolina Fernandez Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Massera</w:t>
+                <w:t xml:space="preserve">David Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holly Rayson</w:t>
+                <w:t xml:space="preserve">Stephanie Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 3, </w:t>
+              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/IMAG.a.993⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tics.2025.08.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05367242v1</w:t>
+                <w:t xml:space="preserve">hal-05367245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A study protocol exploring synchrony between mother infant and therapist during shared reading with preterm infants in a neonatal unit</w:t>
               </w:r>
@@ -368,425 +368,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05379239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing circuit-level theories of consciousness in humans</w:t>
+                <w:t xml:space="preserve">Multi-scale parameterization of neural rhythmicity with lagged Hilbert autocoherence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Dykstra</w:t>
+                <w:t xml:space="preserve">Siqi Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yunkai Zhu</w:t>
+                <w:t xml:space="preserve">Maciej Szul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Fernandez Pujol</w:t>
+                <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Zhou</w:t>
+                <w:t xml:space="preserve">Alice Massera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Jones</w:t>
+                <w:t xml:space="preserve">Holly Rayson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tics.2025.08.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/IMAG.a.993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05367245v1</w:t>
+                <w:t xml:space="preserve">hal-05367242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surfing beta burst waveforms to improve motor imagery-based BCI</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Beta bursts question the ruling power for brain-computer interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Darmet</w:t>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maciej J Szul</w:t>
+                <w:t xml:space="preserve">Marco Congedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Congedo</w:t>
+                <w:t xml:space="preserve">James J Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James J Bonaiuto</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérémie Mattout</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2, pp.1-15. </w:t>
+              <w:t xml:space="preserve">Journal of Neural Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (1), pp.016010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/imag_a_00391⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-2552/ad19ea⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04842181v2</w:t>
+                <w:t xml:space="preserve">hal-04213112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beta bursts question the ruling power for brain-computer interfaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Surfing beta burst waveforms to improve motor imagery-based BCI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Darmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maciej J Szul</w:t>
+                <w:t xml:space="preserve">Marco Congedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Congedo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">James J Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neural Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 21 (1), pp.016010. </w:t>
+              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-2552/ad19ea⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/imag_a_00391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04213112v1</w:t>
+                <w:t xml:space="preserve">hal-04842181v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alteration of body representation in typical and atypical motor development</w:t>
               </w:r>
@@ -902,64 +902,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bursting with potential: How sensorimotor beta bursts develop from infancy to adulthood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holly Rayson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej J Szul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perla El-Khoueiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1030,429 +1030,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04299150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal organization of human sensorimotor beta burst activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diverse beta burst waveform motifs characterize movement-related cortical dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catharina Zich</w:t>
+                <w:t xml:space="preserve">Sanaz Alavizadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew J Quinn</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">James J Bonaiuto</w:t>
+                <w:t xml:space="preserve">Sébastien Daligaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George O’neill</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lydia C Mardell</w:t>
+                <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2022.05.19.492617⟩</w:t>
+              <w:t xml:space="preserve">Progress in Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 228, pp.102490. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pneurobio.2023.102490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03868894v2</w:t>
+                <w:t xml:space="preserve">hal-04299144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diverse beta burst waveform motifs characterize movement-related cortical dynamics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Denis Schwartz</w:t>
+                <w:t xml:space="preserve">Longitudinal effects of early psychosocial deprivation on macaque executive function: Evidence from computational modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Massera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James J Bonaiuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gautier-Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly Rayson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Neurobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pneurobio.2023.102490⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 290 (1996), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2022.1993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04299144v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal effects of early psychosocial deprivation on macaque executive function: Evidence from computational modelling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Spatiotemporal organization of human sensorimotor beta burst activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catharina Zich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J Quinn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James J Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marine Gautier-Martins</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George O’neill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Costa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Holly Rayson</w:t>
+                <w:t xml:space="preserve">Lydia C Mardell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 290 (1996), </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2022.1993⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2022.05.19.492617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04299141v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03868894v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian multilevel hidden Markov models identify stable state dynamics in longitudinal recordings from macaque primary motor cortex</w:t>
               </w:r>
@@ -1566,585 +1566,585 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03868887v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perturbation of Right Dorsolateral Prefrontal Cortex Makes Power Holders Less Resistant to Tempting Bribes</w:t>
+                <w:t xml:space="preserve">High precision magnetoencephalography reveals increased right-inferior frontal gyrus beta power during response conflict</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Hu</w:t>
+                <w:t xml:space="preserve">Pria L Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James J Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Philippe</w:t>
+                <w:t xml:space="preserve">Sven Bestmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Guigon</w:t>
+                <w:t xml:space="preserve">Adam R Aron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sasa Zhao</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simon Little</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/09567976211042379⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 158, pp.127-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2022.04.25.489434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03842209v1</w:t>
+                <w:t xml:space="preserve">hal-03868899v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High precision magnetoencephalography reveals increased right-inferior frontal gyrus beta power during response conflict</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pria L Daniel</w:t>
+                <w:t xml:space="preserve">An Impending Paradigm Shift in Motor Imagery Based Brain-Computer Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James J Bonaiuto</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Simon Little</w:t>
+                <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2022.04.25.489434⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2021.824759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03868899v2</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03868925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Impending Paradigm Shift in Motor Imagery Based Brain-Computer Interfaces</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Detection and analysis of cortical beta bursts in developmental EEG data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly Rayson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ranjan Debnath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanaz Alavizadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Fox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier F Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnins.2021.824759⟩</w:t>
+              <w:t xml:space="preserve">Developmental Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54, pp.101069. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dcn.2022.101069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03868925v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03868885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection and analysis of cortical beta bursts in developmental EEG data</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sanaz Alavizadeh</w:t>
+                <w:t xml:space="preserve">Perturbation of Right Dorsolateral Prefrontal Cortex Makes Power Holders Less Resistant to Tempting Bribes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Guigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Fox</w:t>
+                <w:t xml:space="preserve">Sasa Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pier F Ferrari</w:t>
+                <w:t xml:space="preserve">Edmund Derrington</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cognitive Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 54, pp.101069. </w:t>
+              <w:t xml:space="preserve">Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33 (3), pp.412 - 423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dcn.2022.101069⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/09567976211042379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03868885v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03842209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perturbation of Right Dorsolateral Prefrontal Cortex (rDLPFC) Makes Power-Holders Less Resistant to Tempting Bribes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Guigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2199,64 +2199,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laminar dynamics of high amplitude beta bursts in human motor cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James J Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Little</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel A Neymotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2385,51 +2385,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ferez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konrad Wagstyl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 216, pp.116862. </w:t>
@@ -2601,51 +2601,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building blocks of joint attention: Early sensitivity to having one’s own gaze followed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holly Rayson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James J. Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2882,359 +2882,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05378465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved motor imagery decoding with spatiotemporal filtering based on beta burst kernels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Fast and reliable hand motor imagery decoding based on beta burst rate modulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Darmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Darmet</w:t>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Congedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BCI 2024 - 9th Graz Brain-Computer Interface Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Graz, Austria</w:t>
+              <w:t xml:space="preserve">CORTICO 2024 - sixième édition des Journées scientifiques CORTICO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04701260v1</w:t>
+                <w:t xml:space="preserve">hal-04550519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and reliable hand motor imagery decoding based on beta burst rate modulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Improved motor imagery decoding with spatiotemporal filtering based on beta burst kernels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Darmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Darmet</w:t>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Congedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORTICO 2024 - sixième édition des Journées scientifiques CORTICO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Nancy, France</w:t>
+              <w:t xml:space="preserve">BCI 2024 - 9th Graz Brain-Computer Interface Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04550519v1</w:t>
+                <w:t xml:space="preserve">hal-04701260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast and reliable hand motor imagery decoding based on beta burst rate modulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Darmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Darmet</w:t>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maciej J Szul</w:t>
+                <w:t xml:space="preserve">Marco Congedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James J Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neural Traces 2024 - Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brain and Data Science Group at Charité-Universitätsmedizin Berlin; Machine Learning and Inverse Modeling Group at Physikalisch-Technische Bundesanstalt, Berlin; Uncertainty, Inverse Modeling and Machine Learning (UNIML) Group at Technische Universität Berlin, Apr 2024, Berlin, Germany</w:t>
@@ -3263,103 +3263,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring distinct beta band activity representations during hand motor imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maciej J Szul</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marco Congedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CORTICO 2023 - cinquième édition des Journées scientifiques CORTICO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3384,103 +3384,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changing Corrupt Behaviors of Power Holders via Transcranial Direct Current Stimulation (tDCS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Phillipe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Guigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sasa Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmund Derrington</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Neuroeconomics meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, virtual meeting, France</w:t>
@@ -3791,103 +3791,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is the exact relationship between beta band activity and hand motor imagery?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maciej J Szul</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marco Congedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International BCI Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4065,849 +4065,849 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beta Burst Waveform Motifs Link Cortico-Subcortical Connectivity and Clinical Improvement in Parkinson’s Disease</w:t>
+                <w:t xml:space="preserve">Distorting anatomy to test MEG models and metrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hasnae Agouram</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maciej J Szul</w:t>
+                <w:t xml:space="preserve">José David López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Eusebio</w:t>
+                <w:t xml:space="preserve">Yael Balbastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Daucé</w:t>
+                <w:t xml:space="preserve">John Ashburner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Bonaiuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gareth Barnes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05367232v1</w:t>
+                <w:t xml:space="preserve">hal-05367235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorimotor beta burst dynamics and interhemispheric connectivity in children with developmental coordination disorder</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Holly Rayson</w:t>
+                <w:t xml:space="preserve">Multilayer MEG source modelling enables depth-resolved inference across all six cortical laminae in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Szul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah A Gerson</w:t>
+                <w:t xml:space="preserve">Ishita Agarwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Keating</w:t>
+                <w:t xml:space="preserve">Quentin Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine R.G. Jones</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Purcell</w:t>
+                <w:t xml:space="preserve">Solène Gailhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Fernandez Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05367229v1</w:t>
+                <w:t xml:space="preserve">hal-05511808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilayer MEG source modelling enables depth-resolved inference across all six cortical laminae in humans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maciej Szul</w:t>
+                <w:t xml:space="preserve">Sensorimotor beta burst dynamics and interhemispheric connectivity in children with developmental coordination disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly Rayson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah A Gerson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ishita Agarwal</w:t>
+                <w:t xml:space="preserve">Jennifer Keating</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Moreau</w:t>
+                <w:t xml:space="preserve">Catherine R.G. Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Gailhard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carolina Fernandez Pujol</w:t>
+                <w:t xml:space="preserve">Catherine Purcell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2026</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05511808v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05367229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distorting anatomy to test MEG models and metrics</w:t>
+                <w:t xml:space="preserve">Beta burst waveform extraction using novel 4 He-OPMs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José David López</w:t>
+                <w:t xml:space="preserve">Tjerk Gutteling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Szul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yael Balbastre</w:t>
+                <w:t xml:space="preserve">Sébastien Daligault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Ashburner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">James Bonaiuto</w:t>
+                <w:t xml:space="preserve">Etienne Labyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gareth Barnes</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05367235v1</w:t>
+                <w:t xml:space="preserve">hal-05367239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beta burst waveform extraction using novel 4 He-OPMs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beyond deep versus superficial: true laminar inference with MEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ishita Agarwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tjerk Gutteling</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Julien Jung</w:t>
+                <w:t xml:space="preserve">Bassem Hiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Bestmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05367239v1</w:t>
+                <w:t xml:space="preserve">hal-05367226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond deep versus superficial: true laminar inference with MEG</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sven Bestmann</w:t>
+                <w:t xml:space="preserve">An in-vivo approach to quantify intra-MRI head motion tracking accuracy: comparison of markerless optical tracking versus fat-navigators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Zariry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Frost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Troalen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05367226v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05367234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An in-vivo approach to quantify intra-MRI head motion tracking accuracy: comparison of markerless optical tracking versus fat-navigators</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Troalen</w:t>
+                <w:t xml:space="preserve">Beta Burst Waveform Motifs Link Cortico-Subcortical Connectivity and Clinical Improvement in Parkinson’s Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasnae Agouram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej J Szul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Eusebio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Daucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05367234v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05367232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5156,51 +5156,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367242v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqi Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Szul" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Papadopoulos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Massera" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Rayson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/IMAG.a.993" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05379239v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Boissel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benarous Xavier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Charlotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scoury Daphn&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corde Pascal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-20448-1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367245v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dykstra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunkai Zhu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Fernandez Pujol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zhou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Jones" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2025.08.012" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842181v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Darmet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej J Szul" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Congedo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J Bonaiuto" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00391" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213112v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ad19ea" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299147v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gauduel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blondet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gonzalez-Monge" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bonaiuto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gomez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13455" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299150v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla El-Khoueiry" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjan Debnath" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gautier-Martins" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0886-23.2023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868894v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Zich" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Quinn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George O&#8217;neill" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia C Mardell" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.05.19.492617" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299144v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaz Alavizadeh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligaut" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwartz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2023.102490" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299141v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Costa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.1993" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868887v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kirchherr" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Mildiner Moraga" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Coud&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bimbi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Ferrari" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.16065" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03842209v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Hu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Philippe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guigon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasa Zhao" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Derrington" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09567976211042379" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868899v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pria L Daniel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Bestmann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam R Aron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Little" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.04.25.489434" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868925v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2021.824759" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868885v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Fox" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier F Ferrari" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dcn.2022.101069" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379041v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Philippe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zhao" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund A. Derrington" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel A Neymotin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie R Jones" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth R Barnes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.118479" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490877v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J. Bonaiuto" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fardin Afdideh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ferez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Wagstyl" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116862" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875484v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Toschi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizia Festante" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01353" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485014v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier F. Ferrari" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhismadev Chakrabarti" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynne Murray" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dcn.2019.100631" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378465v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Zariry" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lamberton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Frost" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaass" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Troalen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701260v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550519v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550531v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550508v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976772v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Phillipe" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978270v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rayson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouton" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Szul" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zariry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gautier-Martins" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005772v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s M&#233;ndez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Baldi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550528v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04977985v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Johnstone" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bonaiuto" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bestmann" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367232v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnae Agouram" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Eusebio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dauc&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Sorrentino" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367229v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah A Gerson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Keating" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine R.G. Jones" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Purcell" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511808v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishita Agarwal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Moreau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gailhard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367235v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; David L&#243;pez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Balbastre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ashburner" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Barnes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367239v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjerk Gutteling" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labyt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jung" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367226v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Hiba" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367234v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04983962v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367245v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dykstra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunkai Zhu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Fernandez Pujol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zhou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Jones" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2025.08.012" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05379239v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Boissel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benarous Xavier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Charlotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scoury Daphn&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corde Pascal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-20448-1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367242v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqi Zhang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Szul" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Papadopoulos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Massera" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Rayson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/IMAG.a.993" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213112v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej J Szul" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Congedo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J Bonaiuto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ad19ea" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842181v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Darmet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00391" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299147v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gauduel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blondet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gonzalez-Monge" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bonaiuto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gomez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13455" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299150v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla El-Khoueiry" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjan Debnath" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gautier-Martins" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0886-23.2023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299144v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaz Alavizadeh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligaut" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwartz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2023.102490" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299141v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Costa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.1993" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868894v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Zich" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Quinn" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George O&#8217;neill" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia C Mardell" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.05.19.492617" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868887v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kirchherr" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Mildiner Moraga" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Coud&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bimbi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Ferrari" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.16065" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868899v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pria L Daniel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Bestmann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam R Aron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Little" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.04.25.489434" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868925v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2021.824759" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868885v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Fox" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier F Ferrari" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dcn.2022.101069" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03842209v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Hu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Philippe" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guigon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasa Zhao" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Derrington" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09567976211042379" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379041v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Philippe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zhao" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund A. Derrington" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel A Neymotin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie R Jones" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth R Barnes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.118479" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490877v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J. Bonaiuto" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fardin Afdideh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ferez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Wagstyl" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116862" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875484v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Toschi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizia Festante" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01353" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485014v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier F. Ferrari" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhismadev Chakrabarti" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynne Murray" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dcn.2019.100631" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378465v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Zariry" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lamberton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Frost" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaass" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Troalen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550519v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701260v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550531v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550508v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976772v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Phillipe" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978270v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rayson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouton" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Szul" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zariry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gautier-Martins" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005772v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s M&#233;ndez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Baldi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550528v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04977985v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Johnstone" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bonaiuto" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bestmann" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367235v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; David L&#243;pez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Balbastre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ashburner" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Barnes" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511808v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishita Agarwal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Moreau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gailhard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367229v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah A Gerson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Keating" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine R.G. Jones" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Purcell" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367239v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjerk Gutteling" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labyt" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jung" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367226v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Hiba" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367234v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367232v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnae Agouram" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Eusebio" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dauc&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Sorrentino" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04983962v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>