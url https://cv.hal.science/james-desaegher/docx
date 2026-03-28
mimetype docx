--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,1207 +234,1341 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05248624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A crop yield-based pollination index reveals the impacts of land cover and pesticide use on realized pollination at a landscape scale</w:t>
+                <w:t xml:space="preserve">Une méthode accessible pour évaluer la pollinisation animale des cultures, déployable de la parcelle à la France entière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Accatino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Desaegher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thibault Gandara</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 392, pp.109747. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 111, pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.109747⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2026-vol111-art01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05132267v2</w:t>
+                <w:t xml:space="preserve">hal-05566929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Handbook of protocols for standardized measurements of floral traits for pollinators in temperate communities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A crop yield-based pollination index reveals the impacts of land cover and pesticide use on realized pollination at a landscape scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Gandara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Michelot‐antalik</w:t>
+                <w:t xml:space="preserve">Antoine Gardarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban Langlois</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Léa Genty</w:t>
+                <w:t xml:space="preserve">Sandrine Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.70031⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 392, pp.109747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.109747⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05029777v1</w:t>
+                <w:t xml:space="preserve">hal-05132267v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre ville et campagne, influence des paysages sur les floricoles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Handbook of protocols for standardized measurements of floral traits for pollinators in temperate communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Michelot‐antalik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco de Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carmen Bessa-Gomes</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Léa Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insectes : les cahiers de liaison de l'Office pour les insectes et leur environnement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (5), pp.988-1001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.70031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290057v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05029777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nationwide study of the triple landscape gradient across natural, agricultural and urban areas for the richness of flower-visiting insects</w:t>
+                <w:t xml:space="preserve">Entre ville et campagne, influence des paysages sur les floricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Bessa-Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu de Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Gadoum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Insectes : les cahiers de liaison de l'Office pour les insectes et leur environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 212</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04295167v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PSDR4 Sebioref - Une approche paysagère et territorialisée des services écosystémiques et des valeurs attachées pour guider les décideurs publics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nationwide study of the triple landscape gradient across natural, agricultural and urban areas for the richness of flower-visiting insects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Desaegher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Bessa-Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art14⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 288, pp.110355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2023.110355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03645000v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04295167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How far is enough? Prediction of the scale of effect for wild bees</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">PSDR4 Sebioref - Une approche paysagère et territorialisée des services écosystémiques et des valeurs attachées pour guider les décideurs publics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Balent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Sheeren</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romain Carrié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Choisis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ecog.05758⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 86 (mars), pp.151-162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03630410v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03645000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimising spatial distribution of mass‐flowering patches at the landscape scale to increase crop pollination</w:t>
+                <w:t xml:space="preserve">How far is enough? Prediction of the scale of effect for wild bees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Ouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sheeren</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ecog.05758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.13949⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03278964v1</w:t>
+                <w:t xml:space="preserve">hal-03630410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does urbanization affect the reproductive characteristics and ecological affinities of street plant communities?</w:t>
+                <w:t xml:space="preserve">Optimising spatial distribution of mass‐flowering patches at the landscape scale to increase crop pollination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bruno Colas</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sheeren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.5539⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 58 (9), pp.1876-1887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.13949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02282032v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03278964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floral morphology as the main driver of flower-feeding insect occurrences in the Paris region</w:t>
+                <w:t xml:space="preserve">How does urbanization affect the reproductive characteristics and ecological affinities of street plant communities?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colin Fontaine</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Nathalie Machon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Colas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Ecosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11252-018-0759-5⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (17), pp.9977-9989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.5539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03496956v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02282032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Floral morphology as the main driver of flower-feeding insect occurrences in the Paris region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Desaegher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Nadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Urban Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (4), pp.585-598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11252-018-0759-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03496956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Buzz in Paris: flower production and plant–pollinator interactions in plants from contrasted urban and rural origins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dajoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Colas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 145 (6), pp.513-523. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10709-017-9993-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03496938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1444,1362 +1578,1362 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un nouvel indicateur de pollinisation fondé sur les données de rendement des cultures, déployable de la parcelle à la France entière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gandara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gardarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Troisième séminaire : Indicateurs de biodiversité et action publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05319163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CLASSIFLOR: une classification fonctionnelle des fleurs pour prédire les interactions plantes-Insectes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Morison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Héraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hanot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Groupement De Recherche POLLINisation, réseaux d’interaction et fonctionnalité des ÉCOsystèmes (GDR Pollinéco)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation and comparison of pollination service indicators at agricultural landscape level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Gandara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Michelot-Antalik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gardarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFE² GfÖ EEF. Joint meeting, International Conference on Ecological Sciences. Ecology and Evolution: New perspectives and societal challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Metz, France. pp.00358</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04084454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude à l'échelle nationale du triple gradient paysager entre les habitats semi-naturels, agricoles et urbains sur la richesse des visiteurs floraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Bessa-Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Groupement De Recherche POLLINisation, réseaux d’interaction et fonctionnalité des ÉCOsystèmes (GDR Pollinéco)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multifunctional agricultural landscapes. Lessons from a Long Term Socio-Ecological Research site in South Western France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Balent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Barbaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IALE 2022 European Landscape Ecology Congres: Making the future, learning from the past</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03789439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimising spatial distribution of mass-flowering patches at the landscape scale to increase crop pollination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sheeren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Sunflower-Pollinator Web Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Webinaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Couplage de modèles agro-hydrologique, agro-écologique et économique pour déterminer les paysages agricoles assurant le meilleur compromis entre services écosystémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Probst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre del Corso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2000-2020, 20 ans de Recherche du réseau des Zones Ateliers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Online, France. pp.110-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de la qualité des eaux de surface en réponse à différents scénarios d’organisation des paysages agricoles en Gascogne : approche par modélisation agro-hydrologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Simeoni-Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sheeren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Camboulive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5e colloque des Zones Atelier - CNRS : 2000-2020, 20 ans de recherche du réseau des Zones Ateliers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Online, France. pp.51-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03012496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Espacement optimal des ressources florales à l'échelle du paysage pour améliorer la pollinisation des cultures</w:t>
+                <w:t xml:space="preserve">Quelle est la distance maximale à laquelle un paysage affecte l'abondance des abeilles sauvages ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sheeren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium PSDR4 - Transitions pour le développement des territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Angers, France</w:t>
+              <w:t xml:space="preserve">Séminaire du Groupement De Recherche POLLINisation, réseaux d’interaction et fonctionnalité des ÉCOsystèmes (GDR Pollinéco)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183990v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle est la distance maximale à laquelle un paysage affecte l'abondance des abeilles sauvages ?</w:t>
+                <w:t xml:space="preserve">Espacement optimal des ressources florales à l'échelle du paysage pour améliorer la pollinisation des cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sheeren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Groupement De Recherche POLLINisation, réseaux d’interaction et fonctionnalité des ÉCOsystèmes (GDR Pollinéco)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Mons, Belgique</w:t>
+              <w:t xml:space="preserve">Symposium PSDR4 - Transitions pour le développement des territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183970v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques reproductives des communautés de plantes des rues le long d'un gradient d'urbanisation en région parisienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Machon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Colas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Groupement De Recherche POLLINisation, réseaux d’interaction et fonctionnalité des ÉCOsystèmes (GDR Pollinéco)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle est la distance maximale à laquelle un paysage affecte l’abondance des abeilles sauvages ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sheeren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres d’Écologie des Paysages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2809,249 +2943,249 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agro-environmental indicators. New IACS VISION in ACTION – NIVA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ceschia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taeken Wijmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al Bitar Ahmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MARS conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04215584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espacement optimal des ressources florales à l'échelle du paysage pour améliorer la pollinisation des cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sheeren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Groupement De Recherche POLLINisation, réseaux d’interaction et fonctionnalité des ÉCOsystèmes (GDR Pollinéco)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3061,154 +3195,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POLLINECO 2025: Recueil des communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Alaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Bivic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Morison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Réunion annuelle du RT POLLINECO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Avignon, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05456074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3218,104 +3352,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Où sont les pollinisateurs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Dupont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3325,114 +3459,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urbanization effects on floral morphology and plant-pollinator relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Desaegher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Symbiosis. Université Paris Saclay (COmUE), 2017. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017SACLS408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01665328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId98"/>
+      <w:footerReference w:type="default" r:id="rId101"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3579,51 +3713,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248624v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bridoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Desaegher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Allier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Leilde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109927" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05132267v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gandara" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Porcher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109747" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05029777v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot&#8208;antalik" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Langlois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Bello" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Genty" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.70031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290057v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chiron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Flores" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gadoum" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04295167v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.110355" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03645000v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ouin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Andrieu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Balent" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carri&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Choisis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art14" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03630410v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.05758" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03278964v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13949" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02282032v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Machon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5539" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496956v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-018-0759-5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496938v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-017-9993-7" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319163v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Martin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290192v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morison" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guilbaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie H&#233;raudet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hanot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04084454v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gandara" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot-Antalik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184035v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Chiron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789439v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Barbaro" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184022v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016347v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Probst" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre del Corso" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa dos Santos" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012496v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Simeoni-Sauvage" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camboulive" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183990v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183970v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184073v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183946v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04215584v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ceschia" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taeken Wijmer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Bitar Ahmad" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fauvel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184063v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05456074v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Henry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Alaux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bivic" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290121v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Dupont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01665328v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLS408" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248624v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bridoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Desaegher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Allier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Leilde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109927" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05566929v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Porcher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gandara" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol111-art01" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05132267v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109747" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05029777v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot&#8208;antalik" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Langlois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Bello" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Genty" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.70031" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290057v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chiron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Flores" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gadoum" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04295167v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.110355" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03645000v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ouin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Andrieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Balent" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carri&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Choisis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art14" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03630410v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.05758" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03278964v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13949" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02282032v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Machon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5539" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496956v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-018-0759-5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496938v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-017-9993-7" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319163v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290192v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morison" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guilbaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie H&#233;raudet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hanot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04084454v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gandara" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot-Antalik" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184035v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Chiron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789439v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Barbaro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184022v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016347v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Probst" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre del Corso" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa dos Santos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012496v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Simeoni-Sauvage" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camboulive" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183970v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183990v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184073v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183946v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04215584v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ceschia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taeken Wijmer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Bitar Ahmad" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fauvel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184063v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05456074v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Henry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Alaux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bivic" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290121v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Dupont" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01665328v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLS408" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>