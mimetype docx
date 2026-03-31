--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -141,329 +141,329 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjusting the Energy Levels of HgTe and InAs Nanocrystals with Alkali Ions</w:t>
+                <w:t xml:space="preserve">Heat Transport in Disordered Binary Assemblies of Colloidal Metal-Halide Perovskite and Metallic Nanocrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dario Mastrippolito</w:t>
+                <w:t xml:space="preserve">Matias Feldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Majed Ibrahim</w:t>
+                <w:t xml:space="preserve">Shai Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleksandra Yeromina</w:t>
+                <w:t xml:space="preserve">Cédric Leau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
+                <w:t xml:space="preserve">Séverin Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Strobbia</w:t>
+                <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5c06879⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.5c24016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05430624v1</w:t>
+                <w:t xml:space="preserve">hal-05543634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inverted Thickness Dependence of Thermal Transport in Nanocrystal Supercrystals Down to the Monolayer</w:t>
+                <w:t xml:space="preserve">Adjusting the Energy Levels of HgTe and InAs Nanocrystals with Alkali Ions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matias Feldman</w:t>
+                <w:t xml:space="preserve">Dario Mastrippolito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Barrios-Capuchino</w:t>
+                <w:t xml:space="preserve">Majed Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Cruguel</w:t>
+                <w:t xml:space="preserve">Oleksandra Yeromina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Royer</w:t>
+                <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Abadie</w:t>
+                <w:t xml:space="preserve">Giorgia Strobbia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adfm.202504949⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5c06879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05126320v1</w:t>
+                <w:t xml:space="preserve">hal-05430624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VO2 Thin-Film Transducer for Steady-State Thermal Conductivity Measurements</w:t>
               </w:r>
@@ -577,3083 +577,3217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05403927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electric Field Distribution within a Van der Waals Heterostructure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simultaneous Electronic and Thermal Signatures in Pump–Probe Spectroscopy of Semiconductor Nanocrystal Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco de Bellis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dario Mastrippolito</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erwan Bossavit</w:t>
+                <w:t xml:space="preserve">Matias Feldman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria Delbono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Gureghian</w:t>
+                <w:t xml:space="preserve">Sébastien Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albin Colle</w:t>
+                <w:t xml:space="preserve">Yoann Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5c02475⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5c00326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05171190v1</w:t>
+                <w:t xml:space="preserve">hal-05056892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Electronic and Thermal Signatures in Pump–Probe Spectroscopy of Semiconductor Nanocrystal Films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electric Field Distribution within a Van der Waals Heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Mastrippolito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco de Bellis</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Royer</w:t>
+                <w:t xml:space="preserve">Erwan Bossavit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Prado</w:t>
+                <w:t xml:space="preserve">Clement Gureghian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albin Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5c00326⟩</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5c02475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05056892v1</w:t>
+                <w:t xml:space="preserve">hal-05171190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphene as infrared and electron transparent electrode applied to the design of narrow band gap nanocrystal-based photodiode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario Mastrippolito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albin Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Gureghian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Gemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Khalili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Optical Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 13 (21), pp.2500708. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adom.202500708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrared Imaging using thermally stable HgTe/CdS nanocrystals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yoann Prado</w:t>
+                <w:t xml:space="preserve">Inverted Thickness Dependence of Thermal Transport in Nanocrystal Supercrystals Down to the Monolayer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matias Feldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Alchaar</w:t>
+                <w:t xml:space="preserve">Juan Barrios-Capuchino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Lehouelleur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
+                <w:t xml:space="preserve">Hervé Cruguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c00907⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202504949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04565623v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic Thermal Transport in Tunable Self-Assembled Nanocrystal Supercrystals</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Infrared Imaging using thermally stable HgTe/CdS nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rahul Nag</w:t>
+                <w:t xml:space="preserve">Huichen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan J Barrios-Capuchino</w:t>
+                <w:t xml:space="preserve">Rodolphe Alchaar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Lehouelleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Royer</w:t>
+                <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.4c12991⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (16), pp.5039-5046. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c00907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04826476v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04565623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoemission Insight on Narrow Band Gap PbS Quantum Dots Relevant for Infrared Imaging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Adrien Khalili</w:t>
+                <w:t xml:space="preserve">Anisotropic Thermal Transport in Tunable Self-Assembled Nanocrystal Supercrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matias Feldman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahul Nag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan J Barrios-Capuchino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c07499⟩</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.4c12991⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04439230v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04826476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanocrystal-based active photonics device through spatial design of light-matter coupling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Photoemission Insight on Narrow Band Gap PbS Quantum Dots Relevant for Infrared Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huichen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ledos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bossavit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Khalili</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c07499⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.2c00738⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03710652v1</w:t>
+                <w:t xml:space="preserve">hal-04439230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visible and Infrared Nanocrystal-based Light Modulator with CMOS Compatible Bias Operation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huichen Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Guilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Bossavit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ningyuan Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Dabard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10 (2), pp.430-436. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsphotonics.2c01495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03958864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the Energy Landscape from a Nanocrystal-Based Field Effect Transistor under Operation using Nanobeam Photoemission Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Bossavit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huichen Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Dabard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tung Huu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 23 (4), pp.1363-1370. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c04637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03954965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling Ferroelectric to colloidal Nanocrystals as a Generic Strategy to Engineer the Carrier Density Landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Bossavit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Matzen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Maroutian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Alchaar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2300846, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202300846⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04097395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extended Short-Wave Photodiode based on CdSe/HgTe/Ag2Te Stack with High Internal Efficiency</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Nanocrystal-based active photonics device through spatial design of light-matter coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tung Huu Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Khalili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Gréboval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Chu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.2c02044⟩</w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (7), pp. 2528-2535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.2c00738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03755010v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03710652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Material Perspective on HgTe Nanocrystal-based Short Wave Infrared Focal Plane Arrays</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Extended Short-Wave Photodiode based on CdSe/HgTe/Ag2Te Stack with High Internal Efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prachi Rastogi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Izquierdo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Gréboval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariarosa Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Chu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 126 (32), pp.13720-13728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.2c02044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c02955⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03894085v1</w:t>
+                <w:t xml:space="preserve">hal-03755010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helmholtz Resonator Applied to Nanocrystal-Based Infrared Sensing</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">A Material Perspective on HgTe Nanocrystal-based Short Wave Infrared Focal Plane Arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huichen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Alchaar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Khalili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tung Huu Dang</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie Gréboval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c02769⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (24), pp.10964-10972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c02955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03795852v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03894085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Vanishing Confinement Regime in THz HgTe Nanocrystals Studied Under Extreme Conditions of Temperature and Pressure</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francesco Capitani</w:t>
+                <w:t xml:space="preserve">Helmholtz Resonator Applied to Nanocrystal-Based Infrared Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Scimeca</w:t>
+                <w:t xml:space="preserve">Laura Paggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergei Kozlov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Debora Pierucci</w:t>
+                <w:t xml:space="preserve">Alice Fabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Khalili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tung Huu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.2c01636⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol.22, pp.8779−8785. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c02769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03737454v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03795852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale Disorder Generates Subdiffusive Heat Transport in Self-Assembled Nanocrystal Films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Vanishing Confinement Regime in THz HgTe Nanocrystals Studied Under Extreme Conditions of Temperature and Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Pierini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Utterback</w:t>
+                <w:t xml:space="preserve">Francesco Capitani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aditya Sood</w:t>
+                <w:t xml:space="preserve">Michael Scimeca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Coropceanu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dmitri Talapin</w:t>
+                <w:t xml:space="preserve">Sergei Kozlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.1c00413⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.6919-6926. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.2c01636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03513749v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03737454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Motion of Trapped Holes on Nanocrystal Surfaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Nanoscale Disorder Generates Subdiffusive Heat Transport in Self-Assembled Nanocrystal Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Utterback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aditya Sood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Peyton Cline</w:t>
+                <w:t xml:space="preserve">Igor Coropceanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katherine Shulenberger</w:t>
+                <w:t xml:space="preserve">Burak Guzelturk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Eaves</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dmitri Talapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c02618⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (8), pp.3540-3547. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.1c00413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03513774v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03513749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature-Dependent Transient Absorption Spectroscopy Elucidates Trapped-Hole Dynamics in CdS and CdSe Nanorods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">The Motion of Trapped Holes on Nanocrystal Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Utterback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Peyton Cline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jesse Ruzicka</w:t>
+                <w:t xml:space="preserve">Katherine Shulenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hayden Hamby</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Joel Eaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gordana Dukovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 10 (11), pp.2782-2787. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.9b00764⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 11 (22), pp.9876-9885. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c02618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03513751v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03513774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Efficiency of Charge Transfer Competing against Nonexponential Processes: The Case of Electron Transfer from CdS Nanorods to Hydrogenase</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Temperature-Dependent Transient Absorption Spectroscopy Elucidates Trapped-Hole Dynamics in CdS and CdSe Nanorods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Utterback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Mulder</w:t>
+                <w:t xml:space="preserve">Jesse Ruzicka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul King</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Hayden Hamby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Eaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordana Dukovic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 123 (1), pp.886-896. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (11), pp.2782-2787. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b09916⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.9b00764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03513779v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03513751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Nature of Trapped-Hole States in CdS Nanocrystals and the Mechanism of Their Diffusion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Quantum Efficiency of Charge Transfer Competing against Nonexponential Processes: The Case of Electron Transfer from CdS Nanorods to Hydrogenase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Utterback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven Strong</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Molly Wilker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mulder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul King</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Eaves</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.8b01148⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (1), pp.886-896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b09916⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03546541v1</w:t>
+                <w:t xml:space="preserve">hal-03513779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Surface-Capping Ligands in Photoexcited Electron Transfer between CdS Nanorods and [FeFe] Hydrogenase and the Subsequent H 2 Generation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">On the Nature of Trapped-Hole States in CdS Nanocrystals and the Mechanism of Their Diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Peyton Cline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Utterback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Strong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordana Dukovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Eaves</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b07229⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (12), pp.3532-3537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.8b01148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03546542v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trapped-Hole Diffusion in Photoexcited CdSe Nanorods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Role of Surface-Capping Ligands in Photoexcited Electron Transfer between CdS Nanorods and [FeFe] Hydrogenase and the Subsequent H 2 Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molly Wilker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Utterback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Greene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mulder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 122 (29), pp.16974-16982. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b05031⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 122 (1), pp.741-750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b07229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03546540v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between Exciton Dissociation and Slow Recombination within ZnSe/CdS and CdSe/CdS Dot-in-Rod Heterostructures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Trapped-Hole Diffusion in Photoexcited CdSe Nanorods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Utterback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayden Hamby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orion Pearce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Eaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gordana Dukovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (29), pp.16974-16982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b05031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.7b01101⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03546543v1</w:t>
+                <w:t xml:space="preserve">hal-03546540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Relationships between Exciton Dissociation and Slow Recombination within ZnSe/CdS and CdSe/CdS Dot-in-Rod Heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Grennell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Utterback</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orion Pearce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molly Wilker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordana Dukovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (6), pp.3764-3774. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.7b01101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Observation of trapped-hole diffusion on the surfaces of CdS nanorods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Utterback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Grennell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molly Wilker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orion Pearce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Eaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8 (11), pp.1061-1066. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/NCHEM.2566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3663,114 +3797,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excited-State Dynamics of Semiconductor Nanocrystals: Trapped-Hole Diffusion and Electron-Transfer Kinetics in CdS and CdSe Nanorods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Utterback</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chemical Sciences. University of Colorado Boulder, Boulder, USA, 2018. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03513780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId129"/>
+      <w:footerReference w:type="default" r:id="rId134"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3838,51 +3972,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FE001ACD"/>
+    <w:nsid w:val="32B2AB5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4069,51 +4203,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/james-k-utterback" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2926-841X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430624v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Mastrippolito" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Ibrahim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandra Yeromina" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariarosa Cavallo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Strobbia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c06879" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126320v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Feldman" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Barrios-Capuchino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cruguel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Royer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Abadie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202504949" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403927v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Delbono" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Schroeder" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kalinic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Scian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irving Alonzo-Zapata" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5c02339" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171190v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bossavit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Gureghian" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Colle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c02475" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05056892v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Bellis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Prado" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c00326" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487783v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Gemo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Khalili" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202500708" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565623v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huichen Zhang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Alchaar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lehouelleur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c00907" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826476v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vernier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Nag" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan J Barrios-Capuchino" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.4c12991" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439230v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ledos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c07499" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710652v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung Huu Dang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Gr&#233;boval" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.2c00738" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958864v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Guilloux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ningyuan Fu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dabard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.2c01495" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954965v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c04637" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097395v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Matzen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maroutian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202300846" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755010v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prachi Rastogi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Izquierdo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c02044" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894085v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c02955" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795852v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Paggi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fabas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c02769" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737454v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pierini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Capitani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Scimeca" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kozlov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Pierucci" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c01636" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513749v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Utterback" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Sood" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Coropceanu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burak Guzelturk" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Talapin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c00413" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513774v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Peyton Cline" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Shulenberger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Eaves" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordana Dukovic" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c02618" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513751v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Ruzicka" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayden Hamby" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b00764" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513779v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molly Wilker" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mulder" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul King" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b09916" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546541v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Strong" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.8b01148" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546542v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Greene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Brown" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b07229" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546540v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orion Pearce" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b05031" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546543v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Grennell" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.7b01101" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513747v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NCHEM.2566" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03513780v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/james-k-utterback" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2926-841X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543634v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Feldman" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shai Levy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Barthel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Pierucci" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c24016" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430624v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Mastrippolito" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Ibrahim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandra Yeromina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariarosa Cavallo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Strobbia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c06879" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403927v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Delbono" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Schroeder" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kalinic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Scian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irving Alonzo-Zapata" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5c02339" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05056892v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Bellis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Royer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Prado" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c00326" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171190v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bossavit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Gureghian" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Colle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c02475" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487783v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Gemo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Khalili" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202500708" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126320v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Barrios-Capuchino" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cruguel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Abadie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202504949" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565623v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huichen Zhang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Alchaar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lehouelleur" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c00907" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826476v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vernier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Nag" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan J Barrios-Capuchino" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.4c12991" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439230v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ledos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c07499" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958864v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Guilloux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ningyuan Fu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dabard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.2c01495" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954965v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung Huu Dang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c04637" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097395v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Matzen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maroutian" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202300846" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710652v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Gr&#233;boval" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.2c00738" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755010v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prachi Rastogi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Izquierdo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c02044" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894085v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c02955" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795852v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Paggi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fabas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c02769" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737454v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pierini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Capitani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Scimeca" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kozlov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c01636" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513749v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Utterback" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Sood" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Coropceanu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burak Guzelturk" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Talapin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c00413" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513774v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Peyton Cline" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Shulenberger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Eaves" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordana Dukovic" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c02618" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513751v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Ruzicka" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayden Hamby" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b00764" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513779v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molly Wilker" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mulder" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul King" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b09916" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546541v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Strong" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.8b01148" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546542v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Greene" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Brown" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b07229" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546540v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orion Pearce" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b05031" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546543v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Grennell" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.7b01101" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513747v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NCHEM.2566" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03513780v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>