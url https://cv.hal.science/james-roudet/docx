--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> james roudet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">PR UGA</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">james-roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0847-2112</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapter for the Impedance Measurement of Power Cable With an Impedance Analyzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre De Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakdar Sadi-Haddad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 65 (3), pp.705--715. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2023.3250107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the resonance phenomenon in unmatched power cables with the resonance surface response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Kuo-Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A.F. Sartori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 200, pp.107466. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2021.107466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Filter Design Technique to Limit Resonance in Long Cables Connected to Power Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Kuo-Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. E. Sartori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 62 (6), pp.2804--2813. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2020.2993082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of an Integrated Air Coil for Current Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshikazu Kuwabara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiji Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Emerging and Selected Topics in Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (4), pp.4122--4129. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JESTPE.2020.2977102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency-domain modeling of unshielded multiconductor power cables for periodic excitation with new experimental protocol for wide band parameter identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris G. Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. F. Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Kuo-Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 101 (2), pp.333--343. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00202-019-00780-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits of the ground PEEC modelling approach – Example of a residential building struck by lightning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. K. Hayashi Feuerharmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. de Luca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2019.2898234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of superparamagnetic temperature transition measurement in nanocrystalline alloys to determine low crystalline fractions by modeling of the weak-coupling behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Flury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 478, pp.122--131. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmmm.2018.12.092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nonmeshing Approach for Modeling Grounding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60 (3), pp.795-802. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/temc.2017.2743227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Performance of a Current Sensor for a Laminated Bus Bar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshikazu Kuwabara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiji Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 54 (3), pp.2579--2587. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2018.2796538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation par circuits électriques équivalents des réseaux de terre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur. Sécurité des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Hysteresis in Fe-Cu-Nb-Si-B Cores With Transverse K-u</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53 (11), pp.7301104. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2017.2706024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed modeling of local anisotropy and transverse K-u interplay regarding hysteresis loop in FeCuNbSiB nanocrystalline ribbons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Flury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (4), </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4993706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception des convertisseurs de puissance sous contraintes CEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01518685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impedances Identification of DC/DC Converters for Network EMC Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Ales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djelloul Moussaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 29 (12), pp.6445--6457. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2014.2302851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelization of superferromagnetism in soft nanocrystalline materials based on an accurate description of magnetostatic interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (4), pp.1--4. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2013.2289073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Computation of Losses in Conductors and Magnetic Cores of a Large Air Gap Transformer Using Homogenization and 3D FEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Romain Sibue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Périot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (1), pp.586-590. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2012.2211031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far Field Extrapolation from Near Field Interactions and Shielding Influence Investigations Based on a FE-PEEC Coupling Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.80-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC Modeling of Drives for Aircraft Applications: Modeling Process, EMI Filter Optimization and Technological choice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baidy-Birame Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (3), pp.1145-1156. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tpel.2012.2207128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00741833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using constrained optimisation algorithm for the modeling of static converter harmonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Nguyen Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.764-779. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/03321641211209681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00813741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Study of a Contactless Energy Transfer System: Analytical Design, Virtual Prototyping and Experimental Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Romain Sibué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatien Kwimang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28, pp.4690 - 4699. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2012.2235858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00816004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMI Study of Three-Phase Inverter-Fed Motor Drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 47 (1), pp.223-231. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2010.2091193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00578202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Built-in EMC for integrated power electronics systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (1), </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09398368.2011.11463782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00741767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the Physical Layout of High-Current Rectiﬁers on Current Division and Magnetic Field Using PEEC Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Domenech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Meysenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (2), pp892-900. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tia.2010.2041083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00578211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Anisotropy and Direction of Magnetization on Complex Permeability of Ferromagnetic Rectangular Thin Slabs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behzad Ahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (12), pp.4001. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2010.2076339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00592423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Connections Taking Into Account Return Plane: Application to EMI Modeling for Railway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 56 (3), pp 678-684</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying behavior of multilayer materials: A 1-D model correlated to magnetic domain walls through complex permeability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behzad Ahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 320 (20), pp.e708-e711. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmmm.2008.04.097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00592420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling PEEC−Finite Element Method for Solving Electromagnetic Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (6), pp. 1330-1333. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2007.916179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM−PEEC coupled method for modelling solid conductors in the presence of ferromagnetic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 27 (4), pp. 904-910. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/03321640810878324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modular Strategy for Control and Voltage Balancing of Cascaded H-Bridge Rectifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Iman-Eini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Farhangi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, vol. 23 (5), pp. 2428-2442. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tpel.2008.2002055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00355421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage éléments finis/PEEC pour la résolution des problèmes magnétodynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 11 (6), pp. 675-673. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rige.11.657-673⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle CEM d un actionneur électromécanique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Électrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7 (3-4), pp.387-418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization under Constraints of Static Converters: Application to a flyback structure in PFC mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer Netherlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.295-302. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-017-2494-4_30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04567825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copper losses of flyback transformer: search for analytical expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Keradec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 39 (3), pp.1745-1748. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2003.810411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04568975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la modélisation des convertisseurs statiques pour la simulation à topologie variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 3 (6), pp.1221-1241. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp3:1993195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00248995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bus Bar Embedded Rogowski Coil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshikazu Kuwabara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiji Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, San Antonio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VALIDATION EXPERIMENTALE DE MODELES « CIRCUIT » REPRESENTANT LES CONDUCTEURS ENFOUIS DANS LA TERRE EN VUE DE LA COMPREHENSION DES PERTURBATIONS CEM DANS LES BATIMENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et exposition sur ma compatibilité électromagnétique CEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of lightning propagation inside building via grounding system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEMCCON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, São Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evaluation of Voltage Resonance on Industrial Cables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Kuo-Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. F. Sartori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEMCCON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, São Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed modeling of local anisotropy and transverse interplay regarding hysteresis loop in FeCuNbSiB nanocrystalline ribbons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Flury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Magnetic Materials (SMM 23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01591613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Transient in Buildings Grounding System Using a Modified Image Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Electromagnetics Symposium (EUROEM )2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Model of DC-DC Converters Based on Switching Impedances and EMI Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Alès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Frantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djelloul Moussaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Performance of a Current Sensor for a Laminated Bus Bar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Kuwabara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiji Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Energy Conversion Congress &amp; Exposition (ECCE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Milwaukee, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Analytical EMC Model of Power Electronics Converters based on Quadripole System: Application to Demonstrate the Mode Decoupling Condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Alès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djelloul Moussaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Charlotte, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETUDE DE L'ECOULEMENT D'UNE AGRESSION DE TYPE FOUDRE DANS LE RESEAU ELECTRIQUE D'UN HABITAT TYPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème colloque International et exposition sur la compatibilité Électromagnétique (CEM) 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relecture des interactions dipolaires dans les matériaux doux nanocristallins en régime d'aimantation superferromagnétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique - SGE2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relecture des interactions dipolaires dans les matériaux nanocristallins en régime d'aimantation superferromagnétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelization of superferromagnetism in soft nanocristalline materials based on an accurate description of magnetostatic interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Magnetic Materials Conference (SMM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00860994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Input impedance investigation of a DC-DC converter on a large frequency range: a novel analytical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Ales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Frantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Moussaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2013 - ECCE Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00860969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse d'un filtre à une agression de type foudre : modèle et mesure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Ben Gdara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized layout for an EMC filter: Analysis and Validations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de modélisation du câblage pour la CEM des circuits de puissance: méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7eme edition de la Conference sur le Genie electrique (CGE'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00773505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de modélisation du câblage pour la CEM des circuits de puissance : méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème édition de la Conférence sur le Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEM: du semiconducteur au réseau embarqué.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Frey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7eme edition de la Conference sur le Genie electrique (CGE'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00773527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Modeling of Static Converters for optimal sizing of on-board electrical systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Nguyen Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rétière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VPPC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00609598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using constrained optimisation algorithm for the modeling of static converter harmonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huu Hieu Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI-th International Workshop on Optimization and Inverse Problems in Electromagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Sofia, Bulgaria. pp.ISBN 978-954-438-855-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of magnetization mechanisms and domain structure on complex permeability spectra: application on Fe-Ni thin sheets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behzad Ahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Soft Magnetic Materials Conference" (SMM19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Turin, Italy. pp.D2-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC behavior of static converters thanks to radiated field modeling using an equivalent electrical circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Modelling Process to Improve Cabling of Power Electronic Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on electromagnetic fields, ISEF'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far field extrapolation from near field interactions and shielding influence investigations based on a FE-PEEC coupling method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2009 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, San José, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00421424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental validation of the circulating bearing currents mathematical theory in the 20MHz frequency range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Chillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benali Boualem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Périot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electromotion 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00403163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction du champ proche rayonné par un variateur de vitesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouafae Aouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Labarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM08 14ème colloque international et exposition sur la compatibilité électromagnétique – JS08 journée scientifique URSI-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France. pp.Pages 227 - 229</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00282207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Improved of Design of a DC-DC Converter Using an Integrated Magnetic Component</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aiman Kerim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Catellani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Benqassmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Austin, United States. pp.614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical and Numerical Contributions for Winding Losses Estimation in an Integrated Magnetic Component</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aiman Kerim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industry Applications Society Annual Meeting IAS 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Edmonton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the layout influence on the effectiveness of a three-phase common mode filter by using equivalent circuits and PSpice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baudesson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2008, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'un blindage sur le champ proche et les couplages au sein d'un filtre de mode commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Than-Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM08 14ème colloque international et exposition sur la compatibilité électromagnétique – JS08 journée scientifique URSI-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France. pp.Pages 343 - 345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00282210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Naturally Cooled High Frequency Integrated Magnetic Component</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aiman Kerim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Catellani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power Electronics Specialists Conference PESC 08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Rhodes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InCa3D a CAD tool for stray elements computation in Electrical Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPE Seminar: «Virtual Prototyping in Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Baden-Dättwil, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction and measurement of the magnetic near field of a static converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouafae Aouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Labarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIE'07, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM-PEEC coupled method for modelling solid conductor in presence of ferromagnetic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on electromagnetic fields, ISEF'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of connections taking into account return plane: Application to EMI modelling for railway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIE'07, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Multichip Module design regarding EMC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mandray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE EMC Compo 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling PEEC - Finite Element Method for solving electromagnetic problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on the Computation of Electromagnetic Fields, COMPUMAG'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00286640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying behaviour of multilayer materials : a 1D model correlated to domain-walls through complex permeability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behzad Ahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Magnetic Materials Conference, SMM18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Cardiff, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00291612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Layout techniques for reduction of common mode current in static converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Baudesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41th IEEE IAS Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, FL, United States. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2006.256862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00197089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a global approach dedicated to electromagnetic compatibility and energy efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Anglade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Maïzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Zurich Symposium on Electromagnetic Compatibility, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2006, Singapore, Singapore. pp.420-423 - ISBN 3-9522990-3-0, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMCZUR.2006.214961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar Design: How to Spare Nanohenries ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Record of the 2006 IEEE Industry Applications Conference Forty-First IAS Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, France. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2006.256790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01920107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar design: how to spare nanohenries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS-IEEE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, Floride, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00198358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage Eléments Finis – PEEC pour la résolution des problèmes magnétodynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUMELEC 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a PWM Inverter regarding conducted EMC and Losses: Influence of some key parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Meille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IAS 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Hong Kong, Hong Kong SAR China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00185290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMI study of a three phase inverter-fed motor drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Record of the 2004 IEEE Industry Applications Conference, 2004. 39th IAS Annual Meeting.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Seattle, United States. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2004.1348850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMI modeling of an inverter-motor association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Souchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd international conference and workshop on compatibility in power electronics (CPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Gdansk, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC modeling of a three-phase inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power Electronics And Applications, European Conference On (EPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast EMI prediction method for three-phase inverter based on Laplace transforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 2003 - Power Electronics Specialist Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Acapulco, Mexico. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PESC.2003.1216608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation method of disturbances generated by a voltage diode rectifier in discontinuous mode in association with a LISN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 2002 - Power Electronics Specialists Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Cairns, Australia. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PSEC.2002.1023069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of a flyback converter in power factor correction mode: compromize between the current constraints and the transformer volume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Barbaroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2002 - Applied Power Electronics Conference and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Dallas, United States. pp.722-727, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/apec.2002.989325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of the core losses in the magnetic components used in PFC converters. Application to optimize the flyback structure losses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Catellani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2002 - Applied Power Electronics Conference and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Dallas, United States. pp.326-331, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/apec.2002.989266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of the core losses in the magnetic components used in PFC converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE APEC'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Houston, United States. pp.10-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volume optimization of a PFC flyback structure under electromagnetic compatibility, loss and temperature constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Keradec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 2002 - Power Electronics Specialists Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Cairns, Australia. pp.1120-1125, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/psec.2002.1022325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation par circuits électriques équivalents des réseaux de terre - Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions T.I. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ref. article : d3074, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching cell definition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power electronics semiconductors devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interconnection modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power electronics semiconductors devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellule de commutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composants électroniques de puissance et leur mise en oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, pp.149 à 177, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00181151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la connectique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composants électroniques de puissance et leur mise en oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, pp.65 à 148, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00181146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moteur électrique amélioré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Chillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benali Boualem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Périot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: n° 09-52084. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar: design rules & integrated functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mandray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00355575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des courants de mode commun par action sur le routage d'un convertisseur statique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Baudesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00202679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parasitic component calculation method for conducted and radiated EMC of power electronic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Baudesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00202659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'équilibrage en courants d'un redresseur triphasé forte puissance par modélisation PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Meysenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bouchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00200807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imputabilité à la présence d’un champ d’éoliennes de troubles rapportés dans deux élevages bovins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Millemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Balland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Giraudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Grisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2019-SA-0096, Anses. 2021, 219 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03792942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et comparaison des divers modes de conversion statique CC-CC : mode de commutation et sûreté de fonctionnement performances C.E.M</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. Institut National Polytechnique de Grenoble (INPG), 1990. Français. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02511956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId258"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> james roudet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">PR UGA</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">james-roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0847-2112</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapter for the Impedance Measurement of Power Cable With an Impedance Analyzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre De Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakdar Sadi-Haddad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 65 (3), pp.705--715. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2023.3250107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the resonance phenomenon in unmatched power cables with the resonance surface response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Kuo-Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A.F. Sartori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 200, pp.107466. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2021.107466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Filter Design Technique to Limit Resonance in Long Cables Connected to Power Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Kuo-Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. E. Sartori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 62 (6), pp.2804--2813. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2020.2993082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of an Integrated Air Coil for Current Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshikazu Kuwabara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiji Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Emerging and Selected Topics in Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (4), pp.4122--4129. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JESTPE.2020.2977102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency-domain modeling of unshielded multiconductor power cables for periodic excitation with new experimental protocol for wide band parameter identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris G. Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. F. Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Kuo-Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 101 (2), pp.333--343. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00202-019-00780-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits of the ground PEEC modelling approach – Example of a residential building struck by lightning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. K. Hayashi Feuerharmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. de Luca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2019.2898234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of superparamagnetic temperature transition measurement in nanocrystalline alloys to determine low crystalline fractions by modeling of the weak-coupling behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Flury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 478, pp.122--131. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmmm.2018.12.092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nonmeshing Approach for Modeling Grounding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60 (3), pp.795-802. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/temc.2017.2743227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Performance of a Current Sensor for a Laminated Bus Bar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshikazu Kuwabara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiji Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 54 (3), pp.2579--2587. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2018.2796538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation par circuits électriques équivalents des réseaux de terre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur. Sécurité des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Hysteresis in Fe-Cu-Nb-Si-B Cores With Transverse K-u</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53 (11), pp.7301104. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2017.2706024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed modeling of local anisotropy and transverse K-u interplay regarding hysteresis loop in FeCuNbSiB nanocrystalline ribbons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Flury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (4), </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4993706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception des convertisseurs de puissance sous contraintes CEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01518685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impedances Identification of DC/DC Converters for Network EMC Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Ales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djelloul Moussaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 29 (12), pp.6445--6457. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2014.2302851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelization of superferromagnetism in soft nanocrystalline materials based on an accurate description of magnetostatic interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (4), pp.1--4. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2013.2289073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Computation of Losses in Conductors and Magnetic Cores of a Large Air Gap Transformer Using Homogenization and 3D FEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Romain Sibue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Périot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (1), pp.586-590. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2012.2211031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far Field Extrapolation from Near Field Interactions and Shielding Influence Investigations Based on a FE-PEEC Coupling Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.80-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC Modeling of Drives for Aircraft Applications: Modeling Process, EMI Filter Optimization and Technological choice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baidy-Birame Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (3), pp.1145-1156. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tpel.2012.2207128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00741833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using constrained optimisation algorithm for the modeling of static converter harmonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Nguyen Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.764-779. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/03321641211209681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00813741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Study of a Contactless Energy Transfer System: Analytical Design, Virtual Prototyping and Experimental Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Romain Sibué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatien Kwimang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28, pp.4690 - 4699. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2012.2235858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00816004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMI Study of Three-Phase Inverter-Fed Motor Drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 47 (1), pp.223-231. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2010.2091193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00578202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Built-in EMC for integrated power electronics systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (1), </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09398368.2011.11463782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00741767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the Physical Layout of High-Current Rectiﬁers on Current Division and Magnetic Field Using PEEC Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Domenech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Meysenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (2), pp892-900. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tia.2010.2041083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00578211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Anisotropy and Direction of Magnetization on Complex Permeability of Ferromagnetic Rectangular Thin Slabs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behzad Ahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (12), pp.4001. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2010.2076339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00592423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Connections Taking Into Account Return Plane: Application to EMI Modeling for Railway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 56 (3), pp 678-684</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling PEEC−Finite Element Method for Solving Electromagnetic Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (6), pp. 1330-1333. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2007.916179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying behavior of multilayer materials: A 1-D model correlated to magnetic domain walls through complex permeability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behzad Ahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 320 (20), pp.e708-e711. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmmm.2008.04.097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00592420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM−PEEC coupled method for modelling solid conductors in the presence of ferromagnetic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 27 (4), pp. 904-910. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/03321640810878324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modular Strategy for Control and Voltage Balancing of Cascaded H-Bridge Rectifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Iman-Eini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Farhangi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, vol. 23 (5), pp. 2428-2442. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tpel.2008.2002055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00355421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage éléments finis/PEEC pour la résolution des problèmes magnétodynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 11 (6), pp. 675-673. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rige.11.657-673⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle CEM d un actionneur électromécanique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Électrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7 (3-4), pp.387-418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copper losses of flyback transformer: search for analytical expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Keradec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 39 (3), pp.1745-1748. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2003.810411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04568975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization under Constraints of Static Converters: Application to a flyback structure in PFC mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer Netherlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.295-302. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-017-2494-4_30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04567825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la modélisation des convertisseurs statiques pour la simulation à topologie variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 3 (6), pp.1221-1241. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp3:1993195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00248995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bus Bar Embedded Rogowski Coil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshikazu Kuwabara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiji Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, San Antonio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VALIDATION EXPERIMENTALE DE MODELES « CIRCUIT » REPRESENTANT LES CONDUCTEURS ENFOUIS DANS LA TERRE EN VUE DE LA COMPREHENSION DES PERTURBATIONS CEM DANS LES BATIMENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et exposition sur ma compatibilité électromagnétique CEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of lightning propagation inside building via grounding system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEMCCON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, São Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evaluation of Voltage Resonance on Industrial Cables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Kuo-Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. F. Sartori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEMCCON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, São Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed modeling of local anisotropy and transverse interplay regarding hysteresis loop in FeCuNbSiB nanocrystalline ribbons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Flury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Magnetic Materials (SMM 23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01591613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Transient in Buildings Grounding System Using a Modified Image Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Electromagnetics Symposium (EUROEM )2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Model of DC-DC Converters Based on Switching Impedances and EMI Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Alès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Frantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djelloul Moussaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Performance of a Current Sensor for a Laminated Bus Bar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Kuwabara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiji Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Energy Conversion Congress &amp; Exposition (ECCE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Milwaukee, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Analytical EMC Model of Power Electronics Converters based on Quadripole System: Application to Demonstrate the Mode Decoupling Condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Alès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djelloul Moussaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Charlotte, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETUDE DE L'ECOULEMENT D'UNE AGRESSION DE TYPE FOUDRE DANS LE RESEAU ELECTRIQUE D'UN HABITAT TYPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème colloque International et exposition sur la compatibilité Électromagnétique (CEM) 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relecture des interactions dipolaires dans les matériaux doux nanocristallins en régime d'aimantation superferromagnétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique - SGE2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relecture des interactions dipolaires dans les matériaux nanocristallins en régime d'aimantation superferromagnétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelization of superferromagnetism in soft nanocristalline materials based on an accurate description of magnetostatic interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Magnetic Materials Conference (SMM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00860994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Input impedance investigation of a DC-DC converter on a large frequency range: a novel analytical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Ales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Frantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Moussaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2013 - ECCE Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00860969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse d'un filtre à une agression de type foudre : modèle et mesure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Ben Gdara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized layout for an EMC filter: Analysis and Validations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de modélisation du câblage pour la CEM des circuits de puissance: méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7eme edition de la Conference sur le Genie electrique (CGE'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00773505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de modélisation du câblage pour la CEM des circuits de puissance : méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème édition de la Conférence sur le Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEM: du semiconducteur au réseau embarqué.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Frey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7eme edition de la Conference sur le Genie electrique (CGE'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00773527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Modeling of Static Converters for optimal sizing of on-board electrical systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Nguyen Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rétière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VPPC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00609598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using constrained optimisation algorithm for the modeling of static converter harmonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huu Hieu Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI-th International Workshop on Optimization and Inverse Problems in Electromagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Sofia, Bulgaria. pp.ISBN 978-954-438-855-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of magnetization mechanisms and domain structure on complex permeability spectra: application on Fe-Ni thin sheets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behzad Ahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Soft Magnetic Materials Conference" (SMM19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Turin, Italy. pp.D2-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC behavior of static converters thanks to radiated field modeling using an equivalent electrical circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Modelling Process to Improve Cabling of Power Electronic Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on electromagnetic fields, ISEF'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far field extrapolation from near field interactions and shielding influence investigations based on a FE-PEEC coupling method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2009 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, San José, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00421424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental validation of the circulating bearing currents mathematical theory in the 20MHz frequency range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Chillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benali Boualem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Périot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electromotion 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00403163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction du champ proche rayonné par un variateur de vitesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouafae Aouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Labarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM08 14ème colloque international et exposition sur la compatibilité électromagnétique – JS08 journée scientifique URSI-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France. pp.Pages 227 - 229</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00282207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical and Numerical Contributions for Winding Losses Estimation in an Integrated Magnetic Component</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aiman Kerim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industry Applications Society Annual Meeting IAS 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Edmonton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Improved of Design of a DC-DC Converter Using an Integrated Magnetic Component</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aiman Kerim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Catellani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Benqassmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Austin, United States. pp.614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the layout influence on the effectiveness of a three-phase common mode filter by using equivalent circuits and PSpice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baudesson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2008, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'un blindage sur le champ proche et les couplages au sein d'un filtre de mode commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Than-Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM08 14ème colloque international et exposition sur la compatibilité électromagnétique – JS08 journée scientifique URSI-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France. pp.Pages 343 - 345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00282210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Naturally Cooled High Frequency Integrated Magnetic Component</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aiman Kerim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Catellani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power Electronics Specialists Conference PESC 08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Rhodes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InCa3D a CAD tool for stray elements computation in Electrical Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPE Seminar: «Virtual Prototyping in Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Baden-Dättwil, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction and measurement of the magnetic near field of a static converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouafae Aouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Labarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIE'07, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM-PEEC coupled method for modelling solid conductor in presence of ferromagnetic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on electromagnetic fields, ISEF'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of connections taking into account return plane: Application to EMI modelling for railway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIE'07, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Multichip Module design regarding EMC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mandray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE EMC Compo 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying behaviour of multilayer materials : a 1D model correlated to domain-walls through complex permeability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behzad Ahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Waeckerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Magnetic Materials Conference, SMM18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Cardiff, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00291612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling PEEC - Finite Element Method for solving electromagnetic problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on the Computation of Electromagnetic Fields, COMPUMAG'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00286640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a global approach dedicated to electromagnetic compatibility and energy efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Anglade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Maïzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Zurich Symposium on Electromagnetic Compatibility, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2006, Singapore, Singapore. pp.420-423 - ISBN 3-9522990-3-0, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMCZUR.2006.214961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Layout techniques for reduction of common mode current in static converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Baudesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41th IEEE IAS Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, FL, United States. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2006.256862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00197089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar Design: How to Spare Nanohenries ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Record of the 2006 IEEE Industry Applications Conference Forty-First IAS Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, France. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2006.256790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01920107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar design: how to spare nanohenries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS-IEEE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, Floride, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00198358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage Eléments Finis – PEEC pour la résolution des problèmes magnétodynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUMELEC 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a PWM Inverter regarding conducted EMC and Losses: Influence of some key parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Meille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IAS 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Hong Kong, Hong Kong SAR China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00185290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMI study of a three phase inverter-fed motor drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Record of the 2004 IEEE Industry Applications Conference, 2004. 39th IAS Annual Meeting.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Seattle, United States. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2004.1348850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMI modeling of an inverter-motor association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Souchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd international conference and workshop on compatibility in power electronics (CPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Gdansk, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC modeling of a three-phase inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power Electronics And Applications, European Conference On (EPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast EMI prediction method for three-phase inverter based on Laplace transforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 2003 - Power Electronics Specialist Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Acapulco, Mexico. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PESC.2003.1216608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation method of disturbances generated by a voltage diode rectifier in discontinuous mode in association with a LISN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 2002 - Power Electronics Specialists Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Cairns, Australia. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PSEC.2002.1023069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of the core losses in the magnetic components used in PFC converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE APEC'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Houston, United States. pp.10-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of the core losses in the magnetic components used in PFC converters. Application to optimize the flyback structure losses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Catellani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2002 - Applied Power Electronics Conference and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Dallas, United States. pp.326-331, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/apec.2002.989266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of a flyback converter in power factor correction mode: compromize between the current constraints and the transformer volume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Barbaroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2002 - Applied Power Electronics Conference and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Dallas, United States. pp.722-727, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/apec.2002.989325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volume optimization of a PFC flyback structure under electromagnetic compatibility, loss and temperature constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Keradec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 2002 - Power Electronics Specialists Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Cairns, Australia. pp.1120-1125, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/psec.2002.1022325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation par circuits électriques équivalents des réseaux de terre - Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions T.I. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ref. article : d3074, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interconnection modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power electronics semiconductors devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching cell definition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power electronics semiconductors devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellule de commutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composants électroniques de puissance et leur mise en oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, pp.149 à 177, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00181151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la connectique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composants électroniques de puissance et leur mise en oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, pp.65 à 148, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00181146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moteur électrique amélioré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Chillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benali Boualem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Périot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: n° 09-52084. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar: design rules & integrated functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mandray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00355575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des courants de mode commun par action sur le routage d'un convertisseur statique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Baudesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00202679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parasitic component calculation method for conducted and radiated EMC of power electronic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Baudesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00202659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'équilibrage en courants d'un redresseur triphasé forte puissance par modélisation PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Meysenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bouchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00200807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imputabilité à la présence d’un champ d’éoliennes de troubles rapportés dans deux élevages bovins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Millemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Balland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Giraudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Grisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2019-SA-0096, Anses. 2021, 219 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03792942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et comparaison des divers modes de conversion statique CC-CC : mode de commutation et sûreté de fonctionnement performances C.E.M</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. Institut National Polytechnique de Grenoble (INPG), 1990. Français. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02511956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId258"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7936DCF1"/>
+    <w:nsid w:val="D6EDFB0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/james-roudet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0847-2112" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495361v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris Grossl Bade" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Roudet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Derbey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre De Andrade" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakdar Sadi-Haddad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2023.3250107" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625825v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris Bade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Kuo-Peng" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A.F. Sartori" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2021.107466" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260229v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. E. Sartori" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2020.2993082" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260230v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshikazu Kuwabara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiji Wada" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2020.2977102" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509498v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris G. Bade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. F. Sartori" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-019-00780-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437103v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Clavel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Hayashi Feuerharmel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Luca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaki Gouichiche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2019.2898234" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350905v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boust" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geoffroy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Chazal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Flury" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Waeckerle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2018.12.092" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679809v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joyeux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/temc.2017.2743227" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278134v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2018.2796538" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437327v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277812v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2706024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278123v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chazal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Flury" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4993706" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518685v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Frey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ferrieux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277373v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achour Ales" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djelloul Moussaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2302851" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277376v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Yao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2013.2289073" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987194v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Romain Sibue" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P&#233;riot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2012.2211031" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799008v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Tran Than" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aim&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741833v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baidy-Birame Tour&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meynard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tpel.2012.2207128" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813741v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lange" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Nguyen Huu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641211209681" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816004v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Romain Sibu&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien Kwimang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2012.2235858" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578202v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Revol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loizelet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2010.2091193" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741767v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2011.11463782" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578211v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Domenech" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Meysenc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tia.2010.2041083" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592423v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Ahmadi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2076339" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373558v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Postariu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592420v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2008.04.097" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MH0PHZTF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365105v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Son Tran" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Labie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Floch" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2007.916179" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365101v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640810878324" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-KCMRCGJN-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355421v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Iman-Eini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrokh Farhangi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tpel.2008.2002055" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365111v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.11.657-673" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-GMK51CCW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688171v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567825v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larouci" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-2494-4_30" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9Z4Z13RT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568975v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Keradec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2003.810411" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248995v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Sahraoui" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Normand" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1993195" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C24C026CB907C9EA83BECE82CBC9788B9C6AEAB7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730682v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835450v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693098v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693091v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Guichon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591613v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347585v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372987v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al&#232;s" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Frantz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372808v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kuwabara" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136430v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achour Al&#232;s" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019908v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024009v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065424v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Waeckerl&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860994v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860969v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moussaoui" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820594v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Ben Gdara" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734966v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Oliveira" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773505v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790409v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773527v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609598v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas R&#233;ti&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520039v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Hieu Nguyen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417621v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430247v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ardon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490459v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421424v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ecrabey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403163v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chillet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benali Boualem" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282207v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Aouine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Labarre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350574v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiman Kerim" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Catellani" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Benqassmi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331366v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293679v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baudesson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282210v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Than-Son Tran" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292684v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293271v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289357v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289766v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289291v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289139v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mandray" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00286640v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291612v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00197089v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baudesson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ecrabey" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2006.256862" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00505070v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gonnet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Anglade" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Ma&#239;zi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mazauric" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCZUR.2006.214961" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920107v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aime" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2006.256790" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198358v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199174v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185290v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Meille" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689260v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2004.1348850" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689292v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Souchard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689268v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689265v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2003.1216608" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689262v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PSEC.2002.1023069" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595393v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Barbaroux" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/apec.2002.989325" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594764v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Catellani" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/apec.2002.989266" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594795v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594655v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/psec.2002.1022325" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438035v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367039v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367036v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181151v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181146v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983050v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355575v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202679v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202659v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200807v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchat" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03792942v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Millemann" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Balland" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giraudet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Grisot" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Labb&#233;" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02511956v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/james-roudet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0847-2112" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495361v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris Grossl Bade" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Roudet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Derbey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre De Andrade" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakdar Sadi-Haddad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2023.3250107" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625825v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris Bade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Kuo-Peng" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A.F. Sartori" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2021.107466" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260229v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. E. Sartori" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2020.2993082" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260230v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshikazu Kuwabara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiji Wada" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2020.2977102" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509498v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris G. Bade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. F. Sartori" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-019-00780-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437103v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Clavel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Hayashi Feuerharmel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Luca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaki Gouichiche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2019.2898234" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350905v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boust" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geoffroy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Chazal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Flury" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Waeckerle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2018.12.092" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679809v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joyeux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/temc.2017.2743227" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278134v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2018.2796538" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437327v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277812v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2706024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278123v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chazal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Flury" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4993706" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518685v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Frey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ferrieux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277373v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achour Ales" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djelloul Moussaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2302851" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277376v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Yao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2013.2289073" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987194v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Romain Sibue" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P&#233;riot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2012.2211031" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799008v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Tran Than" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aim&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741833v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baidy-Birame Tour&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meynard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tpel.2012.2207128" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813741v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lange" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Nguyen Huu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641211209681" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816004v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Romain Sibu&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien Kwimang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2012.2235858" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578202v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Revol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loizelet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2010.2091193" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741767v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2011.11463782" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578211v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Domenech" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Meysenc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tia.2010.2041083" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592423v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Ahmadi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2076339" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373558v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Postariu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365105v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Son Tran" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Labie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Floch" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2007.916179" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592420v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2008.04.097" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MH0PHZTF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365101v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640810878324" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-KCMRCGJN-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355421v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Iman-Eini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrokh Farhangi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tpel.2008.2002055" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365111v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.11.657-673" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-GMK51CCW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688171v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568975v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larouci" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Keradec" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2003.810411" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567825v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-2494-4_30" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9Z4Z13RT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248995v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Sahraoui" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Normand" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1993195" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C24C026CB907C9EA83BECE82CBC9788B9C6AEAB7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730682v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835450v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693098v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693091v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Guichon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591613v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347585v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372987v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al&#232;s" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Frantz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372808v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kuwabara" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136430v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achour Al&#232;s" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019908v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024009v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065424v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Waeckerl&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860994v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860969v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moussaoui" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820594v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Ben Gdara" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734966v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Oliveira" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773505v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790409v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773527v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609598v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas R&#233;ti&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520039v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Hieu Nguyen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417621v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430247v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ardon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490459v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421424v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ecrabey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403163v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chillet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benali Boualem" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282207v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Aouine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Labarre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331366v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiman Kerim" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350574v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Catellani" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Benqassmi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293679v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baudesson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282210v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Than-Son Tran" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292684v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293271v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289357v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289766v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289291v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289139v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mandray" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291612v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00286640v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00505070v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gonnet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Anglade" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Ma&#239;zi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mazauric" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCZUR.2006.214961" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00197089v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baudesson" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ecrabey" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2006.256862" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920107v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aime" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2006.256790" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198358v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199174v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185290v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Meille" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689260v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2004.1348850" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689292v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Souchard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689268v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689265v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2003.1216608" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689262v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PSEC.2002.1023069" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594795v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594764v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Catellani" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/apec.2002.989266" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595393v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Barbaroux" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/apec.2002.989325" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594655v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/psec.2002.1022325" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438035v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367036v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367039v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181151v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181146v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983050v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355575v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202679v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202659v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200807v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchat" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03792942v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Millemann" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Balland" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giraudet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Grisot" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Labb&#233;" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02511956v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>