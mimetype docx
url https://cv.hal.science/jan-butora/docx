--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -579,2474 +579,2670 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04387065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (20)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DeepFake Detection based on Noise Residuals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Targeted Pooled Latent-Space Steganalysis Applied to Generative Steganography, with a Fix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Levecque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh Thong Doi</w:t>
+                <w:t xml:space="preserve">Aurélien Noirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomáš Pevný</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI’25</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Strasbourg (67000), France</w:t>
+              <w:t xml:space="preserve">2026 IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2026, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05145087v2</w:t>
+                <w:t xml:space="preserve">hal-05280548v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The AI Waterfall : A Case Study in Integrating Machine Learning and Security</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DeepFake Detection based on Noise Residuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Thong Doi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Butora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Itier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">GRETSI’25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Strasbourg (67000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05011387v2</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145087v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génération d'Images et Insertion d'un Message Caché dans l'Espace Latent de Glow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Noirault</w:t>
+                <w:t xml:space="preserve">The AI Waterfall : A Case Study in Integrating Machine Learning and Security</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gresti 2025</w:t>
+              <w:t xml:space="preserve">GRETSI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05147284v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05011387v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MODE: Loss Function for Deep Steganalysis at Low False Positive Rate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Génération d'Images et Insertion d'un Message Caché dans l'Espace Latent de Glow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Noirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Itier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 33rd European Signal Processing Conference (EUSIPCO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Palermo, Italy</w:t>
+              <w:t xml:space="preserve">Gresti 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05101274v3</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Adobe Hidden Feature and its Impact on Sensor Attribution</w:t>
+                <w:t xml:space="preserve">MODE: Loss Function for Deep Steganalysis at Low False Positive Rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th ACM Workshop on Information Hiding and Multimedia Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Baiona, Spain</w:t>
+              <w:t xml:space="preserve">The 33rd European Signal Processing Conference (EUSIPCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Palermo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04318702v5</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05101274v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Errorless Robust JPEG Steganography for Pixel Images</w:t>
+                <w:t xml:space="preserve">The Adobe Hidden Feature and its Impact on Sensor Attribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Levecque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th IEEE International Workshop on Information Forensics and Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Rome, Italy</w:t>
+              <w:t xml:space="preserve">12th ACM Workshop on Information Hiding and Multimedia Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Baiona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04671761v2</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318702v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of the Adobe Pattern</w:t>
+                <w:t xml:space="preserve">Errorless Robust JPEG Steganography for Pixel Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Levecque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd European Signal Processing Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">16th IEEE International Workshop on Information Forensics and Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04498274v2</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04671761v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and Mitigation of the False Alarms of the Reverse JPEG Compatibility Attack</w:t>
+                <w:t xml:space="preserve">Detection of the Adobe Pattern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Cogranne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IH&amp;MMSec'23</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">32nd European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04098685v2</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04498274v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compatibility and Timing Attacks for JPEG Steganalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Levecque</w:t>
+                <w:t xml:space="preserve">Analysis and Mitigation of the False Alarms of the Reverse JPEG Compatibility Attack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jan Butora</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Cogranne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Information Hiding and Multimedia Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACM, Jun 2023, Chicago, United States. </w:t>
+              <w:t xml:space="preserve">IH&amp;MMSec'23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Chicago, United States. pp.59-66, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3577163.3595093⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3577163.3595092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04098582v2</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098685v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attaque de Compatibilité contre la Stéganographie JPEG</w:t>
+                <w:t xml:space="preserve">Compatibility and Timing Attacks for JPEG Steganalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Levecque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIXème Colloque Francophone de Traitement du Signal et des Images (GRETSI'23)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Workshop on Information Hiding and Multimedia Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM, Jun 2023, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3577163.3595093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04170051v1</w:t>
+                <w:t xml:space="preserve">hal-04098582v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéganographie robuste et sans erreur dans des images JPEG en utilisant les sorties des codeurs JPEG</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attaque de Compatibilité contre la Stéganographie JPEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Levecque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIème édition de la conférence CORESA (COmpression et REprésentation des Signaux Audiovisuels)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">XXIXème Colloque Francophone de Traitement du Signal et des Images (GRETSI'23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04439584v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04170051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Quality JPEG Compressor Detection via Decompression Error</w:t>
+                <w:t xml:space="preserve">Stéganographie robuste et sans erreur dans des images JPEG en utilisant les sorties des codeurs JPEG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Puteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">XXIIème édition de la conférence CORESA (COmpression et REprésentation des Signaux Audiovisuels)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03697777v2</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04439584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fighting the Reverse JPEG Compatibility Attack: Pick your Side</w:t>
+                <w:t xml:space="preserve">High Quality JPEG Compressor Detection via Decompression Error</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 10th ACM Workshop on Information Hiding and Multimedia Security</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3531536.3532955⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03662307v2</w:t>
+                <w:t xml:space="preserve">hal-03697777v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Reliable JPEG Steganalysis (at QF100)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">John Klein</w:t>
+                <w:t xml:space="preserve">Fighting the Reverse JPEG Compatibility Attack: Pick your Side</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Workshop on Information Forensics and Security</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 10th ACM Workshop on Information Hiding and Multimedia Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Santa Barbara, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3531536.3532955⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03808390v1</w:t>
+                <w:t xml:space="preserve">hal-03662307v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une stéganalyse certifiée pour des images JPEG</w:t>
+                <w:t xml:space="preserve">Toward Reliable JPEG Steganalysis (at QF100)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Levecque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">IEEE International Workshop on Information Forensics and Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03762836v1</w:t>
+                <w:t xml:space="preserve">hal-03808390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extending the Reverse JPEG Compatibility Attack to Double Compressed Images</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers une stéganalyse certifiée pour des images JPEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Levecque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jessica Fridrich</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2021 - 2021 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">GRETSI 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9414204⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04439711v1</w:t>
+                <w:t xml:space="preserve">hal-03762836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Pretrain for Steganalysis</w:t>
+                <w:t xml:space="preserve">Extending the Reverse JPEG Compatibility Attack to Double Compressed Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yassine Yousfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Fridrich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IH&amp;MMSec '21: ACM Workshop on Information Hiding and Multimedia Security</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3437880.3460395⟩</w:t>
+              <w:t xml:space="preserve">ICASSP 2021 - 2021 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Toronto, Canada. pp.2710-2714, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9414204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04387100v1</w:t>
+                <w:t xml:space="preserve">hal-04439711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Perturbed Quantization</w:t>
+                <w:t xml:space="preserve">How to Pretrain for Steganalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Yousfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Fridrich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IH&amp;MMSec '21: ACM Workshop on Information Hiding and Multimedia Security</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Association for Computing Machinery, Jun 2021, Bruxelles, Belgium. pp.125-136, </w:t>
+              <w:t xml:space="preserve">, Jun 2021, Bruxelles, Belgium. pp.143-148, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3437880.3460396⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3437880.3460395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04387087v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04387100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breaking ALASKA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revisiting Perturbed Quantization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Fridrich</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Giboulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the ACM Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IH&amp;MMSec '21: ACM Workshop on Information Hiding and Multimedia Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association for Computing Machinery, Jun 2021, Bruxelles, Belgium. pp.125-136, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3437880.3460396⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02291306v1</w:t>
+                <w:t xml:space="preserve">hal-04387087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Breaking ALASKA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Yousfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Butora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Fridrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Giboulot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the ACM Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France. pp.138-149</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effect of JPEG Quality on Steganographic Security</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Fridrich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IH&amp;MMSec '19: ACM Information Hiding and Multimedia Security Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Paris, France. pp.47-56, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3335203.3335714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04444042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted Pooled Latent-Space Steganalysis Applied to Generative Steganography, with a Fix</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Better Inversion of Diffusion Models for Generative Steganography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Noirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomáš Pevný</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Itier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05280548v2</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ERROR REDUCTION FOR GEN-AI STEGANOGRAPHY BY ADJUSTMENTS IN THE LATENT SPACE</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Neural Watermarking: Lack of a Secret Key is still Lack of Security</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Tarhini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Noirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Butora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Noirault</w:t>
-[...77 lines deleted...]
-                <w:t xml:space="preserve">hal-05271776v1</w:t>
+                <w:t xml:space="preserve">hal-05272053v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DinoLizer: Learning from the Best for Generative Inpainting Localization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh Thong Doi</w:t>
+                <w:t xml:space="preserve">ERROR REDUCTION FOR GEN-AI STEGANOGRAPHY BY ADJUSTMENTS IN THE LATENT SPACE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Noirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Pevny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Itier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377107v1</w:t>
+                <w:t xml:space="preserve">hal-05271776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NEURAL WATERMARKING: LACK OF A SECRET KEY IS STILL LACK OF SECURITY</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Projecting Noise Residuals on a Unit Sphere for Out-of-Distribution Detection of Generated Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05272053v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">DinoLizer: Learning from the Best for Generative Inpainting Localization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Thong Doi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Butora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Itier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dual JPEG Compatibility: a Reliable and Explainable Tool for Image Forensics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Levecque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3061,51 +3257,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681110v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3115,100 +3311,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical models for image steganograhy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Signal and Image Processing. State University of New-York, 2021. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04387200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3218,51 +3414,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fighting the Reverse JPEG Compatibility Attack: Pick your Side</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3271,73 +3467,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Errorless Robust JPEG Steganography using Outputs of JPEG Coders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3359,73 +3555,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Side-Informed Steganography for JPEG Images by Modeling Decompressed Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3434,73 +3630,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Adobe Hidden Feature and its Impact on Sensor Attribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3509,65 +3705,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId71"/>
+      <w:footerReference w:type="default" r:id="rId74"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3714,51 +3910,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470068v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Levecque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Butora" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2024.3470650" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223357v3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2024.3379849" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083163v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2023.3268884" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181480v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Puteaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDSC.2023.3306379" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387065v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Fridrich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2019.2940904" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145087v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Thong Doi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Itier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Boulanger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011387v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147284v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Noirault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101274v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318702v5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671761v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498274v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098685v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cogranne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3577163.3595092" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098582v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3577163.3595093" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170051v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439584v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697777v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662307v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3531536.3532955" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808390v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Klein" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762836v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439711v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414204" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387100v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Yousfi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3437880.3460395" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387087v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3437880.3460396" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02291306v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giboulot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444042v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3335203.3335714" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280548v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Pevn&#253;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271776v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Noirault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Pevny" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377107v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272053v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681110v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04387200v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456477v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456487v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456482v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456499v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470068v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Levecque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Butora" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2024.3470650" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223357v3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2024.3379849" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083163v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2023.3268884" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181480v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Puteaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDSC.2023.3306379" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387065v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Fridrich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2019.2940904" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280548v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Noirault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Pevn&#253;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145087v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Thong Doi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Itier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Boulanger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011387v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147284v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101274v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318702v5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671761v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498274v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098685v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cogranne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3577163.3595092" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098582v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3577163.3595093" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170051v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439584v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697777v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662307v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3531536.3532955" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808390v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Klein" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762836v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439711v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414204" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387100v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Yousfi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3437880.3460395" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387087v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3437880.3460396" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02291306v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giboulot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444042v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3335203.3335714" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547305v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272053v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Tarhini" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271776v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Noirault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Pevny" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548665v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377107v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681110v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04387200v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456477v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456487v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456482v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456499v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>