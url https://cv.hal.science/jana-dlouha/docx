--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -331,295 +331,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05285028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beech poles do not produce flexure wood after mechanical stimulation: does shifting from stress avoidance to stress tolerance matter?</w:t>
+                <w:t xml:space="preserve">Mechanical vulnerability of beech (Fagus sylvatica L.) poles after thinning: Securing stem or roots is risk dependent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouhá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leandro Martinez</w:t>
+                <w:t xml:space="preserve">Pauline Défossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tancrede Almeras</w:t>
+                <w:t xml:space="preserve">Joel Hans DONGMO KEUMO JIAZET</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Ruelle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thiéry Constant</w:t>
+                <w:t xml:space="preserve">François Ningre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trees - Structure and Function</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 38 (6), pp.1367-1377. </w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 552, pp.121523. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00468-024-02556-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2023.121523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04745820v1</w:t>
+                <w:t xml:space="preserve">hal-04841046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical vulnerability of beech (Fagus sylvatica L.) poles after thinning: Securing stem or roots is risk dependent</w:t>
+                <w:t xml:space="preserve">Beech poles do not produce flexure wood after mechanical stimulation: does shifting from stress avoidance to stress tolerance matter?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouhá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Défossez</w:t>
+                <w:t xml:space="preserve">Leandro Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Hans DONGMO KEUMO JIAZET</w:t>
+                <w:t xml:space="preserve">Tancrede Almeras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Ningre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Meriem Fournier</w:t>
+                <w:t xml:space="preserve">Julien Ruelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiéry Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 552, pp.121523. </w:t>
+              <w:t xml:space="preserve">Trees - Structure and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (6), pp.1367-1377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2023.121523⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00468-024-02556-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04841046v1</w:t>
+                <w:t xml:space="preserve">hal-04745820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Geometry Precision and Load Distribution on Branch Mechanical Response</w:t>
               </w:r>
@@ -791,51 +791,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ningre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 79 (1), pp.44. </w:t>
@@ -886,51 +886,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et variabilité des propriétés physiques et structurelles du bois du kevazingo, Guibourtia tessmannii, et de l’okoumé, Aucoumea klaineana, provenant des forêts naturelles du Gabon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Leon Zue Ondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1016,51 +1016,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citra Yanto Ciki Purba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mériem Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1146,51 +1146,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1800,51 +1800,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 74 (2), </w:t>
@@ -2176,51 +2176,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citra Yanto Ciki Purba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Noyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2382,278 +2382,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radial variation of wood properties of Sengon (Paraserianthes falcataria) and Jabon (Anthocephalus cadamba)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrative biomechanics for tree ecology: beyond wood density and strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mériem Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Dlouha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esi Fajriani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Meriem Fournier</w:t>
+                <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yusuf Sudo Hadi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tancrède Almeras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Indian Academy of Wood Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 10 (2), pp.110-117. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 60 (15), pp.4397-4410. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13196-013-0101-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/ert279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01195123v1</w:t>
+                <w:t xml:space="preserve">hal-00909904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative biomechanics for tree ecology: beyond wood density and strength</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mériem Fournier</w:t>
+                <w:t xml:space="preserve">Radial variation of wood properties of Sengon (Paraserianthes falcataria) and Jabon (Anthocephalus cadamba)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esi Fajriani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tancrède Almeras</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yusuf Sudo Hadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 60 (15), pp.4397-4410. </w:t>
+              <w:t xml:space="preserve">Journal of the Indian Academy of Wood Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 10 (2), pp.110-117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/ert279⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13196-013-0101-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00909904v1</w:t>
+                <w:t xml:space="preserve">hal-01195123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of cellulose nanofibres in supercritical foaming of polylactic acid and their effect on the foam morphology</w:t>
               </w:r>
@@ -3675,77 +3675,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiéry Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaillot Anaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ningre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Farre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Défossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUFRO 2020 Wind and Trees Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Rotorua, New Zealand</w:t>
@@ -3787,90 +3787,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does wind matter in the growth response of beech poles to thinning?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiéry Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Hans DONGMO KEUMO JIAZET</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Bonnesoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ningre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Wind and Trees Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUFRO working party 8.03.036; SCION, Feb 2020, Rotorua, France. pp.1-31</w:t>
@@ -3893,152 +3893,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04225918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of flexure wood</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Niez</w:t>
+                <w:t xml:space="preserve">Wind-resistance strategies of trees: effects of size and material properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tancrede Almeras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Journées scientifiques du GDR Sciences du Bois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Sciences du Bois, Nov 2018, Cluny, France</w:t>
+              <w:t xml:space="preserve">9th Plant Biomechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04886505v1</w:t>
+                <w:t xml:space="preserve">hal-01977927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical properties of « Flexure Wood »</w:t>
               </w:r>
@@ -4143,109 +4100,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wind-resistance strategies of trees: effects of size and material properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tancrede Almeras</w:t>
+                <w:t xml:space="preserve">Mechanical properties of flexure wood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Niez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Plant Biomechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">7èmes Journées scientifiques du GDR Sciences du Bois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Sciences du Bois, Nov 2018, Cluny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01977927v1</w:t>
+                <w:t xml:space="preserve">hal-04886505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wind-resistance strategies of trees: effects of size and material properties</w:t>
               </w:r>
@@ -4769,277 +4769,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02793108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compression wood, tension wood with ou without G fibers, eccentric growth … several ways to control the tree posture, more or less efficiently according to other tree and stem features</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Meriem M. Fournier</w:t>
+                <w:t xml:space="preserve">Compression wood, tension wood with ou without G fibers, eccentric growth …: several ways to control the tree posture, more or less efficiently according to other tree and stem features.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mériem Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiéry Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany 2014 : new frontiers in botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Boise, United States</w:t>
+              <w:t xml:space="preserve">Botany 2014, New Frontires in Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Boise, Idaho, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01627031v1</w:t>
+                <w:t xml:space="preserve">hal-02738940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compression wood, tension wood with ou without G fibers, eccentric growth …: several ways to control the tree posture, more or less efficiently according to other tree and stem features.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mériem Fournier</w:t>
+                <w:t xml:space="preserve">Compression wood, tension wood with ou without G fibers, eccentric growth … several ways to control the tree posture, more or less efficiently according to other tree and stem features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem M. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiéry Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany 2014, New Frontires in Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Boise, Idaho, United States</w:t>
+              <w:t xml:space="preserve">Botany 2014 : new frontiers in botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Boise, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02738940v1</w:t>
+                <w:t xml:space="preserve">hal-01627031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between wood functions in the living tree and wood industrial qualities</w:t>
               </w:r>
@@ -5051,51 +5051,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiéry Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5379,51 +5379,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About structural determinants of the diversity of vibration properties of ten tropical hardwoods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tancrède Almeras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5468,549 +5468,549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00546251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contraintes de croissance et flexibilité des tiges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation des contraintes de croissance dans une section de tige : prise en compte de l'hétérogénéité et de la viscoélasticité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tancrède Alméras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tancrède Almeras</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tree acclimation meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, France</w:t>
+              <w:t xml:space="preserve">11èmes réunions Croissance, Amélioration et Qualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00796790v1</w:t>
+                <w:t xml:space="preserve">hal-00797347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du vieillissement physique dans le bois vert</w:t>
+                <w:t xml:space="preserve">Contraintes de croissance et flexibilité des tiges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joseph Gril</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tancrède Almeras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43ème colloque annuel du Groupe Français de Rhéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Palaiseau, France. 4p</w:t>
+              <w:t xml:space="preserve">Tree acclimation meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00546302v1</w:t>
+                <w:t xml:space="preserve">hal-00796790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des contraintes de croissance dans une section de tige : prise en compte de l'hétérogénéité et de la viscoélasticité</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation du vieillissement physique dans le bois vert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes réunions Croissance, Amélioration et Qualité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, France</w:t>
+              <w:t xml:space="preserve">43ème colloque annuel du Groupe Français de Rhéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Palaiseau, France. 4p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00797347v1</w:t>
+                <w:t xml:space="preserve">hal-00546302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tree functional diversity and gravitropism as a key process for tree growth in dense canopies: Some observations in the tropical rainforest</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Wood and biomechanical traits: A study of functional diversity and ecological strategies of tree species in heterogeneous forests and dense canopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mériem Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tancrède Almeras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Fournier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">M. Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Clair</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminar of the Cost Action E50 "Cell-wall macromolecules and reaction wood"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Montpellier, France</w:t>
+              <w:t xml:space="preserve">FobAwi-LERFOB 11th annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Fribourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00546413v1</w:t>
+                <w:t xml:space="preserve">hal-00546310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wood and biomechanical traits: A study of functional diversity and ecological strategies of tree species in heterogeneous forests and dense canopies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Tree functional diversity and gravitropism as a key process for tree growth in dense canopies: Some observations in the tropical rainforest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tancrède Almeras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Clair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FobAwi-LERFOB 11th annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Fribourg, Germany</w:t>
+              <w:t xml:space="preserve">Seminar of the Cost Action E50 "Cell-wall macromolecules and reaction wood"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00546310v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00546413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical aging and its impact on the characterisation of viscoelastic properties of green wood</w:t>
               </w:r>
@@ -6199,51 +6199,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of viscoelasticity and juvenile wood occurence on the tree reorientation process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tancrède Almeras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6680,51 +6680,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiéry Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ningre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Bonnesoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6760,677 +6760,677 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjustments of mechanical and hydraulic properties of wood formed under environnemental stresses</w:t>
+                <w:t xml:space="preserve">Mechanical stress drives wood formation and properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Niez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Dlouha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Mechanobiology and Physics of Life</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Clermont-Fd, France. </w:t>
+              <w:t xml:space="preserve">9th International Plant Biomechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Montreal, Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UCA et CLARA</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 1 p., 2018, Journée Mechanobiology and Physics of Life</w:t>
+                <w:t xml:space="preserve">PBM 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.152, 2018, 9th International Plant Biomechanics Conference</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01731149v1</w:t>
+                <w:t xml:space="preserve">hal-01891745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of « Flexure Wood »</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wind sensing and thigmomorphogenetic enhancement of secondary growth as a major contributor to the trait of biomechanical resistance to wind in a beech forest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joseph Gril</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiéry Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ningre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Bonnesoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Journées du GDR 3544 Sciences du bois</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.320, 2018, 7e Journées du GDR 3544 Sciences du bois</w:t>
+              <w:t xml:space="preserve">Functional Ecology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Nancy &amp; Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939979v1</w:t>
+                <w:t xml:space="preserve">hal-04215008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wind sensing and thigmomorphogenetic enhancement of secondary growth as a major contributor to the trait of biomechanical resistance to wind in a beech forest</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanical properties of « Flexure Wood »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Niez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vivien Bonnesoeur</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Nancy &amp; Metz, France</w:t>
+              <w:t xml:space="preserve">7e Journées du GDR 3544 Sciences du bois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Cluny, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GDR 3544</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.320, 2018, 7e Journées du GDR 3544 Sciences du bois</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04215008v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical stress drives wood formation and properties</w:t>
+                <w:t xml:space="preserve">Adjustments of mechanical and hydraulic properties of wood formed under environnemental stresses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Niez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Dlouha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Plant Biomechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Montreal, Canada. </w:t>
+              <w:t xml:space="preserve">Journée Mechanobiology and Physics of Life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Clermont-Fd, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PBM 2018</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.152, 2018, 9th International Plant Biomechanics Conference</w:t>
+                <w:t xml:space="preserve">UCA et CLARA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1 p., 2018, Journée Mechanobiology and Physics of Life</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01891745v1</w:t>
+                <w:t xml:space="preserve">hal-01731149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle postural et acclimatation du squelette biomécanique de vieilles perches de hêtre après éclaircie</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Catherine Collet</w:t>
+                <w:t xml:space="preserve">Adjustements of mechanical and hydraulic properties of wood formed under environmental stresses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Niez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème journées du GDR 3544 "Sciences du bois"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2017, Nantes, France. , 2017, Actes des 6èmes journées scientifiques du GDR 3544 Sciences du Bois</w:t>
+              <w:t xml:space="preserve">, Nov 2017, Nantes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GDR 3544</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 174 p., 2017, Actes des 6èmes journées scientifiques du GDR 3544 Sciences du Bois</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733615v1</w:t>
+                <w:t xml:space="preserve">hal-01666919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les arbres acclimatent-ils les fonctions vitales de leur bois face aux contraintes environnementales et en quoi cette acclimatation leur est bénéfique ?</w:t>
+                <w:t xml:space="preserve">How do trees acclimatize the vital functions of their wood to environmental stresses and how this acclimation is beneficial?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Niez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
@@ -7454,525 +7454,525 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du GEA "Biomécanique de l'Arbre"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Clermont-Fd, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GEA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 26 p., 2017, Recueil des résumés</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GEA</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01530818v1</w:t>
+                <w:t xml:space="preserve">hal-01530819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do trees acclimatize the vital functions of their wood to environmental stresses and how this acclimation is beneficial?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Badel</w:t>
+                <w:t xml:space="preserve">Contrôle postural et acclimatation du squelette biomécanique de vieilles perches de hêtre après éclaircie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Noyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mériem Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiéry Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du GEA "Biomécanique de l'Arbre"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6ème journées du GDR 3544 "Sciences du bois"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Nantes, France. , 2017, Actes des 6èmes journées scientifiques du GDR 3544 Sciences du Bois</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GEA</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01530819v1</w:t>
+                <w:t xml:space="preserve">hal-02733615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjustements of mechanical and hydraulic properties of wood formed under environmental stresses</w:t>
+                <w:t xml:space="preserve">Comment les arbres acclimatent-ils les fonctions vitales de leur bois face aux contraintes environnementales et en quoi cette acclimatation leur est bénéfique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Niez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème journées du GDR 3544 "Sciences du bois"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Nantes, France. </w:t>
+              <w:t xml:space="preserve">Séminaire du GEA "Biomécanique de l'Arbre"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Clermont-Fd, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GDR 3544</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 174 p., 2017, Actes des 6èmes journées scientifiques du GDR 3544 Sciences du Bois</w:t>
+                <w:t xml:space="preserve">GEA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 26 p., 2017, Recueil des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01666919v1</w:t>
+                <w:t xml:space="preserve">hal-01530818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible juveniles or why trees produce ‘low quality’ wood?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F Roux</w:t>
+                <w:t xml:space="preserve">Vieilles perches de hêtre après éclaircie : évolution des indicateurs biomécaniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Noyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mériem Fournier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tancrede Almeras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Boise, United States</w:t>
+              <w:t xml:space="preserve">3. Journées scientifiques du GDR 3544 Sciences du Bois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Nancy, France. , 2014, Actes des 3èmes journées scientifiques du GDR 3544 Sciences du Bois. Thème : Les disciplines en Sciences du Bois</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01977816v1</w:t>
+                <w:t xml:space="preserve">hal-02739359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieilles perches de hêtre après éclaircie : évolution des indicateurs biomécaniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Estelle Noyer</w:t>
+                <w:t xml:space="preserve">Flexible juveniles or why trees produce ‘low quality’ wood?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mériem Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tancrede Almeras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journées scientifiques du GDR 3544 Sciences du Bois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Nancy, France. , 2014, Actes des 3èmes journées scientifiques du GDR 3544 Sciences du Bois. Thème : Les disciplines en Sciences du Bois</w:t>
+              <w:t xml:space="preserve">Botany 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Boise, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739359v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01977816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible juveniles or why trees produce ‘low quality’ wood?</w:t>
               </w:r>
@@ -8660,77 +8660,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical vulnerability of beech (Fagus sylvatica L.) poles after thinning: securing stem or roots is risk dependent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Défossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Hans DONGMO KEUMO JIAZET</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ningre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9037,51 +9037,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284366v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Hartmann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Dlouha" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Rossi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285028v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Dlouh&#225;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#233;ry Constant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-024-01271-6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745820v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Martinez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tancrede Almeras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruelle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-024-02556-z" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04841046v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline D&#233;fossez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Hans DONGMO KEUMO JIAZET" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ningre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121523" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04211426v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbora Voj&#225;&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Tippner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ma&#345;&#237;k" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Hassan Vand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f14050930" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03888147v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Hans Dongmo Keumo Jiazet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-022-01162-8" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211446v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leon Zue Ondo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/bft2021.347.a31939" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780057v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Citra Yanto Ciki Purba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;riem Fournier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01103-x" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624250v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Niez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Toussaint" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-0926-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154444v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Noyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Collet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.1228" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019962v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-018-1776-y" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184245v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ningre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-018-1779-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897771v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tancr&#232;de Alm&#233;ras" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Beauch&#234;ne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clair" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13209" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602592v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lachenbruch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-017-0634-1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584506v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Longuetaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mothe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Santenoise" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndiaye Diop" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-017-0657-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379663v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-016-0555-4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269222v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Karlinasari" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13196-015-0142-6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195081v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisrnan Suryanegara" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Yano" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2014.07.016" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195123v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esi Fajriani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuf Sudo Hadi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13196-013-0101-z" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909904v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Jaouen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tancr&#232;de Almeras" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert279" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649950v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm25909e" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641281v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-011-0636-9" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437882v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-008-0325-9" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437887v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Horacek" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/HF.2009.059" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797014v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11118/actaun200856050039" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212811v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212821v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963358v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Decourteix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212797v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212788v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaillot Ana&#239;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Farre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225918v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Bonnesoeur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04886505v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939978v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977927v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733694v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530853v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735428v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626874v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem M. Fournier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793108v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627031v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738940v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269258v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rathgeber" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797092v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Jullien" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378312v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546251v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796790v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546302v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797347v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546413v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fournier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Derycke" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546310v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546356v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565639v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Laurent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546563v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hor&#224;vek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546649v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Amusant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bardet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gille Camp" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284971v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284990v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Monod" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Kramer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212803v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731149v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uca.fr/mechanobiology-and-physics-of-life-in-clermont-ferrand-br-jan-30th-2018-27279.kjsp" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939979v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gdrbois-2018.sciencesconf.org/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215008v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891745v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiomech2018.com/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733615v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530818v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389963.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530819v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389964.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666919v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.inra.fr/gdr-sciences-du-bois/Manifestations/Les-manifestations-du-GDR-bois/2017/Journees-scientifiques-GDR2017" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977816v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Roux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739359v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740853v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Roux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627057v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739365v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190310v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856164v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797443v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dellus" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Galet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233557v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00567065v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284366v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Hartmann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Dlouha" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Rossi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285028v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Dlouh&#225;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#233;ry Constant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-024-01271-6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04841046v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline D&#233;fossez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Hans DONGMO KEUMO JIAZET" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ningre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121523" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745820v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Martinez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tancrede Almeras" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-024-02556-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04211426v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbora Voj&#225;&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Tippner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ma&#345;&#237;k" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Hassan Vand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f14050930" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03888147v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Hans Dongmo Keumo Jiazet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-022-01162-8" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211446v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leon Zue Ondo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/bft2021.347.a31939" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780057v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Citra Yanto Ciki Purba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;riem Fournier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01103-x" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624250v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Niez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Toussaint" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-0926-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154444v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Noyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Collet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.1228" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019962v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-018-1776-y" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184245v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ningre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-018-1779-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897771v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tancr&#232;de Alm&#233;ras" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Beauch&#234;ne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clair" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13209" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602592v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lachenbruch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-017-0634-1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584506v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Longuetaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mothe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Santenoise" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndiaye Diop" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-017-0657-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379663v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-016-0555-4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269222v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Karlinasari" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13196-015-0142-6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195081v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisrnan Suryanegara" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Yano" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2014.07.016" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909904v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Jaouen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tancr&#232;de Almeras" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert279" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195123v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esi Fajriani" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuf Sudo Hadi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13196-013-0101-z" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649950v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm25909e" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641281v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-011-0636-9" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437882v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-008-0325-9" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437887v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Horacek" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/HF.2009.059" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797014v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11118/actaun200856050039" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212811v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212821v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963358v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Decourteix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212797v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212788v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaillot Ana&#239;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Farre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225918v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Bonnesoeur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977927v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939978v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04886505v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733694v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530853v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735428v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626874v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem M. Fournier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793108v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738940v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627031v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269258v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rathgeber" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797092v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Jullien" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378312v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546251v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797347v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796790v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546302v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546310v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Derycke" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546413v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fournier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546356v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565639v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Laurent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546563v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hor&#224;vek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546649v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Amusant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bardet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gille Camp" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284971v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284990v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Monod" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Kramer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212803v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891745v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiomech2018.com/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215008v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939979v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gdrbois-2018.sciencesconf.org/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731149v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uca.fr/mechanobiology-and-physics-of-life-in-clermont-ferrand-br-jan-30th-2018-27279.kjsp" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666919v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.inra.fr/gdr-sciences-du-bois/Manifestations/Les-manifestations-du-GDR-bois/2017/Journees-scientifiques-GDR2017" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530819v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389964.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733615v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530818v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389963.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739359v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977816v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Roux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740853v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Roux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627057v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739365v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190310v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856164v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797443v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dellus" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Galet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233557v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00567065v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>