--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,1723 +66,1861 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Outils numériques comme instruments d’intermédiation : des attentes multiples aux réalités contrastées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Aboueldahab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ysé Commandré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Mazawan Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Quae, pp.107-117, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le numérique: une solution pour l'accès à des aliments sains et locaux à l'échelle d'un territoire?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chancé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Smolinski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Numérique, alimentation et proximité Illustrations à l'échelle bas-rhinoise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires Rennes, 2025, Espace et Territoires, 978-2-7535-9849-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From the logs of QR-code readers. A socio-log-y of digital consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Cochoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Smolinski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cochoy, F., Hagberg, H., Petersson McIntyre, M., Sörum, N. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digitalizing consumption, Tracing How Devices Shape Consumer Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.225-245, 2017, 9780367875497</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04174656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From marketing to ‘market-things’ and ‘market-ITing’: Accounting for technicized and digitalized consumption: Accounting for technicized and digitalized consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Cochoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Smolinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Vayre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Czarniawska, B. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Research Agenda for Management and Organization Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edward Elgar, pp.26-37, 2016, ‎ 978-1784717018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04174688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From marketing to ‘market-things’ and ‘market-ITing’: Accounting for technicized and digitalized consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Smolinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Vayre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Research Agenda for Management and Organization Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Edgar Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 978 1 78471 701 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02120208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les compromis sociotechniques d’intégration de la blockchain aux chaines d’approvisionnement agri-alimentaires : une analyse articulant théorie de l’acteur-réseau et objet-frontière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Saucède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatiha Fort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28ème Colloque Etienne Thil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Martigues, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05443288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La technologie blockchain au service de supply chains alimentaires plus durables, une complexe concordance des temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Saucède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatiha Fort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. Colloque Etienne Thil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04746350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en application d'une découverte équipée du monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Calvignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème séminaire Marsouin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Douarnenez, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en application d'une découverte équipée du monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Calvignac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilités et (r)évolutions numériques, 15° colloque du groupe "Mobilités Spatiales, Fluidité sociale"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Champs sur marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857199v1</w:t>
-              </w:r>
-[...409 lines deleted...]
-                <w:t xml:space="preserve">halshs-02120208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Governing Consumer Information in the Digital Age: Lessons from a Controversy Between a Food Rating App and Processed Meat Manufacturers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Digital Law and Governance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/ijdlg-2023-0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04627187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D’une posture de suspicion à celle de confiance dans les applications numériques pour une alimentation saine. Analyse socio-juridique des décisions judiciaires contre Yuca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Amplitude du droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 3, 40 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.56078/amplitude-droit.650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04352486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How can the use of a mobile application change the course of a sightseeing tour? A question of pace, gaze and information processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Calvignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tourist Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 20 (1), pp.49-74. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1468797619885955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de l’usage d’une application mobile sur l’exploration touristique du centre historique d’Albi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Calvignac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 31-3/4, pp.519-548. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/netcom.2805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02096387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explorer le monde avec application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Calvignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 11,4 (4), pp.677. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rac.037.0677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02096363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prescrire un itinéraire touristique par la médiation d’un écrit d’écran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Calvignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, vol. 34/2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/communication.7317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02096384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traces et espaces de consommation : une socio-géographie numérique de l'usage des QR-codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Cochoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/netcom.2320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02090406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traces and consumer spaces: socio-geographical digital technology of QR-code use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Cochoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 30-1/2, pp.61-80. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/netcom.2320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04173787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine interactive labelling: towards self-packaging?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Cochoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Couret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lachèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 80, pp.94-110. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/sds.700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02089519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1792,125 +1930,125 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prescriptions, usages et détournements d'une application mobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Calvignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smolinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fête/Faites la science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId46"/>
+      <w:footerReference w:type="default" r:id="rId53"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2057,51 +2195,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05443288v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Smolinski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sauc&#232;de" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pardo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Fort" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746350v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857201v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Calvignac" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857199v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072249v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lambert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chanc&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174656v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cochoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174688v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Vayre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02120208v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/a-research-agenda-for-management-and-organization-studies-9781784717018.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627187v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Lambert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijdlg-2023-0005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352486v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.650" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904405v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1468797619885955" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096387v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.2805" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096363v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.037.0677" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096384v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.7317" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090406v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.2320" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173787v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089519v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Couret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lach&#232;ze" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.700" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857880v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562761v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Aboueldahab" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Aubert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ys&#233; Commandr&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Mazawan Coulibaly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4255-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072249v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lambert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chanc&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Smolinski" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174656v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cochoy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174688v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Vayre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02120208v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/a-research-agenda-for-management-and-organization-studies-9781784717018.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05443288v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sauc&#232;de" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pardo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Fort" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746350v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857201v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Calvignac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857199v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627187v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Lambert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijdlg-2023-0005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352486v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.650" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904405v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1468797619885955" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096387v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.2805" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096363v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.037.0677" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096384v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.7317" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090406v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.2320" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173787v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089519v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Couret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lach&#232;ze" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.700" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857880v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>