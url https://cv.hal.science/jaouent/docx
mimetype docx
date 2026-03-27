--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -214,325 +214,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pomeranchuk instability from electronic correlations in CsTi3Bi5 kagome metal</w:t>
+                <w:t xml:space="preserve">Two-dimensional to bulk crossover of the WSe2 electronic band structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Bigi</w:t>
+                <w:t xml:space="preserve">Raphaël Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Dürrnagel</w:t>
+                <w:t xml:space="preserve">Matthieu Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lennart Klebl</w:t>
+                <w:t xml:space="preserve">Céline Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armando Consiglio</w:t>
+                <w:t xml:space="preserve">Aki Pulkkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ganesh Pokharel</w:t>
+                <w:t xml:space="preserve">François Bertran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Electronic Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (2), pp.025008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-67037-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2516-1075/addca9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05444788v1</w:t>
+                <w:t xml:space="preserve">hal-05166965v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-dimensional to bulk crossover of the WSe2 electronic band structure</w:t>
+                <w:t xml:space="preserve">Pomeranchuk instability from electronic correlations in CsTi3Bi5 kagome metal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Salazar</w:t>
+                <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Jamet</w:t>
+                <w:t xml:space="preserve">Matteo Dürrnagel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Vergnaud</w:t>
+                <w:t xml:space="preserve">Lennart Klebl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aki Pulkkinen</w:t>
+                <w:t xml:space="preserve">Armando Consiglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Bertran</w:t>
+                <w:t xml:space="preserve">Ganesh Pokharel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7 (2), pp.025008. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2516-1075/addca9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-67037-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05166965v2</w:t>
+                <w:t xml:space="preserve">hal-05444788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilayer orthogonal ferromagnetism in CrTe2-based van der Waals system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriack Jego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -903,51 +903,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carrier-Density Control of the Quantum-Confined 1T-TiSe2 Charge Density Wave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aki Pulkkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rumo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1269,472 +1269,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03616311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast dynamics of the surface photovoltage in potassium-doped black phosphorus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Uniaxial strain-induced phase transition in the 2D topological semimetal IrTe2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher W. Nicholson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rumo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aki Pulkkinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christopher Nicholson</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn Salzmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 104 (3), pp.035125. </w:t>
+              <w:t xml:space="preserve">Communications Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (25), </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.035125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43246-021-00130-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03285155v2</w:t>
+                <w:t xml:space="preserve">hal-03157775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Misfit Layer Compounds: A Platform for Heavily Doped 2D Transition Metal Dichalcogenides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrafast dynamics of the surface photovoltage in potassium-doped black phosphorus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rumo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël T. Leriche</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Shunsuke Sasaki</w:t>
+                <w:t xml:space="preserve">Changming Yue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aki Pulkkinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Nicholson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.202007706⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (3), pp.035125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.035125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02993227v1</w:t>
+                <w:t xml:space="preserve">hal-03285155v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uniaxial strain-induced phase transition in the 2D topological semimetal IrTe2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Misfit Layer Compounds: A Platform for Heavily Doped 2D Transition Metal Dichalcogenides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël T. Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Palacio‐morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Campetella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Tresca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher W. Nicholson</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Björn Salzmann</w:t>
+                <w:t xml:space="preserve">Shunsuke Sasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2 (25), </w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (6), pp.2007706. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43246-021-00130-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202007706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157775v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insensitivity of the striped charge orders in IrTe 2 to alkali surface doping implies their structural origin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rumo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aki Pulkkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bjoern Salzmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1805,485 +1805,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03277839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature of native atomic defects in ZrTe 5 and their impact on the low-energy electronic structure</w:t>
+                <w:t xml:space="preserve">Carbon‐Assisted Stable Silver Nanostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Salzmann</w:t>
+                <w:t xml:space="preserve">S. Narjes Abdollahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pulkkinen</w:t>
+                <w:t xml:space="preserve">Efraín Ochoa Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Hildebrand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Zhang</w:t>
+                <w:t xml:space="preserve">Cédric Kilchoer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.4.114201⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (23), pp.2001227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/admi.202001227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03001155v1</w:t>
+                <w:t xml:space="preserve">hal-02974866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the complete dispersion of the giant Rashba split surface states of ferroelectric α − GeTe ( 111 ) by alkali doping</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bjoern Salzmann</w:t>
+                <w:t xml:space="preserve">Nature of native atomic defects in ZrTe 5 and their impact on the low-energy electronic structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Salzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pulkkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Nicolaï</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maxime Rumo</w:t>
+                <w:t xml:space="preserve">B. Hildebrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.033115⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (11), pp.114201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.4.114201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961511v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03001155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon‐Assisted Stable Silver Nanostructures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Efraín Ochoa Martínez</w:t>
+                <w:t xml:space="preserve">Unveiling the complete dispersion of the giant Rashba split surface states of ferroelectric α − GeTe ( 111 ) by alkali doping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bjoern Salzmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Kilchoer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Jaouen</w:t>
+                <w:t xml:space="preserve">Laurent Nicolaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rumo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 7 (23), pp.2001227. </w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/admi.202001227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.033115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02974866v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examining the surface phase diagram of IrTe 2 with photoemission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rumo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher W. Nicholson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aki Pulkkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2360,64 +2360,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semimetal-to-semiconductor transition and charge-density-wave suppression in 1 T − TiSe 2 − x S x single crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Mottas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rumo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2481,64 +2481,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase separation in the vicinity of Fermi surface hot spots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Mottas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2609,295 +2609,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness of the charge-ordered phases in IrTe 2 against photoexcitation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Local Real-Space View of the Achiral 1 T − TiSe2 2 × 2 × 2 Charge Density Wave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hildebrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-L. Mottas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Monney</w:t>
+                <w:t xml:space="preserve">G. Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Schuler</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Th. Wolf</w:t>
+                <w:t xml:space="preserve">Céline Barreteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter (1978-1997)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.075110⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120 (13), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.136404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02901158v1</w:t>
+                <w:t xml:space="preserve">hal-02104569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Real-Space View of the Achiral 1 T − TiSe2 2 × 2 × 2 Charge Density Wave</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Jaouen</w:t>
+                <w:t xml:space="preserve">Robustness of the charge-ordered phases in IrTe 2 against photoexcitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Monney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Schuler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Mottas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Barreteau</w:t>
+                <w:t xml:space="preserve">Th. Wolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 120 (13), </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter (1978-1997)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (7), pp.075110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.136404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.075110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02104569v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02901158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Ga-doped SnO 2 mesoporous contact for UV stable highly efficient perovskite solar cells</w:t>
               </w:r>
@@ -3190,64 +3190,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Mottas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 118 (8), pp.086402. </w:t>
@@ -3285,103 +3285,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local resilience of the 1 T − TiSe 2 charge density wave to Ti self-doping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Didiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Razzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 95 (8), </w:t>
@@ -3419,103 +3419,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-range phase coherence and origin of the 1 T − TiSe 2 charge density wave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Didiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Razzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 93 (12), </w:t>
@@ -3579,51 +3579,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Vydrova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Schwier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3726,64 +3726,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Razzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Didiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 91 (16), pp.161410(R). </w:t>
@@ -4236,51 +4236,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental evidences and driving mechanisms for anisotropic misalignments in exchange coupled systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dekadjevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Spenato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5135,51 +5135,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary study of the growth of MgO on Si(001) by x-ray photoelectron spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5677,103 +5677,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pomeranchuk instability from electronic correlations in CsTi$_3$Bi$_5$ kagome metal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Dürrnagel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lennart Klebl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armando Consiglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ganesh Pokharel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -5795,103 +5795,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-dimensional to bulk crossover of the WSe2 electronic band structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aki Pulkkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bertran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6110,51 +6110,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D1EFB6DC"/>
+    <w:nsid w:val="C267CEF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6341,51 +6341,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jaouent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5844-5385" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/164488499" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444788v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bigi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo D&#252;rrnagel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Klebl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Consiglio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganesh Pokharel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67037-4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166965v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Salazar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jamet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aki Pulkkinen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2516-1075/addca9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097960v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriack Jego" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Vita" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaouen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-59266-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993476v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Tricot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ikeda" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulerich Camel Tchouekem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Breton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yasuda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2025.147524" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325007v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Samuely" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darshana Wickramaratne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gmitra" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej &#352;ofranko" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.108.l220501" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113005v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rumo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Kremer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Salzmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.130.226401" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521119v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Kurzhals" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Nicholson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Heid" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27843-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616311v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S&#233;billeau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schieffer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2022.147176" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285155v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changming Yue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.035125" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993227v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l T. Leriche" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Palacio&#8208;morales" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Campetella" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Tresca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunsuke Sasaki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202007706" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157775v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher W. Nicholson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-021-00130-5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277839v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjoern Salzmann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Hildebrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.074002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001155v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Salzmann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pulkkinen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hildebrand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jaouen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.114201" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961511v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nicola&#239;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033115" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974866v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Narjes Abdollahi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efra&#237;n Ochoa Mart&#237;nez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Kilchoer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202001227" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961505v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.235120" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142313v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Mottas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rumo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vanini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.155103" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344411v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di Giovannantonio" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruffieux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.075152" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901158v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monney" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schuler" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Wolf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.075110" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monney" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barreteau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.136404" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901165v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Roose" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Johansen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Dupraz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Aebi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA07663K" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01502359v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Delhaye" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12541" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901164v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Razzoli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.086402" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104639v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Didiot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.081104" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104682v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.125140" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901161v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Vydrova" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schwier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.235129" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901160v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.161410" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101454v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;pine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.125433" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844344v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier S&#233;billeau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.027601" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910875v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Turban" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3675859" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946188v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dekadjevi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Spenato" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pogossian" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Youssef" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732776v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3525159" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289218v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mor&#233;ac" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881506v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881497v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703843v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703825v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919190v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Gall" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066819v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berset" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961518v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73811-6_10" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777108v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Le Breton" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772753v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632357v3" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00772602v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jaouent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5844-5385" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/164488499" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166965v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Salazar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jamet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aki Pulkkinen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertran" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2516-1075/addca9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444788v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bigi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo D&#252;rrnagel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Klebl" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Consiglio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganesh Pokharel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67037-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097960v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriack Jego" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Vita" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaouen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-59266-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993476v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Tricot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ikeda" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulerich Camel Tchouekem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Breton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yasuda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2025.147524" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325007v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Samuely" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darshana Wickramaratne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gmitra" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej &#352;ofranko" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.108.l220501" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113005v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rumo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Kremer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Salzmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.130.226401" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521119v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Kurzhals" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Nicholson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Heid" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27843-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616311v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S&#233;billeau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schieffer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2022.147176" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157775v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher W. Nicholson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-021-00130-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285155v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changming Yue" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.035125" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993227v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l T. Leriche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Palacio&#8208;morales" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Campetella" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Tresca" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunsuke Sasaki" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202007706" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277839v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjoern Salzmann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Hildebrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.074002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974866v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Narjes Abdollahi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efra&#237;n Ochoa Mart&#237;nez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Kilchoer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202001227" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001155v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Salzmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pulkkinen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hildebrand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jaouen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.114201" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961511v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nicola&#239;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033115" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961505v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.235120" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142313v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Mottas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rumo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vanini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.155103" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344411v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di Giovannantonio" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruffieux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.075152" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104569v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monney" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barreteau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.136404" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901158v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monney" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schuler" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Wolf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.075110" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901165v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Roose" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Johansen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Dupraz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Aebi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA07663K" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01502359v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Delhaye" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12541" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901164v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Razzoli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.086402" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104639v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Didiot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.081104" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104682v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.125140" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901161v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Vydrova" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schwier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.235129" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901160v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.161410" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101454v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;pine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.125433" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844344v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier S&#233;billeau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.027601" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910875v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Turban" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3675859" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946188v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dekadjevi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Spenato" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pogossian" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Youssef" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732776v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3525159" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289218v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mor&#233;ac" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881506v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881497v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703843v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703825v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919190v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Gall" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066819v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berset" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961518v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73811-6_10" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777108v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Le Breton" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772753v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632357v3" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00772602v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>