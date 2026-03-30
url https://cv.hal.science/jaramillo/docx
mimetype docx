--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -555,261 +555,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04841318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universality in binary black hole dynamics: An integrability conjecture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pseudospectrum of horizonless compact objects: A bootstrap instability mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Boyanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyriakos Destounis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Panosso Macedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitor Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Luis Jaramillo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carlos Sopuerta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Modern Physics D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S0218271823420051⟩</w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (6), pp.064012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.107.064012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04362239v1</w:t>
+                <w:t xml:space="preserve">hal-04309017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudospectrum of horizonless compact objects: A bootstrap instability mechanism</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Universality in binary black hole dynamics: An integrability conjecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Luis Jaramillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badri Krishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Sopuerta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 107 (6), pp.064012. </w:t>
+              <w:t xml:space="preserve">International Journal of Modern Physics D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (14), </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.107.064012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S0218271823420051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04309017v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04362239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy scales and black hole pseudospectra: the structural role of the scalar product</w:t>
               </w:r>
@@ -1873,51 +1873,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Airy-function approach to binary black hole merger waveforms: The fold-caustic diffraction model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Luis Jaramillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badri Krishnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1948,51 +1948,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Painlevé-II approach to binary black hole merger dynamics: universality from integrability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Luis Jaramillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badri Krishnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2049,51 +2049,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofek Birnholtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Luis Jaramillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badri Krishnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Schnetter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2163,51 +2163,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofek Birnholtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Luis Jaramillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badri Krishnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Schnetter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2540,51 +2540,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408552v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Besson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Jaramillo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10714-025-03438-6" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921051v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo P. Macedo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Meneses-Rojas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raffaelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamis Al Sheikh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.104008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836507v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lenzi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sopuerta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.104049" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841318v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Boyanov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Cardoso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriakos Destounis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Panosso Macedo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.064068" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362239v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badri Krishnan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271823420051" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309017v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.107.064012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318846v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Gasperin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ac5054" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707042v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ac8ddc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235644v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.211102" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657629v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lam" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjps/axy066" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557745v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.11.031003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314815v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Berti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.084091" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880822v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Ansorg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.124005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01414555v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/49/19/194005" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557294v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Cordero-Carri&#243;n" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vasset" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Novak" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.044062" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841303v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-61860-4_8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-61860-4_8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699865v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864054v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886930v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pook-Kolb" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofek Birnholtz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Schnetter" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886929v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234881v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Ferrand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venceslas Tronchet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Perrin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408552v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Besson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Jaramillo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10714-025-03438-6" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921051v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo P. Macedo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Meneses-Rojas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raffaelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamis Al Sheikh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.104008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836507v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lenzi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sopuerta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.104049" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841318v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Boyanov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Cardoso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriakos Destounis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Panosso Macedo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.064068" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309017v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.107.064012" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362239v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badri Krishnan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271823420051" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318846v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Gasperin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ac5054" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707042v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ac8ddc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235644v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.211102" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657629v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lam" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjps/axy066" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557745v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.11.031003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314815v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Berti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.084091" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880822v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Ansorg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.124005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01414555v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/49/19/194005" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557294v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Cordero-Carri&#243;n" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vasset" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Novak" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.044062" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841303v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-61860-4_8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-61860-4_8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699865v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864054v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886930v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pook-Kolb" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofek Birnholtz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Schnetter" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886929v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234881v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Ferrand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venceslas Tronchet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Perrin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>