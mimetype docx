--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -75,718 +75,735 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (50)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microfluidic Padlock Probe-based Rolling Circle Amplification for sensitive detection of mecA resistance gene in Staphylococcus aureus</w:t>
+                <w:t xml:space="preserve">Detection of antibiotic resistance gene mecA in foodborne Staphylococcus aureus with electrochemical biosensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Baldenweck</w:t>
+                <w:t xml:space="preserve">Debora Pinamonti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catarina Caneira</w:t>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jasmina Vidic</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matteo Menozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Zanocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Andreatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensing and Bio-Sensing Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sbsr.2025.100941⟩</w:t>
+              <w:t xml:space="preserve">Microchemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 220, pp.116370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microc.2025.116370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05454100v1</w:t>
+                <w:t xml:space="preserve">hal-05543561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving electrochemical aptasensor sensitivity for Bacillus cereus spore detection in food safety applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milica Sentic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Rizzotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zorica Novakovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandar Karajic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Heddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, 299, pp.129147. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.talanta.2025.129147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cobalamin-mediated protection of Faecalibacterium duncaniae against oxidative stress: Insights from proteomic and membrane fatty acid profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Alejandra de Angel Fontalvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rime Chebbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Amoros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiological Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 306, pp.128455. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.micres.2026.128455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence and Characterization of Staphylococcus aureus Isolated from Meat and Milk in Northeastern Italy</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In Situ Electrochemical Monitoring of &amp;lt;i&amp;gt;Bacillus cereus&amp;lt;/i&amp;gt; Biofilm Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michela Maifreni</w:t>
+                <w:t xml:space="preserve">Aleksandar Mijajlovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Bianco</w:t>
+                <w:t xml:space="preserve">Dalibor Stankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milica Sentic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beki Domi</w:t>
+                <w:t xml:space="preserve">Vlad Costache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shanshan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Protection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfp.2024.100442⟩</w:t>
+              <w:t xml:space="preserve">Chemical &amp; Biomedical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cbmi.5c00271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05191232v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualization of the Biogenesis, Dynamics, and Host Interactions of Bacterial Extracellular Vesicles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microfluidic Padlock Probe-based Rolling Circle Amplification for sensitive detection of mecA resistance gene in Staphylococcus aureus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Malet-Villemagne</w:t>
+                <w:t xml:space="preserve">Léo Baldenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Tessier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Catarina Caneira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical &amp; Biomedical Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 3 (3), pp.132-136. </w:t>
+              <w:t xml:space="preserve">Sensing and Bio-Sensing Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 51, pp.100941. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/cbmi.5c00002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sbsr.2025.100941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05144464v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05454100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ZnO-nanostructured electrochemical sensor for efficient detection of glyphosate in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zorica Novakovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zorka Z Vasiljevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -870,6138 +887,6523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05193373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane-based microfluidic systems for medical and biological applications</w:t>
+                <w:t xml:space="preserve">Visualization of the Biogenesis, Dynamics, and Host Interactions of Bacterial Extracellular Vesicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Tea Calzuola</w:t>
+                <w:t xml:space="preserve">Sandrine Truchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenyth Newman</w:t>
+                <w:t xml:space="preserve">Jeanne Malet-Villemagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Feaugas</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gilles Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lab on a Chip</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d4lc00251b⟩</w:t>
+              <w:t xml:space="preserve">Chemical &amp; Biomedical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 3 (3), pp.132-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cbmi.5c00002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04732214v1</w:t>
+                <w:t xml:space="preserve">hal-05144464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review and meta-analysis of Staphylococcus aureus prevalence in foods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prevalence and Characterization of Staphylococcus aureus Isolated from Meat and Milk in Northeastern Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pinamonti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Manzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michela Maifreni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Léguillier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Debora Pinamonti</w:t>
+                <w:t xml:space="preserve">Silvia Bianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chung-Ming Chang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alessia Cossetini</w:t>
+                <w:t xml:space="preserve">Beki Domi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Microbe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microb.2024.100131⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 88 (2), pp.100442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfp.2024.100442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04718613v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05191232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular vesicles in the pathogenesis of Campylobacter jejuni</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Assessing Campylobacter jejuni Extracellular Vesicle-Host Interaction Using a Microfluidic Platform with Caco-2 Spheroides-on-Chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tea Calzuola Silvia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Malet-Villemagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pinamonti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbes and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.micinf.2024.105377⟩</w:t>
+              <w:t xml:space="preserve">ACS Biomaterials Science &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsbiomaterials.5c00750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04718649v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the Affinity of Aptamers for Bacteria by Surface Plasmon Resonance Imaging Using Nanosomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recent advances on electrochemiluminescence immunosensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalibor Stankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Manceau</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neso Sojic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.4c02355⟩</w:t>
+              <w:t xml:space="preserve">Sensors &amp; Diagnostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/x0xx00000x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609750v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04851075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances on electrochemiluminescence immunosensing</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Advancing influenza prevention through a one health approach: A comprehensive analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riya Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gunjan K</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Himanshu K</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramendra Pati Pandey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors &amp; Diagnostics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/x0xx00000x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, pp.100419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.hazadv.2024.100419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851075v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04942197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Advances in Aptamer-Based Biosensors for Bacterial Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Léguillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Heddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/bios14050210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04732331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loop-mediated isothermal amplification (LAMP) assay coupled with gold nanoparticles for colorimetric detection of Trichoderma spp. in Agaricus bisporus cultivation substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mila Djisalov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ljiljana Janjušević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Léguillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mila Djisalov</w:t>
+                <w:t xml:space="preserve">Ljiljana Šašić Zorić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Farre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-024-65971-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing influenza prevention through a one health approach: A comprehensive analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riya Mukherjee</w:t>
+                <w:t xml:space="preserve">Photoinduced Electrochemiluminescence Immunoassays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dongni Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gunjan K</w:t>
+                <w:t xml:space="preserve">Dechen Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Himanshu K</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gabriel Loget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neso Sojic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.hazadv.2024.100419⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 96, pp.18262 - 18268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c04662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04942197v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04851042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoinduced Electrochemiluminescence Immunoassays</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrochemical biosensor based on NAD(P)H-dependent quinone reductase for rapid and efficient detection of vitamin K3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majd Khalife</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalibor Stankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dongni Han</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+                <w:t xml:space="preserve">Vesna Stankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dechen Jiang</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julia Danicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c04662⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 433, pp.137316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.137316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851042v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04284646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical biosensor based on NAD(P)H-dependent quinone reductase for rapid and efficient detection of vitamin K3</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antibacterial Activities of Agaricus bisporus Extracts and Their Synergistic Effects with the Antistaphylococcal Drug AFN-1252</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milica Jankov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Léguillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Majd Khalife</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dalibor Stankovic</w:t>
+                <w:t xml:space="preserve">Uroš Gašić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vesna Stankovic</w:t>
+                <w:t xml:space="preserve">Jamila Anba-Mondoloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Danicka</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+                <w:t xml:space="preserve">Maja Krstić Ristivojević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 433, pp.137316. </w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (11), pp.1715. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.137316⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/foods13111715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04284646v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibacterial Activities of Agaricus bisporus Extracts and Their Synergistic Effects with the Antistaphylococcal Drug AFN-1252</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapid Detection and Identification of Vancomycin-Sensitive Bacteria Using an Electrochemical Apta-Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zorica Novakovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majd Khalife</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vlad Costache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milica Jankov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Léguillier</w:t>
+                <w:t xml:space="preserve">Maria Joao Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uroš Gašić</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maja Krstić Ristivojević</w:t>
+                <w:t xml:space="preserve">Susana Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods13111715⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (2), pp.2841-2849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.3c08219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04639564v1</w:t>
+                <w:t xml:space="preserve">hal-04521922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid Detection and Identification of Vancomycin-Sensitive Bacteria Using an Electrochemical Apta-Sensor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Majd Khalife</w:t>
+                <w:t xml:space="preserve">Investigation of the Affinity of Aptamers for Bacteria by Surface Plasmon Resonance Imaging Using Nanosomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Manceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Farre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vlad Costache</w:t>
+                <w:t xml:space="preserve">Raphaël Mathey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Joao Camacho</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Susana Cardoso</w:t>
+                <w:t xml:space="preserve">Arnaud Buhot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.3c08219⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (23), pp.29645-29656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.4c02355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04521922v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Therapeutic applications of nanobiotechnology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A review and meta-analysis of Staphylococcus aureus prevalence in foods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Léguillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pinamonti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chung-Ming Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riya Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yogesh Dutt</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Arpana Vibhuti</w:t>
+                <w:t xml:space="preserve">Alessia Cossetini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nanobiotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12951-023-01909-z⟩</w:t>
+              <w:t xml:space="preserve">The Microbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.5880-5900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microb.2024.100131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297350v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04718613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative meta-analysis of antimicrobial resistance from different food sources along with one health approach in the Egypt and UK</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Extracellular vesicles in the pathogenesis of Campylobacter jejuni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Malet-Villemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12866-023-03030-5⟩</w:t>
+              <w:t xml:space="preserve">Microbes and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.micinf.2024.105377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04565264v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04718649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Disease Management and Control through Pathogen Diagnostics and One Health Initiative : A Concise Review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ramendra Pati Pandey</w:t>
+                <w:t xml:space="preserve">Membrane-based microfluidic systems for medical and biological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Tea Calzuola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenyth Newman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Feaugas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile M Perrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Blondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antibiotics13010017⟩</w:t>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (15), pp.3579-3603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d4lc00251b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04664074v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Methods for the Biological Evaluation of Nanoparticle-Based Drug Delivery Risks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Exploring Disease Management and Control through Pathogen Diagnostics and One Health Initiative : A Concise Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riya Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsiao-Chuan Wen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramendra Pati Pandey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (2), pp.612. </w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics15020612⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics13010017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297508v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04664074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Advances in Electrochemical Biosensors for Food Control</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental Methods for the Biological Evaluation of Nanoparticle-Based Drug Delivery Risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramendra Pati Pandey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riya Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chung-Ming Chang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micromachines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/mi14071412⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (2), pp.612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics15020612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04172926v1</w:t>
+                <w:t xml:space="preserve">hal-04297508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-cost goldleaf electrode as a platform for Escherichia coli immunodetection</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Colorimetric aptasensor for detection of Bacillus cytotoxicus spores in milk and ready-to-use food</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Rizzotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Péchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2023.124557⟩</w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (7), pp.e17562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e17562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297200v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04189190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colorimetric aptasensor for detection of Bacillus cytotoxicus spores in milk and ready-to-use food</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luminescent Metal–Organic Frameworks for Electrochemiluminescent Detection of Water Pollutants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milica Sentic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivana Trajkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Manojlovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalibor Stankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Vesna Nikolic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e17562⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (23), pp. 7502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma16237502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04189190v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04565281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luminescent Metal–Organic Frameworks for Electrochemiluminescent Detection of Water Pollutants</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria Vesna Nikolic</w:t>
+                <w:t xml:space="preserve">Low-cost goldleaf electrode as a platform for Escherichia coli immunodetection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivana Podunavac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manil Kukkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Léguillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoran Pavlovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma16237502⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 259, pp.124557. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2023.124557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04565281v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanobiotics and the One Health Approach: Boosting the Fight against Antimicrobial Resistance at the Nanoscale</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carlos Roberto Prudencio</w:t>
+                <w:t xml:space="preserve">Recent Advances in Electrochemical Biosensors for Food Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majd Khalife</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanxia Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom13081182⟩</w:t>
+              <w:t xml:space="preserve">Micromachines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (7), pp. 1412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/mi14071412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04565286v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04172926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Advances on Peptide-Based Biosensors and Electronic Noses for Foodborne Pathogen Detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanobiotics and the One Health Approach: Boosting the Fight against Antimicrobial Resistance at the Nanoscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riya Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elcio Leal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Charlys da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Escobar</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Mathey</w:t>
+                <w:t xml:space="preserve">Carlos Roberto Prudencio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/bios13020258⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (8), pp. 1182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom13081182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04307631v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04565286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid detection of Listeria monocytogenes, Salmonella, Campylobacter spp., and Escherichia coli in food using biosensors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recent Advances on Peptide-Based Biosensors and Electronic Noses for Foodborne Pathogen Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Escobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessia Cossettini</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Natale Scaramozzino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Debora Pinamonti</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Buhot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Mathey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2022.108962⟩</w:t>
+              <w:t xml:space="preserve">Biosensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/bios13020258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04106611v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04307631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naked-eye detection of Staphylococcus aureus in powdered milk and infant formula using gold nanoparticles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christine Péchoux</w:t>
+                <w:t xml:space="preserve">Therapeutic applications of nanobiotechnology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yogesh Dutt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramendra Pati Pandey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Borezee-Durant</w:t>
+                <w:t xml:space="preserve">Mamta Dutt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archana Gupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arpana Vibhuti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mimet.2022.106578⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nanobiotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (1), pp. 148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12951-023-01909-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03788559v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applications of biosensors for bacteria and virus detection in food and water–A systematic review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Comparative meta-analysis of antimicrobial resistance from different food sources along with one health approach in the Egypt and UK</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riya Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Manzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elcio Leal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Samuel Raj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jes.2021.04.009⟩</w:t>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp. 291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12866-023-03030-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04106563v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04565264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antioxidant and cell-friendly Fe2TiO5 nanoparticles for food packaging application</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Naked-eye detection of Staphylococcus aureus in powdered milk and infant formula using gold nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Rizzotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zorka Vasiljevic</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Léguillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Péchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gordana Stanojevic</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ivona Jankovic-Castvan</w:t>
+                <w:t xml:space="preserve">Elise Borezee-Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.133198⟩</w:t>
+              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 201, pp.106578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mimet.2022.106578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297183v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical biosensors for rapid pathogen detection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Applications of biosensors for bacteria and virus detection in food and water–A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoi Kotsiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marisa Manzano</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apostolos Vantarakis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 29, pp.1-6. </w:t>
+              <w:t xml:space="preserve">Journal of Environmental Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 111, pp.367-379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.coelec.2021.100750⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jes.2021.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03805844v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04106563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacillus cereus Induces Severe Infections in Preterm Neonates: Implication at the Hospital and Human Milk Bank Level</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antioxidant and cell-friendly Fe2TiO5 nanoparticles for food packaging application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Cormontagne</w:t>
+                <w:t xml:space="preserve">Zorka Vasiljevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Rigourd</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+                <w:t xml:space="preserve">Gordana Stanojevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Bille</w:t>
+                <w:t xml:space="preserve">Milena Dojcinovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivona Jankovic-Castvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins13020123⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 390, pp.133198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.133198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03824312v1</w:t>
+                <w:t xml:space="preserve">hal-04297183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly sensitive detection of Campylobacter spp. In chicken meat using a silica nanoparticle enhanced dot blot DNA biosensor</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapid detection of Listeria monocytogenes, Salmonella, Campylobacter spp., and Escherichia coli in food using biosensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Meylheuc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole Chaix</w:t>
+                <w:t xml:space="preserve">Alessia Cossettini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michela Maifreni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilena Marino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pinamonti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bios.2020.112689⟩</w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 137, pp.108962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2022.108962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02972078v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04106611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrichment Free qPCR for Rapid Identification and Quantification of Campylobacter jejuni, C. coli, C. lari, and C. upsaliensis in Chicken Meat Samples by a New Couple of Primers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Bacillus cereus Induces Severe Infections in Preterm Neonates: Implication at the Hospital and Human Milk Bank Level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Cormontagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rigourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (2), pp. 1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins13020123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods10102341⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03805341v1</w:t>
+                <w:t xml:space="preserve">hal-03824312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in Nanomaterials-Based Electrochemical Biosensors for Foodborne Pathogen Detection</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrochemical biosensors for rapid pathogen detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Manzano</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Opinion in Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29, pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.coelec.2021.100750⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano11102700⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03813832v1</w:t>
+                <w:t xml:space="preserve">hal-03805844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic biosensors for food control</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advances in Nanomaterials-Based Electrochemical Biosensors for Foodborne Pathogen Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anand Mohan Srivastav</w:t>
+                <w:t xml:space="preserve">Ivan Bobrinetskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibrahim Abdulhalim</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marko Radovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priya Vizzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Jaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tifs.2021.02.057⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (10), pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano11102700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04307609v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal oxide nanoparticles for safe active and intelligent food packaging</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Plasmonic biosensors for food control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Balbinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Manzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anand Mohan Srivastav</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Abdulhalim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 116, pp.655-668. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tifs.2021.08.019⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 111, pp.128 - 140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tifs.2021.02.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03798880v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04307609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antimicrobial nanoparticles and biodegradable polymer composites for active food packaging applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enrichment Free qPCR for Rapid Identification and Quantification of Campylobacter jejuni, C. coli, C. lari, and C. upsaliensis in Chicken Meat Samples by a New Couple of Primers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priya Vizzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Manzano</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehensive Reviews in Food Science and Food Safety</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods10102341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1541-4337.12727⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04307603v1</w:t>
+                <w:t xml:space="preserve">hal-03805341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid point‐of‐need detection of bacteria and their toxins in food using gold nanoparticles</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Highly sensitive detection of Campylobacter spp. In chicken meat using a silica nanoparticle enhanced dot blot DNA biosensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priya Vizzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Manzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Farre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Meylheuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehensive Reviews in Food Science and Food Safety</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 171, pp.112689. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bios.2020.112689⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1541-4337.12839⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03799244v1</w:t>
+                <w:t xml:space="preserve">hal-02972078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural modeling of cell wall peptidase CwpFM (EntFM) Reveals distinct intrinsically disordered extensions specific to pathogenic Bacillus cereus strains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Seav-Ly Tran</w:t>
+                <w:t xml:space="preserve">Metal oxide nanoparticles for safe active and intelligent food packaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Vesna Nikolic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Cormontagne</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Zorka Vasiljevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nalini Ramarao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins12090593⟩</w:t>
+              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 116, pp.655-668. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tifs.2021.08.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02939236v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03798880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Evaluation of qPCR Detection Method and Zn-MgO/Alginate Active Packaging for Controlling Listeria monocytogenes Contamination in Cold-Smoked Salmon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Priya Vizzini</w:t>
+                <w:t xml:space="preserve">Antimicrobial nanoparticles and biodegradable polymer composites for active food packaging applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nejra Omerović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mila Djisalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Beltrame</w:t>
+                <w:t xml:space="preserve">Kristina Živojević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Zanet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Minja Mladenović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovana Vunduk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods9101353⟩</w:t>
+              <w:t xml:space="preserve">Comprehensive Reviews in Food Science and Food Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20, pp.2428 - 2454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1541-4337.12727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345434v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04307603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food Sensing: Detection of Bacillus cereus Spores in Dairy Products</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Rapid point‐of‐need detection of bacteria and their toxins in food using gold nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Vesna Nikolic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Heyndrickx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (3), pp.15. </w:t>
+              <w:t xml:space="preserve">Comprehensive Reviews in Food Science and Food Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (6), pp.5880-5900. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/bios10030015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1541-4337.12839⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02550769v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03799244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and antibacterial activity of iron manganite (FeMnO 3 ) particles against the environmental bacterium Bacillus subtilis †</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zorka Z Vasiljevic</w:t>
+                <w:t xml:space="preserve">Food Sensing: Detection of Bacillus cereus Spores in Dairy Products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milena P Dojcinovic</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc Heyndrickx</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0ra01809k⟩</w:t>
+              <w:t xml:space="preserve">Biosensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (3), pp.15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/bios10030015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02889105v1</w:t>
+                <w:t xml:space="preserve">hal-02550769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced Methods for Detection of Bacillus cereus and Its Pathogenic Factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nalini Ramarao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seav-Ly Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 20 (9), pp 2667. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s20092667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04324665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Synthesis and antibacterial activity of iron manganite (FeMnO 3 ) particles against the environmental bacterium Bacillus subtilis †</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zorka Z Vasiljevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena P Dojcinovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jugoslav B Krstic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vesna Ribic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nenad B Tadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0ra01809k⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development and Evaluation of qPCR Detection Method and Zn-MgO/Alginate Active Packaging for Controlling Listeria monocytogenes Contamination in Cold-Smoked Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priya Vizzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Beltrame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Zanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Manzano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (10), pp.1353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods9101353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03345434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural modeling of cell wall peptidase CwpFM (EntFM) Reveals distinct intrinsically disordered extensions specific to pathogenic Bacillus cereus strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seav-Ly Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Cormontagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle André-Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nalini Ramarao</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (9), pp.593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins12090593⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02939236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Exploring the impact of Mg-doped ZnO nanoparticles on a model soil microorganism Bacillus subtilis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Péchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lejal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Zanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 182, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2019.109421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02889082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advances in rapid detection of zoonotic pathogens in poultry production and processing environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Malet-Villemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rizzotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Léguillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Escobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Steven C. Ricke. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Improving poultry meat safety and sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burleigh Dodds Science Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 978-1-80146-789-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05036721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immobilization of Olfactory Receptors Carried by Nanosomes onto a Gold Sensor Surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanxia Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sofia Aires M. Martins; Duarte Miguel F. Prazeres. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">G Protein-Coupled Receptor Screening Assays: Methods and protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2268, Springer; Humana, pp.85-95, 2021, Methods in Molecular Biology, 978-1-0716-1220-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-0716-1221-7_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03340365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotope-dependent High Level Resistance to Reactive Oxygen Species, Antibiotic Tolerance, and Virulence of Staphylococcus aureus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Léguillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majd Khalife</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle D’mello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoran Minic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-cost gold-leaf electrode as a platform for Escherichia coli immuno-detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivana Podunavac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manil Kukkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Léguillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Rizzotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoran Pavlović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039742v1</w:t>
-              </w:r>
-[...267 lines deleted...]
-                <w:t xml:space="preserve">hal-03340365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colorimetric aptasensor for the detection of Bacillus cytotoxicus spores in milk and ready-to-use food</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Rizzotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International ISEKI-food conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04329160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening of specific aptamers for Bacillus cereus by Surface Plasmon Resonance imaging (SPRi)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Manceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Farre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Mathey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Buhot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SNOSCELLS Ecole Thématique CNRS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Les Houches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03977223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude d’aptamères spécifiques à Bacillus cereus par résonance plasmonique de surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Manceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Virginia Golobciuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Farre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanxia Hou-Broutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la Société Chimique de France SCF Rhône-Alpes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Le Bourget du Lac, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03978346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7011,161 +7413,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé et système pour la détermination de la présence et/ou de la quantité d'au moins un analyte susceptible d'être contenu dans un échantillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmina Vidic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nalini Ramarao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Farre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marisa Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : PCT/EP2021/063546. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId235"/>
+      <w:footerReference w:type="default" r:id="rId247"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7312,51 +7714,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454100v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Baldenweck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Caneira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmina Vidic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbsr.2025.100941" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411391v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica Sentic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Rizzotto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorica Novakovic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Karajic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Heddi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2025.129147" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05478791v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alejandra de Angel Fontalvo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M&#233;nard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rime Chebbo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Amoros" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micres.2026.128455" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191232v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Pinamonti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Manzano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Maifreni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bianco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beki Domi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfp.2024.100442" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144464v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Truchet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Malet-Villemagne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tessier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cbmi.5c00002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193373v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorka Z Vasiljevic" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vesna Nikolic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nenad B Tadic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijana Djordjevic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talo.2025.100481" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732214v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Tea Calzuola" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenyth Newman" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Feaugas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M Perrault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Blond&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4lc00251b" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718613v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L&#233;guillier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Ming Chang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riya Mukherjee" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Cossetini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microb.2024.100131" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718649v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2024.105377" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609750v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Manceau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Farre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lagarde" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mathey" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buhot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c02355" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851075v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalibor Stankovic" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neso Sojic" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732331v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios14050210" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718645v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Djisalov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljiljana Janju&#353;evi&#263;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljiljana &#352;a&#353;i&#263; Zori&#263;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-65971-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04942197v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunjan K" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu K" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramendra Pati Pandey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2024.100419" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851042v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongni Han" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dechen Jiang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Loget" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c04662" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04284646v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majd Khalife" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Stankovic" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Danicka" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.137316" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639564v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica Jankov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uro&#353; Ga&#353;i&#263;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Anba-Mondoloni" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Krsti&#263; Ristivojevi&#263;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13111715" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521922v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad Costache" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Joao Camacho" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Cardoso" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.3c08219" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297350v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yogesh Dutt" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamta Dutt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archana Gupta" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpana Vibhuti" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-023-01909-z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565264v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elcio Leal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Samuel Raj" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-023-03030-5" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664074v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsiao-Chuan Wen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13010017" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297508v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15020612" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172926v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxia Hou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chaix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi14071412" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297200v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Podunavac" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manil Kukkar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Pavlovic" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.124557" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189190v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Marin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e17562" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565281v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Trajkovic" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Manojlovic" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16237502" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565286v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Charlys da Costa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Roberto Prudencio" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13081182" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04307631v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Escobar" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natale Scaramozzino" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios13020258" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106611v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Cossettini" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Marino" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2022.108962" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788559v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Borezee-Durant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2022.106578" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106563v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoi Kotsiri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Vantarakis" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2021.04.009" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297183v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorka Vasiljevic" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordana Stanojevic" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Dojcinovic" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivona Jankovic-Castvan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.133198" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03805844v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2021.100750" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03824312v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cormontagne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rigourd" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bille" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins13020123" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972078v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priya Vizzini" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2020.112689" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03805341v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10102341" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03813832v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bobrinetskiy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Radovic" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Jaric" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11102700" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04307609v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Balbinot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Mohan Srivastav" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Abdulhalim" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2021.02.057" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03798880v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2021.08.019" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04307603v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejra Omerovi&#263;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina &#381;ivojevi&#263;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minja Mladenovi&#263;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovana Vunduk" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12727" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799244v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12839" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02939236v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seav-Ly Tran" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Ramarao" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins12090593" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03345434v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Beltrame" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Zanet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9101353" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550769v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Heyndrickx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios10030015" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889105v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena P Dojcinovic" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugoslav B Krstic" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Ribic" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra01809k" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04324665v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20092667" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889082v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;chaux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lejal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2019.109421" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411634v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gloux" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochelle D&#8217;mello" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Minic" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04039742v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Pavlovi&#263;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036721v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.bdspublishing.com/store/bds/detail/workgroup/3-190-137525" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340365v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1221-7_6" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329160v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977223v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978346v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Virginia Golobciuc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxia Hou-Broutin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809613v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05543561v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Pinamonti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmina Vidic" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Menozzi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Zanocco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Andreatta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2025.116370" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411391v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica Sentic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Rizzotto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorica Novakovic" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Karajic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Heddi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2025.129147" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05478791v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alejandra de Angel Fontalvo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M&#233;nard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rime Chebbo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Amoros" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micres.2026.128455" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554367v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Mijajlovic" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalibor Stankovic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad Costache" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanshan Wang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cbmi.5c00271" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454100v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Baldenweck" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Caneira" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbsr.2025.100941" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193373v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorka Z Vasiljevic" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vesna Nikolic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nenad B Tadic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijana Djordjevic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talo.2025.100481" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144464v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Truchet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Malet-Villemagne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tessier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cbmi.5c00002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191232v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Manzano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Maifreni" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bianco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beki Domi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfp.2024.100442" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554873v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Calzuola Silvia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsbiomaterials.5c00750" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851075v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neso Sojic" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04942197v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riya Mukherjee" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunjan K" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu K" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramendra Pati Pandey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2024.100419" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732331v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L&#233;guillier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios14050210" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718645v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Djisalov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljiljana Janju&#353;evi&#263;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljiljana &#352;a&#353;i&#263; Zori&#263;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Farre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-65971-9" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851042v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongni Han" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dechen Jiang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Loget" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c04662" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04284646v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majd Khalife" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Stankovic" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Danicka" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.137316" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639564v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica Jankov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uro&#353; Ga&#353;i&#263;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Anba-Mondoloni" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Krsti&#263; Ristivojevi&#263;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13111715" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521922v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Joao Camacho" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Cardoso" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.3c08219" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609750v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Manceau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lagarde" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mathey" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buhot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c02355" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718613v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Ming Chang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Cossetini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microb.2024.100131" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718649v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2024.105377" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732214v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Tea Calzuola" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenyth Newman" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Feaugas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M Perrault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Blond&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4lc00251b" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664074v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsiao-Chuan Wen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13010017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297508v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15020612" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189190v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Marin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e17562" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565281v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Trajkovic" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Manojlovic" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16237502" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297200v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Podunavac" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manil Kukkar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Pavlovic" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.124557" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172926v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxia Hou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chaix" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi14071412" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565286v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elcio Leal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Charlys da Costa" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Roberto Prudencio" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13081182" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04307631v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Escobar" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natale Scaramozzino" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios13020258" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297350v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yogesh Dutt" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamta Dutt" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archana Gupta" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpana Vibhuti" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-023-01909-z" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565264v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Samuel Raj" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-023-03030-5" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788559v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Borezee-Durant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2022.106578" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106563v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoi Kotsiri" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Vantarakis" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2021.04.009" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297183v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorka Vasiljevic" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordana Stanojevic" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Dojcinovic" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivona Jankovic-Castvan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.133198" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106611v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Cossettini" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Marino" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2022.108962" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03824312v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cormontagne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rigourd" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bille" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins13020123" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03805844v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2021.100750" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03813832v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bobrinetskiy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Radovic" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priya Vizzini" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Jaric" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11102700" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04307609v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Balbinot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Mohan Srivastav" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Abdulhalim" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2021.02.057" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03805341v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10102341" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972078v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2020.112689" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03798880v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2021.08.019" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04307603v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejra Omerovi&#263;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina &#381;ivojevi&#263;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minja Mladenovi&#263;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovana Vunduk" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12727" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799244v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12839" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550769v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Heyndrickx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios10030015" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04324665v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Ramarao" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seav-Ly Tran" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20092667" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889105v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena P Dojcinovic" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugoslav B Krstic" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Ribic" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra01809k" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03345434v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Beltrame" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Zanet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9101353" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02939236v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins12090593" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889082v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;chaux" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lejal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2019.109421" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036721v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.bdspublishing.com/store/bds/detail/workgroup/3-190-137525" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340365v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1221-7_6" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411634v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gloux" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochelle D&#8217;mello" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Minic" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04039742v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Pavlovi&#263;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329160v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977223v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978346v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Virginia Golobciuc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxia Hou-Broutin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809613v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>