--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -192,54 +192,50 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Données de recherche : comment les plateformes définissent ensemble des solutions pour leurs usagers ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, Dec 2025, Gif sur Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -320,54 +316,50 @@
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de restitution des AAP 2024 de l'OI Metabiodivex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OI Metabiodivex, Nov 2025, Gif sur Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
-            </w:r>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (typdoc.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05387635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -491,54 +483,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 373, pp.124630. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carbpol.2025.124630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05372234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -629,54 +617,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glycobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 32 (4), pp.276-288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/glycob/cwab125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03540768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -767,54 +751,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 201, pp.143-157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2021.12.122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03536647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -904,54 +884,50 @@
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 124, pp.57-65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.01.074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
-            </w:r>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (typdoc.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02640946v1</w:t>
               </w:r>
             </w:hyperlink>