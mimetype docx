--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1846,538 +1846,538 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal-Electromagnetic Analysis for Driving Cycles of Embedded Flux-Switching Permanent Magnet Motors</w:t>
+                <w:t xml:space="preserve">Modification in Rotor Pole Geometry of Mutually Coupled Switched Reluctance Machine for Torque Ripple Mitigating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guangjin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Gabsi</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Lécrivain</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hoang Emmanuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lecrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 61 (1), pp.140-151. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 48 (6), pp.2025-2034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVT.2011.2177283⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2011.2179307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00663157v1</w:t>
+                <w:t xml:space="preserve">hal-03840682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification in Rotor Pole Geometry of Mutually Coupled Switched Reluctance Machine for Torque Ripple Mitigating</w:t>
+                <w:t xml:space="preserve">Thermal-Electromagnetic Analysis for Driving Cycles of Embedded Flux-Switching Permanent Magnet Motors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guangjin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sami Hlioui</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hoang Emmanuel</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Lécrivain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 48 (6), pp.2025-2034. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 61 (1), pp.140-151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2011.2179307⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2011.2177283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03840682v1</w:t>
+                <w:t xml:space="preserve">hal-00663157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal-Electromagnetic Analysis of a Fault-Tolerant Dual Star Flux-Switching Permanent Magnet Motor for Critical Applications</w:t>
+                <w:t xml:space="preserve">Comparative Studies Between Classical and Mutually Coupled Switched Reluctance Motors Using Thermal-Electromagnetic Analysis for Driving Cycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guangjin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hoang Emmanuel</w:t>
+                <w:t xml:space="preserve">Michel Lécrivain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Electric Power Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 5 (6), pp.503-513. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 47 (4), pp.839-847. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/iet-epa.2010.0250⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2011.2104968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00628764v1</w:t>
+                <w:t xml:space="preserve">hal-00626706v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Studies Between Classical and Mutually Coupled Switched Reluctance Motors Using Thermal-Electromagnetic Analysis for Driving Cycles</w:t>
+                <w:t xml:space="preserve">Thermal-Electromagnetic Analysis of a Fault-Tolerant Dual Star Flux-Switching Permanent Magnet Motor for Critical Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guangjin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Lécrivain</w:t>
+                <w:t xml:space="preserve">Hoang Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 47 (4), pp.839-847. </w:t>
+              <w:t xml:space="preserve">IET Electric Power Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (6), pp.503-513. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2011.2104968⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1049/iet-epa.2010.0250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00626706v2</w:t>
+                <w:t xml:space="preserve">hal-00628764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Switched reluctance machine vibration reduction using a vectorial piezoelectric actuator control</w:t>
               </w:r>
@@ -2523,412 +2523,412 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of Multiport Energy Router Structures in the Specific Context of Wind Power Generation Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yiyu Lai</w:t>
+                <w:t xml:space="preserve">Current reference computation for Bearingless Multi-Sector Permanent Magnet Machine: methods and issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meiqi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">19th International Symposium on Magnetic Bearings (ISMB19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Otsu, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05095759v1</w:t>
+                <w:t xml:space="preserve">hal-05322245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Online Analytical Solution for Multi-Sector Bearingless Machine Current Reference Calculation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meiqi Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Degano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Conversion Congress &amp; Expo Europe 2025 (ECCE-Europe 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Birmingham, United Kingdom. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ECCE-Europe62795.2025.11238404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current reference computation for Bearingless Multi-Sector Permanent Magnet Machine: methods and issues</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lorenzo Carbone</w:t>
+                <w:t xml:space="preserve">Review of Multiport Energy Router Structures in the Specific Context of Wind Power Generation Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiyu Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Voldoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Symposium on Magnetic Bearings (ISMB19)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR SEEDS France &amp; EPE Association, Mar 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34746/epe2025-0229⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05322245v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05095759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la sensibilité de la commande des machines électriques fractionnées vis à vis de la dispersion des paramètres</w:t>
               </w:r>
@@ -3150,325 +3150,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03694907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation couplée magnétique-vibratoire en vue de l'améliorationde la détection des défauts</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Electric Traction Chain with Segmented Power Supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Ben Hamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cizeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoang Emmanuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Juton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Symposium de Génie Électrique (SGE 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd European Conference on Power Electronics and Applications (EPE’21 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Ghent ( Online ), Belgium. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/epe21ecceeurope50061.2021.9570594⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04152392v1</w:t>
+                <w:t xml:space="preserve">hal-03354594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electric Traction Chain with Segmented Power Supply</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimisation couplée magnétique-vibratoire en vue de l'améliorationde la détection des défauts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Ojeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Lanciotti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd European Conference on Power Electronics and Applications (EPE’21 ECCE Europe)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4ème Symposium de Génie Électrique (SGE 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/epe21ecceeurope50061.2021.9570594⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03354594v1</w:t>
+                <w:t xml:space="preserve">hal-04152392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux du concept CTAF : Chaîne de Traction à Alimentation Fractionnée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cizeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoang Emmanuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Juton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Symposium de Génie Électrique (SGE 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
@@ -3586,274 +3586,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03341937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection and localization of interturn short-circuit fault by analysis of stator accelerations spectrum in five-phase flux switching machine for HEV application</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noemi Lanciotti</w:t>
+                <w:t xml:space="preserve">Vibrations and Acoustic Noise Analyses of Modular SPM Machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guang-Jin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao-Bin Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zi-Qiang Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Taha Boukhobza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Ecological Vehicles and Renewable Energies, EVER 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EVER48776.2020.9243062⟩</w:t>
+              <w:t xml:space="preserve">2020 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Detroit, United States. pp.5567-5573, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECCE44975.2020.9236173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04152406v1</w:t>
+                <w:t xml:space="preserve">hal-04152397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrations and Acoustic Noise Analyses of Modular SPM Machines</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zi-Qiang Zhu</w:t>
+                <w:t xml:space="preserve">Detection and localization of interturn short-circuit fault by analysis of stator accelerations spectrum in five-phase flux switching machine for HEV application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Lanciotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Boukhobza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Detroit, United States. pp.5567-5573, </w:t>
+              <w:t xml:space="preserve">15th International Conference on Ecological Vehicles and Renewable Energies, EVER 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Monte-Carlo, Monaco. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ECCE44975.2020.9236173⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/EVER48776.2020.9243062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04152397v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04152406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of Inter-Turn and Inter-Phase Short-Circuit of Flux-Switching Permanent Magnet Motors</w:t>
               </w:r>
@@ -4188,268 +4188,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01678560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aeroacoustic noise prediction for SRM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of 3-phase and 5-phase flux switching machine using a stochastic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Ojeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Parrang</w:t>
+                <w:t xml:space="preserve">Mingyong Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Matias Ojeda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sofiane Khelladi</w:t>
+                <w:t xml:space="preserve">Emna Ben Sedrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th IET International Conference on Power Electronics, Machines and Drives (PEMD 2014)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Power Electronics, Machines and Drives (PEMD 2014), 7th IET International Conference on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Manchester, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01057750v1</w:t>
+                <w:t xml:space="preserve">hal-01678587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference currents reconfiguration of a five-phase flux switching machine to improve the operation under short-circuit phase faults</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Optimization for a fault-tolerant and minimum loss control strategy of a five-phase flux switching machine under open-circuit faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Ben Sedrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">I. Slama-Belkhodja</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkhodja Ilhem Slama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Power Electronics, Machines and Drives (PEMD 2014), 7th IET International Conference on</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">Electrical Sciences and Technologies in Maghreb (CISTEM), 2014 International Conference on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Tunis, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01678583v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01678571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">5-phase flux switching machine insulation failure detection using vibration monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4478,73 +4469,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrical Machines and Systems (ICEMS), 2014 17th International Conference on</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Hangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01678576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation Géométrique d'une Machine à Commutation de Flux à Aimants Permanents en utilisant un Modèle Analytique Magnéto-Acoustique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4553,319 +4544,328 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ojeda Javier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mininger Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01065346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of 3-phase and 5-phase flux switching machine using a stochastic approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reference currents reconfiguration of a five-phase flux switching machine to improve the operation under short-circuit phase faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Ben Sedrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Slama-Belkhodja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Power Electronics, Machines and Drives (PEMD 2014), 7th IET International Conference on</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01678587v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01678583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization for a fault-tolerant and minimum loss control strategy of a five-phase flux switching machine under open-circuit faults</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Javier Ojeda</w:t>
+                <w:t xml:space="preserve">Aeroacoustic noise prediction for SRM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Parrang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Matias Ojeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Khelladi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Belkhodja Ilhem Slama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrical Sciences and Technologies in Maghreb (CISTEM), 2014 International Conference on</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7th IET International Conference on Power Electronics, Machines and Drives (PEMD 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Manchester, United Kingdom. pp.0293, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/cp.2014.0389⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01678571v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01057750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An active piezoelectric absorber for vibration control of electrical machine</w:t>
               </w:r>
@@ -5299,407 +5299,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00628831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Controllers: Vibration Damping of Switched Reluctance Machine by Piezoelectric Actuators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative Study of Switched Reluctance Motors Performances for Two Current Distributions and Excitation Modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guangjin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xavier Mininger</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Hlioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELECTROMOTION 2009</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IECON 2009 - 35th Annual Conference on IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Porto, Portugal. pp.4047 - 4052, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2009.5415318⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00447332v1</w:t>
+                <w:t xml:space="preserve">hal-00628819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Method of Current Density Distribution for Switched Reluctance Machine to Increase Average output Torque</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of Controllers: Vibration Damping of Switched Reluctance Machine by Piezoelectric Actuators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Lécrivain</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kulcsár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-François Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Shanghai, China. pp.1-6</w:t>
+              <w:t xml:space="preserve">ELECTROMOTION 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00628807v1</w:t>
+                <w:t xml:space="preserve">hal-00447332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of Switched Reluctance Motors Performances for Two Current Distributions and Excitation Modes</w:t>
+                <w:t xml:space="preserve">A New Method of Current Density Distribution for Switched Reluctance Machine to Increase Average output Torque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guangjin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lécrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2009 - 35th Annual Conference on IEEE Industrial Electronics Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PCIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Shanghai, China. pp.1-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON.2009.5415318⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00628819v1</w:t>
+                <w:t xml:space="preserve">hal-00628807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5824,51 +5824,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensionnement et commande d'actionneurs piézoélectriques en vue du contrôle des vibrations des machines à réluctance variable rapides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Matias Ojeda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. École normale supérieure de Cachan - ENS Cachan, 2009. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6158,51 +6158,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375557v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Milan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cizeron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier B&#233;thoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ojeda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Labour&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2025.3637366" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514197v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyun Wu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Sehab" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Akrad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Morel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2025.3644145" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205500v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyu Lai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Voldoire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2025.3595658" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622461v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13122236" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701367v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monmasson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2022.3183342" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189957v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374297v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12234418" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152417v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Lanciotti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boukhobza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-182310" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657713v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang-Jin Li" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petrica Taras" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi-Qiang Zhu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-epa.2016.0189" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678566v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ben Sedrine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gabsi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Slama-Belkhodja" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2015.2402234" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656805v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Duchaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hlioui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Louf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2014.2372817" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099218v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Louf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2013.2272282" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099332v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2359952" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656808v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangjin Li" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ojeda Javier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hoang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lecrivain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2014.2322194" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663157v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel L&#233;crivain" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2011.2177283" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840682v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Emmanuel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2179307" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628764v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-epa.2010.0250" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626706v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2104968" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491504v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ojeda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hannoun" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mininger" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hilairet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2009106" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05095759v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0229" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322252v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiqi Wang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Carbone" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE-Europe62795.2025.11238404" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322245v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195943v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694907v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24837-5_17" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152392v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354594v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Hamed" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethoux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Juton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/epe21ecceeurope50061.2021.9570594" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307587v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341937v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152406v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER48776.2020.9243062" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152397v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Bin Liang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE44975.2020.9236173" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152427v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Griffo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2018.8557351" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678551v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF.2017.8090682" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678560v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Bouker" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vido Lionel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057750v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Parrang" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Matias Ojeda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Khelladi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2014.0389" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678583v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ben Sedrine" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678576v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065346v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mininger Xavier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678587v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyong Liu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678571v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkhodja Ilhem Slama" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244975v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00754933v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobin Liang" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoxiang Ren" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628851v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628831v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cederic Balpe" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2010.5637001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447332v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kulcs&#225;r" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Fran&#231;ois Raynaud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628807v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628819v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hlioui" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2009.5415318" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678982v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00402784v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04152382v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375557v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Milan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cizeron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier B&#233;thoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ojeda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Labour&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2025.3637366" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514197v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyun Wu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Sehab" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Akrad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Morel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2025.3644145" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205500v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyu Lai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Voldoire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2025.3595658" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622461v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13122236" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701367v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monmasson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2022.3183342" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189957v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374297v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12234418" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152417v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Lanciotti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boukhobza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-182310" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657713v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang-Jin Li" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petrica Taras" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi-Qiang Zhu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-epa.2016.0189" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678566v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ben Sedrine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gabsi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Slama-Belkhodja" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2015.2402234" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656805v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Duchaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hlioui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Louf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2014.2372817" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099218v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Louf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2013.2272282" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099332v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2359952" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656808v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangjin Li" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ojeda Javier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hoang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lecrivain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2014.2322194" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840682v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Emmanuel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2179307" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663157v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel L&#233;crivain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2011.2177283" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626706v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2104968" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628764v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-epa.2010.0250" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491504v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ojeda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hannoun" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mininger" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hilairet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2009106" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322245v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiqi Wang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Carbone" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322252v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degano" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE-Europe62795.2025.11238404" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05095759v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0229" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195943v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694907v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24837-5_17" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354594v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Hamed" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethoux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Juton" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/epe21ecceeurope50061.2021.9570594" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152392v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307587v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341937v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152397v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Bin Liang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE44975.2020.9236173" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152406v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER48776.2020.9243062" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152427v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Griffo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2018.8557351" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678551v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF.2017.8090682" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678560v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Bouker" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vido Lionel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678587v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyong Liu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ben Sedrine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678571v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkhodja Ilhem Slama" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678576v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065346v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mininger Xavier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678583v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057750v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Parrang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Matias Ojeda" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Khelladi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2014.0389" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244975v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00754933v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobin Liang" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoxiang Ren" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628851v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628831v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cederic Balpe" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2010.5637001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628819v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hlioui" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2009.5415318" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447332v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kulcs&#225;r" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Fran&#231;ois Raynaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628807v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678982v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00402784v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04152382v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>