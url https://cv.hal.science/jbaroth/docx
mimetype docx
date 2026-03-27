--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1100,51 +1100,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04496087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian updating for nuclear containment buildings using both mechanical and hydraulic monitoring data</w:t>
+                <w:t xml:space="preserve">Bayesian updating for predictions of delayed strains of large concrete structures: influence of prior distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rossat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
@@ -1158,371 +1158,371 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Briffaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B. Masson</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2022.114294⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (4), pp.1763-1795. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2022.2095441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04496102v1</w:t>
+                <w:t xml:space="preserve">hal-04495971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian updating for predictions of delayed strains of large concrete structures: influence of prior distribution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Monteil</w:t>
+                <w:t xml:space="preserve">Reliability-based settlement analysis of embankments over soft soils reinforced with T-shaped deep cement mixing piles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chana Phutthananon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pornkasem Jongpradist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangfeng Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pitthaya Jamsawang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2022.2095441⟩</w:t>
+              <w:t xml:space="preserve">Frontiers of Structural and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (5), pp.638-656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11709-022-0825-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04495971v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability-based settlement analysis of embankments over soft soils reinforced with T-shaped deep cement mixing piles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Xiangfeng Guo</w:t>
+                <w:t xml:space="preserve">Bayesian updating for nuclear containment buildings using both mechanical and hydraulic monitoring data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Baroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Briffaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pitthaya Jamsawang</w:t>
+                <w:t xml:space="preserve">B. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers of Structural and Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 16 (5), pp.638-656. </w:t>
+              <w:t xml:space="preserve">Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 262, pp.114294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11709-022-0825-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2022.114294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791977v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blind comparison of saturation ratio profiles on large RC structures by means of NDT and SFE—Application to the VeRCoRs mock-up</w:t>
               </w:r>
@@ -2008,261 +2008,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04496121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigations on complex block propagation for the assessment of propagation models quality</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruna Garcia</w:t>
+                <w:t xml:space="preserve">Probabilistic basal heave stability analyses of supported circular shafts in non-homogeneous clayey soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tingting Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lambert</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landslides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10346-020-01469-5⟩</w:t>
+              <w:t xml:space="preserve">Computers and Geotechnics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 140, pp.104457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compgeo.2021.104457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03129220v1</w:t>
+                <w:t xml:space="preserve">hal-04791972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probabilistic basal heave stability analyses of supported circular shafts in non-homogeneous clayey soils</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tingting Zhang</w:t>
+                <w:t xml:space="preserve">Experimental investigations on complex block propagation for the assessment of propagation models quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Toe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Dias</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Geotechnics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 140, pp.104457. </w:t>
+              <w:t xml:space="preserve">Landslides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (2), pp.639-654. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compgeo.2021.104457⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10346-020-01469-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791972v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03129220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical‐probabilistic formulation of the soil–structure interaction, accounting for the average shear wave velocity</w:t>
               </w:r>
@@ -2629,324 +2629,324 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of perforation into concrete accounting for saturation ratio influence at high confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Baroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Briffaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Baroth</w:t>
+                <w:t xml:space="preserve">D. Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Briffaut</w:t>
+                <w:t xml:space="preserve">Y. Malecot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Impact Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 156, pp.Article 103923. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+              <w:t xml:space="preserve">, 2021, 156, pp.103923. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2021.103923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03272104v1</w:t>
+                <w:t xml:space="preserve">hal-04496063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of perforation into concrete accounting for saturation ratio influence at high confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Briffaut</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Baroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Briffaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Vu</w:t>
+                <w:t xml:space="preserve">D Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Malecot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Y Malecot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Impact Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 156, pp.103923. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+              <w:t xml:space="preserve">, 2021, 156, pp.Article 103923. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2021.103923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04496063v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metamodel-Based Slope Reliability Analysis—Case of Spatially Variable Soils Considering a Rotated Anisotropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tingting Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiangfeng Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3188,51 +3188,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Michel-Ponnelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 370, pp.110800 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4218,51 +4218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Briffaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 333, pp.196-223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4820,51 +4820,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Briffaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Malecot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 80, pp.52-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4936,51 +4936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boudaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian journal of civil engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 43, pp.609-618. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5027,51 +5027,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Radial Strain Sensor for the Characterization of Concrete Under Triaxial Loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Zingg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Malecot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Briffaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5144,77 +5144,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accounting for the variability of rock detachment conditions in designing rockfall protection structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 81 (1), pp.365-385. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5365,64 +5365,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Reliability-Based Approach for the Design of Rockfall Protection Fences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5521,51 +5521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hameury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 101, pp.743-749. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5605,286 +5605,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01954514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive zooming method for the analysis of large structures with localized nonlinearities</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien Baroth</w:t>
+                <w:t xml:space="preserve">Prediction of the perforation of targets impacted by deformable projectiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Baroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Malecot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Boukria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Briffaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.finel.2015.07.011⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Impact Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 80, pp.36-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2015.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01221709v1</w:t>
+                <w:t xml:space="preserve">hal-01876937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of the perforation of targets impacted by deformable projectiles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Daudeville</w:t>
+                <w:t xml:space="preserve">Adaptive zooming method for the analysis of large structures with localized nonlinearities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Llau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Jason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Impact Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 106, pp.73-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2015.07.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2015.01.002⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01876937v1</w:t>
+                <w:t xml:space="preserve">hal-01221709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joints and wood shear walls modelling I: Constitutive law, experimental tests and FE model under quasi-static loading</w:t>
               </w:r>
@@ -5922,51 +5922,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hameury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 65, pp.52-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6206,51 +6206,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Prod'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Hanus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Préventique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 128 (128), pp.9-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6409,64 +6409,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About empirical models predicting the missile perforation of concrete barriers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Malecot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 16 (9), pp.1074-1089. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6494,247 +6494,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01998298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foreword</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Daudeville</w:t>
+                <w:t xml:space="preserve">Soft projectile impacts analysis on thin reinforced concrete slabs: Tests, modelling and simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pontiroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rouquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Daudeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 16 (9), pp.995-997. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp981269w⟩</w:t>
+              <w:t xml:space="preserve">, 2012, Vulnerability of constructions under impacts and explosions, 16 (9), pp.1058-1073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2012.699745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02004486v1</w:t>
+                <w:t xml:space="preserve">hal-02002420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft projectile impacts analysis on thin reinforced concrete slabs: Tests, modelling and simulations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Daudeville</w:t>
+                <w:t xml:space="preserve">Foreword</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Vulnerability of constructions under impacts and explosions, 16 (9), pp.1058-1073. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 16 (9), pp.995-997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp981269w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19648189.2012.699745⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02002420v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02004486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliability analyses of slope stability</w:t>
               </w:r>
@@ -6863,51 +6863,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic analysis of the inverse analysis of an excavation problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Malecot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Geotechnics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 37 (3), pp.391-398. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8366,51 +8366,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of block shapes and sizes on the variability of DEM trajectories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Daudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8487,51 +8487,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the rebound between a rock mass and a natural slope (I) : experimental and numerical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Asadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8943,260 +8943,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02086343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the rebound between a rock mass and a natural slope (II) : uncertainty analysis study and mechanical-probabilistic coupling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zeinab Ftouni</w:t>
+                <w:t xml:space="preserve">Towards the reliability analysis of large reinforced concrete structures behavior using finite elements models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David, El Mahdi Bouhjiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Masson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Journées Aléa Gravitaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Besançon, France</w:t>
+              <w:t xml:space="preserve">10th Int. Conf. on Mathematical Methods in Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007641v1</w:t>
+                <w:t xml:space="preserve">hal-02086329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the reliability analysis of large reinforced concrete structures behavior using finite elements models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David, El Mahdi Bouhjiti</w:t>
+                <w:t xml:space="preserve">Analysis of the rebound between a rock mass and a natural slope (II) : uncertainty analysis study and mechanical-probabilistic coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeinab Ftouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Villard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Richefeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Int. Conf. on Mathematical Methods in Reliability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Grenoble, France</w:t>
+              <w:t xml:space="preserve">5ème Journées Aléa Gravitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02086329v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une stratégie de modélisation simplifiée de l’ISS en formalisme mécano-probabiliste</w:t>
               </w:r>
@@ -9271,243 +9271,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01841061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage analysis and prediction of air leakage rate in nuclear reactor containment structures : Numerical model validation based on the VERCORS mock-up</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David, El Mahdi Bouhjiti</w:t>
+                <w:t xml:space="preserve">Méthode EFS condensée pour l’analyse des structures sous incertitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Llau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoit Masson</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Jason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TINCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">9èmes Journées Fiabilité des Matériaux et des Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02086369v1</w:t>
+                <w:t xml:space="preserve">hal-01333566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode EFS condensée pour l’analyse des structures sous incertitudes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Llau</w:t>
+                <w:t xml:space="preserve">Damage analysis and prediction of air leakage rate in nuclear reactor containment structures : Numerical model validation based on the VERCORS mock-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David, El Mahdi Bouhjiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frederic Dufour</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées Fiabilité des Matériaux et des Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Nancy, France</w:t>
+              <w:t xml:space="preserve">TINCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01333566v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling strategies of prestressing tendons and reinforcement bars in concrete structures</w:t>
               </w:r>
@@ -9519,51 +9519,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Llau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Jason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9757,51 +9757,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Jason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMiRT 23: Structural Mechanics in Reactor Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9820,286 +9820,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01333552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale modelling of timber-frame structures under seismic loading</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Daudeville</w:t>
+                <w:t xml:space="preserve">Multi-Scale Modeling of Timber-Frame Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Boudaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Baroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Conference on Timber Engineering (WCTE 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Québec, Canada. pp.1905-1911</w:t>
+              <w:t xml:space="preserve">APCOM &amp; ISCM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Singapore, Singapore. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02004479v1</w:t>
+                <w:t xml:space="preserve">hal-01965852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Scale Modeling of Timber-Frame Structures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">L. Daudeville</w:t>
+                <w:t xml:space="preserve">Multi-scale modelling of timber-frame structures under seismic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Boudaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Davenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Baroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APCOM &amp; ISCM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Singapore, Singapore. pp.1</w:t>
+              <w:t xml:space="preserve">World Conference on Timber Engineering (WCTE 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Québec, Canada. pp.1905-1911</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01965852v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02004479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensionnement des filets pare-blocs, une approche fiabiliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Fiabilité des Matériaux et des Structures (JFMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10124,77 +10124,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How can reliability-based approaches improve the design of rockfall protection fences?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAEG XII CONGRESS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Turin, Italy. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10219,64 +10219,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale modelling of timber-frame structures under seismic loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Boudaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Davenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Daudeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10340,64 +10340,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the design of rockfall protection fences using a reliability-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Aléas Gravitaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Grenoble, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10474,51 +10474,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Hanus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Mebarki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference Lambda Mu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Rouen, France. pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11126,51 +11126,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Daudeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Yasumura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11484,270 +11484,270 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02601161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prise en compte de l’aléa hydrologique dans le dimensionnement et la gestion des ouvrages hydrauliques. Application à un barrage écrêteur de crues.</w:t>
+                <w:t xml:space="preserve">Analyse du fonctionnement et des dysfonctionnements des dispositifs de protection contre les crues torrentielles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Arnaud</w:t>
+                <w:t xml:space="preserve">N. Ghariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Y. Aubert</w:t>
+                <w:t xml:space="preserve">C. Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">J.M. Tacnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">C. Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Peyras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">ISTE Editions, pp.171-183, 2014</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fiabilité des matériaux et des structures - Analyse de risques et fiabilité des systèmes dans leur environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE Editions, pp.47-59, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02606439v1</w:t>
+                <w:t xml:space="preserve">hal-02601162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du fonctionnement et des dysfonctionnements des dispositifs de protection contre les crues torrentielles</w:t>
+                <w:t xml:space="preserve">Prise en compte de l’aléa hydrologique dans le dimensionnement et la gestion des ouvrages hydrauliques. Application à un barrage écrêteur de crues.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Ghariani</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId316" w:history="1">
+                <w:t xml:space="preserve">P. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Y. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Peyras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Baroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, ISTE Editions, pp.47-59, 2014</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">ISTE Editions, pp.171-183, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02601162v1</w:t>
+                <w:t xml:space="preserve">hal-02606439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes qualitatives d'évaluation de la sûreté des ouvrages de génie civil</w:t>
               </w:r>
@@ -11985,203 +11985,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02601160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction Reliability</w:t>
+                <w:t xml:space="preserve">Fiabilité des ouvrages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Breysse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wiley, pp.368, 2012, 9781848212305</w:t>
+              <w:t xml:space="preserve">Hermès-Lavoisier, pp.378, 2012, 9782746231443</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01002843v1</w:t>
+                <w:t xml:space="preserve">hal-01002847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiabilité des ouvrages</w:t>
+                <w:t xml:space="preserve">Construction Reliability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Breysse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hermès-Lavoisier, pp.378, 2012, 9782746231443</w:t>
+              <w:t xml:space="preserve">Wiley, pp.368, 2012, 9781848212305</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01002847v1</w:t>
+                <w:t xml:space="preserve">hal-01002843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -12439,51 +12439,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05489374v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Capasso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gogu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baroth" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Navarro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kempeneers" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paerosci.2025.101141" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791963v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Nejjar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrmge.2023.12.006" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564968v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villette" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dufour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rolland du Roscoat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-023-00748-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04431375v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ghannoum" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Millard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rospars" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.3684" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04106727v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Multon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Rossat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Verdier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouhjiti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hognon Sogbossi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.131410" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145052v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francis Bloch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-023-03576-5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495996v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rossat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baroth" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Briffaut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dufour" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Monteil" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2022.115433" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496087v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.110986" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496102v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Masson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2022.114294" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495971v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2022.2095441" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791977v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chana Phutthananon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pornkasem Jongpradist" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangfeng Guo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pitthaya Jamsawang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11709-022-0825-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283310v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritesh Gupta" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier D&#233;robert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2022.114057" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791968v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2022.104922" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133152v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rolland Du Roscoat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-022-07098-8" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496121v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. E.-M. Bouhjiti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2021.111184" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129220v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourrier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Toe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Garcia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lambert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-020-01469-5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791972v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2021.104457" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607411v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Attal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grange" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnasser Dahmani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.3138" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463291v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivian Savin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Badina" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Charbonnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;renguer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2021.106458" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209648v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blasone" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Saletti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Forquin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2021.103838" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03272104v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Baroth" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Briffaut" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Malecot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Daudeville" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2021.103923" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496063v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Malecot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791970v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences11110465" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791955v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Garcia" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Richefeu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Daudon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Villard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JF005500" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492790v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.E.-M. Bouhjiti" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michel-Ponnelle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110800" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133131v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-019-00409-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791987v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Imanzadeh" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breysse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dias" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Piegay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17499518.2019.1598561" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02085942v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Malecot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Zingg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2019.03.010" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013308v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Guo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2018.01.054" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753958v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afifa Imtiaz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Causse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13632469.2018.1453398" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02045996v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ezzedine El Dandachy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Dal Pont" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2808" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02046025v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Blasone" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Masson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2018.04.013" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876926v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briffaut" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2018.04.005" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876930v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boucher" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2018.03.015" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02084502v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-017-1049-z" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348073v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Llau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Jason" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.06.014" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369525v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2016.09.023" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876934v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zingg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.10.005" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DK45Z7ZK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01956937v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boudaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjce-2015-0552" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875741v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pla" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-015-0109-y" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987688v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-015-2084-0" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302592v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.784.284" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987752v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-013-0540-2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01954514v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Humbert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hameury" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.10.053" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5P13MWSR-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221709v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2015.07.011" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876937v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Boukria" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2015.01.002" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3N1VWZB1-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004476v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.01.047" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KHK96ZFH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013280v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daudon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Ma" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrotin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mommessin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.strusafe.2012.09.009" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLW9Z6Z7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832315v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mebarki" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Prod'Homme" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Hanus" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963476v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Prod'Homme" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daudeville" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998298v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2012.699746" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004486v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp981269w" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-14L8VTZT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02002420v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pontiroli" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouquand" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2012.699745" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013231v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selmi Mbarka" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ltifi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Hassis" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Darve" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2010.9693293" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998309v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2009.12.006" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2ZG9QPNQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02002460v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-009-9493-z" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JFH16P1R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013218v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Bressolette" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fogli" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2007.04.017" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CST25LVP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013224v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bod&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2006.02.001" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RNJP50H9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610961v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Michel-Ponnelle" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950783v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Badina" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Pollier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Drommi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/1136/1/012057" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456723v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ousset" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laouiti" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Favier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Tacnet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443019v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_315-cd" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124702v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135406v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042347v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Celeste Blasone" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward And&#242;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Forquin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201818303024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042320v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svatopluk Dobrusky" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007504v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Villard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richefeu" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007632v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Asadi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465581v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Mahdi Bouhjiti" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Masson" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086320v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David, El Mahdi Bouhjiti" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086343v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007641v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Ftouni" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086329v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841061v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086369v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01333566v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dufour" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333081v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086398v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01333552v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004479v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boudaud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Davenne" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965852v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965385v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600649v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004483v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934162v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833067v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Hanus" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971063v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833089v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mercier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008380v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berveiller" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Capra" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833088v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.B. Nguyen" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833082v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reimeringer" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004491v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yasumura" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00973255v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Reimeringer" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Yalamas" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guengant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601161v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Curt" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tacnet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peyras" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606439v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arnaud" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Y. Aubert" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Curt" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peyras" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601162v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ghariani" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tacnet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594728v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boissier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Talon" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601160v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Chateauneuf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002843v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002847v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00397666v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05489374v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Capasso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gogu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baroth" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Navarro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kempeneers" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paerosci.2025.101141" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791963v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Nejjar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrmge.2023.12.006" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564968v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villette" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dufour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rolland du Roscoat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-023-00748-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04431375v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ghannoum" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Millard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rospars" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.3684" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04106727v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Multon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Rossat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Verdier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouhjiti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hognon Sogbossi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.131410" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145052v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francis Bloch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-023-03576-5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495996v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rossat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baroth" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Briffaut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dufour" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Monteil" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2022.115433" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496087v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.110986" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495971v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2022.2095441" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791977v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chana Phutthananon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pornkasem Jongpradist" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangfeng Guo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pitthaya Jamsawang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11709-022-0825-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496102v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Masson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2022.114294" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283310v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritesh Gupta" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier D&#233;robert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2022.114057" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791968v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2022.104922" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133152v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rolland Du Roscoat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-022-07098-8" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496121v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. E.-M. Bouhjiti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2021.111184" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791972v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2021.104457" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129220v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourrier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Toe" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Garcia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lambert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-020-01469-5" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607411v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Attal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grange" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnasser Dahmani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.3138" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463291v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivian Savin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Badina" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Charbonnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;renguer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2021.106458" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209648v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blasone" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Saletti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Forquin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2021.103838" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496063v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Malecot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Daudeville" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2021.103923" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03272104v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Baroth" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Briffaut" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Malecot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791970v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences11110465" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791955v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Garcia" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Richefeu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Daudon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Villard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JF005500" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492790v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.E.-M. Bouhjiti" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michel-Ponnelle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110800" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133131v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-019-00409-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791987v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Imanzadeh" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breysse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dias" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Piegay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17499518.2019.1598561" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02085942v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Malecot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Zingg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2019.03.010" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013308v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Guo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2018.01.054" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753958v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afifa Imtiaz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Causse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13632469.2018.1453398" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02045996v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ezzedine El Dandachy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Dal Pont" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2808" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02046025v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Blasone" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Masson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2018.04.013" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876926v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briffaut" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2018.04.005" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876930v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boucher" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2018.03.015" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02084502v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-017-1049-z" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348073v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Llau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Jason" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.06.014" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369525v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2016.09.023" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876934v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zingg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.10.005" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DK45Z7ZK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01956937v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boudaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjce-2015-0552" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875741v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pla" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-015-0109-y" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987688v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-015-2084-0" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302592v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.784.284" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987752v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-013-0540-2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01954514v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Humbert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hameury" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.10.053" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5P13MWSR-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876937v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Boukria" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2015.01.002" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3N1VWZB1-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221709v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2015.07.011" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004476v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.01.047" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KHK96ZFH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013280v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daudon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Ma" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrotin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mommessin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.strusafe.2012.09.009" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLW9Z6Z7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832315v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mebarki" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Prod'Homme" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Hanus" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963476v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Prod'Homme" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daudeville" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998298v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2012.699746" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02002420v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pontiroli" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouquand" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2012.699745" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004486v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp981269w" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-14L8VTZT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013231v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selmi Mbarka" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ltifi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Hassis" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Darve" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2010.9693293" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998309v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2009.12.006" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2ZG9QPNQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02002460v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-009-9493-z" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JFH16P1R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013218v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Bressolette" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fogli" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2007.04.017" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CST25LVP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02013224v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bod&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2006.02.001" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RNJP50H9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610961v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Michel-Ponnelle" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950783v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Badina" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Pollier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Drommi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/1136/1/012057" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456723v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ousset" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laouiti" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Favier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Tacnet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443019v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_315-cd" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124702v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135406v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042347v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Celeste Blasone" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward And&#242;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Forquin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201818303024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042320v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svatopluk Dobrusky" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007504v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Villard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richefeu" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007632v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Asadi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465581v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Mahdi Bouhjiti" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Masson" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086320v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David, El Mahdi Bouhjiti" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086343v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086329v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007641v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Ftouni" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841061v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01333566v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dufour" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086369v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333081v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02086398v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01333552v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965852v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004479v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boudaud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Davenne" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965385v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600649v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004483v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934162v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833067v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Hanus" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971063v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833089v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mercier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008380v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berveiller" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Capra" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833088v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.B. Nguyen" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833082v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reimeringer" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004491v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yasumura" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00973255v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Reimeringer" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Yalamas" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guengant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601161v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Curt" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tacnet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peyras" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601162v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ghariani" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Curt" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tacnet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peyras" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606439v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arnaud" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Y. Aubert" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594728v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boissier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Talon" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601160v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Chateauneuf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002847v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002843v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00397666v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>