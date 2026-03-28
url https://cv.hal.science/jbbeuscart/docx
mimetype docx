--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -619,455 +619,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04140844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep Medication in Older Adults: Identifying the Need for Support by a Community Pharmacist</w:t>
+                <w:t xml:space="preserve">The Care Coordinator’s Tasks During the Implementation of an Integrated Care Pathway for Older Patients: A Qualitative Study Based on the French National “Health Pathway of Seniors for Preserved Autonomy” Pilot Program</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Masse</w:t>
+                <w:t xml:space="preserve">Laura Douze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héloïse Henry</w:t>
+                <w:t xml:space="preserve">C. Di Martino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Cuvelier</w:t>
+                <w:t xml:space="preserve">M. Calafiore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Pinçon</w:t>
+                <w:t xml:space="preserve">L. Averlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Pavy</w:t>
+                <w:t xml:space="preserve">Ch Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthcare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (1), pp.147. </w:t>
+              <w:t xml:space="preserve">International Journal of Integrated Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22, pp.2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/healthcare10010147⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5334/ijic.5977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04039976v1</w:t>
+                <w:t xml:space="preserve">hal-04380478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Care Coordinator’s Tasks During the Implementation of an Integrated Care Pathway for Older Patients: A Qualitative Study Based on the French National “Health Pathway of Seniors for Preserved Autonomy” Pilot Program</w:t>
+                <w:t xml:space="preserve">Sleep Medication in Older Adults: Identifying the Need for Support by a Community Pharmacist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Douze</w:t>
+                <w:t xml:space="preserve">Morgane Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Di Martino</w:t>
+                <w:t xml:space="preserve">Héloïse Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Calafiore</w:t>
+                <w:t xml:space="preserve">Elodie Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Averlant</w:t>
+                <w:t xml:space="preserve">Claire Pinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ch Peynot</w:t>
+                <w:t xml:space="preserve">Margot Pavy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Integrated Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22, pp.2. </w:t>
+              <w:t xml:space="preserve">Healthcare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (1), pp.147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5334/ijic.5977⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/healthcare10010147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04380478v1</w:t>
+                <w:t xml:space="preserve">hal-04039976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hip fractures and characteristics of living area: a fine-scale spatial analysis in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Héquette-Ruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-B. Beuscart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ficheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Chazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Osteoporosis International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (7), pp.1353-1360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00198-020-05363-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building teamwork in an uncertain environment: Study of the COVID19 patients' management by healthcare professionals at a university hospital during the health crisis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Forrierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Di Martino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Moroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Beuscart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCE 2024: European Conference on Cognitive Ergonomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Paris France, France. ACM, pp.1-7, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3673805.3673830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05190399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1077,164 +1211,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la collecte et de l'exploitation des données dans l'évolution des interactions organisationnelles dans le domaine de la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Brakni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Beuscart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nil Özçağlar-Toulouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Quindroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21èmes Journées Normandes de Recherche sur la Consommation 17 &amp; 18 novembre 2022 au Havre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Journées de recherche Société et consommation, Nov 2022, Le havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04302009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId59"/>
+      <w:footerReference w:type="default" r:id="rId66"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1381,51 +1515,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04873223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aghiles Hamroun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Aymes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couchoud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence B&#233;chade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moranne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfae236" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404399v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Visade" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genia G&#233;nia Babykina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Carretero-Bravo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deschasse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vandewalle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-085004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466240v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanase Benetos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gautier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Freminet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Metz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Labat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/nejmoa2508157" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140844v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Marcilly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Colliaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Payen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Beuscart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti230368" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039976v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Masse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Henry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cuvelier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pin&#231;on" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Pavy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare10010147" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04380478v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Douze" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Di Martino" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calafiore" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Averlant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch Peynot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/ijic.5977" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190399v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Forrierre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Th&#233;bault" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Di Martino" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Moroni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673805.3673830" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302009v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Brakni" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gorge" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil &#214;z&#231;a&#287;lar-Toulouse" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Quindroit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04873223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aghiles Hamroun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Aymes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couchoud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence B&#233;chade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moranne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfae236" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404399v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Visade" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genia G&#233;nia Babykina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Carretero-Bravo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deschasse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vandewalle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-085004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466240v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanase Benetos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gautier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Freminet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Metz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Labat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/nejmoa2508157" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140844v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Marcilly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Colliaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Payen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Beuscart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti230368" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04380478v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Douze" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Di Martino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calafiore" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Averlant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch Peynot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/ijic.5977" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039976v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Masse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Henry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cuvelier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pin&#231;on" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Pavy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare10010147" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558251v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. H&#233;quette-Ruz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Beuscart" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ficheur" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chazard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guillaume" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-020-05363-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190399v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Forrierre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Th&#233;bault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Di Martino" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Moroni" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673805.3673830" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302009v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Brakni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gorge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil &#214;z&#231;a&#287;lar-Toulouse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Quindroit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>