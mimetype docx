--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -510,559 +510,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05380433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Should I stay or should I go? The cerebral bases of street‐crossing decision</w:t>
+                <w:t xml:space="preserve">Illusory light drives pupil responses in primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Baurès</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Leblond</w:t>
+                <w:t xml:space="preserve">Ilyas Nasres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Dewailly</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Laeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa de Castro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jnr.25279⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (7), pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1167/jov.24.7.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04405450v1</w:t>
+                <w:t xml:space="preserve">hal-04754652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illusory light drives pupil responses in primates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Should I stay or should I go? The cerebral bases of street‐crossing decision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Baurès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sarah Marchand</w:t>
+                <w:t xml:space="preserve">Andrea Dewailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilyas Nasres</w:t>
+                <w:t xml:space="preserve">Marta Cherubini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Laeng</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lakshmi Devi Subramanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 24 (7), pp.14. </w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 102 (1), pp.e25279. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1167/jov.24.7.14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jnr.25279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04754652v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04405450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an optimization of functional localizers in non-human primate neuroimaging with (fMRI) frequency-tagging</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional characterization of macaque insula using task-based and resting-state fMRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Audurier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vanessa de Castro</w:t>
+                <w:t xml:space="preserve">Lotte Sypré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoqing Gao</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Koen Nelissen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 270, pp.119959. </w:t>
+              <w:t xml:space="preserve">, 2023, 276, pp.120217. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2023.119959⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2023.120217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04274554v1</w:t>
+                <w:t xml:space="preserve">hal-04308034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional characterization of macaque insula using task-based and resting-state fMRI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards an optimization of functional localizers in non-human primate neuroimaging with (fMRI) frequency-tagging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Alphée Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lotte Sypré</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Pauline Audurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa de Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoqing Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 276, pp.120217. </w:t>
+              <w:t xml:space="preserve">, 2023, 270, pp.119959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2023.120217⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2023.119959⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04308034v1</w:t>
+                <w:t xml:space="preserve">hal-04274554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symmetry Processing in the Macaque Visual Cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Audurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yseult Héjja-Brichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1178,51 +1178,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cottereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Trotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Structure and Function</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 226 (9), pp.2897 - 2909. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1256,51 +1256,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-to-contact perception in the brain.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Baurès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fourteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1518,447 +1518,447 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03009667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wide-field retinotopy reveals a new visuotopic cluster in macaque posterior parietal cortex</w:t>
+                <w:t xml:space="preserve">Dynamics of the straight-ahead preference in human visual cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samy Rima</w:t>
+                <w:t xml:space="preserve">Olena V Bogdanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volodymyr B Bogdanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Trotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cottereau</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Structure and Function</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 225 (8), pp.2447 - 2461. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00429-020-02134-2⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 225 (1), pp.173 - 186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00429-019-01988-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02990500v1</w:t>
+                <w:t xml:space="preserve">hal-03016204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional architecture of the motor homunculus detected by electrostimulation.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wide-field retinotopy reveals a new visuotopic cluster in macaque posterior parietal cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahamadou Niare</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Samy Rima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cottereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yseult Héjja-Brichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Trotter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1113/JP280156⟩</w:t>
+              <w:t xml:space="preserve">Brain Structure and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 225 (8), pp.2447 - 2461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00429-020-02134-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03018166v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02990500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of the straight-ahead preference in human visual cortex</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Functional architecture of the motor homunculus detected by electrostimulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck-Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahamadou Niare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olena V Bogdanova</w:t>
+                <w:t xml:space="preserve">Saloua Charni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volodymyr B Bogdanov</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Carlo Giussani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoit Cottereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Structure and Function</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 225 (1), pp.173 - 186. </w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 598 (23), pp.5487-5504. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00429-019-01988-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1113/JP280156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016204v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03018166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intraoperative electrostimulation for awake brain mapping: how many positive interference responses are required for reliability?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck-Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Djidjeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1966,51 +1966,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Quéhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Réhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Giussani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Neurosurgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.1-11. </w:t>
@@ -2048,51 +2048,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymmetry of pictorial space: A cultural phenomenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Rima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Khalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2100,51 +2100,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cottereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Trotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19 (4), pp.22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2204,51 +2204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Camors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Appert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jouffrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2289,248 +2289,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02159739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional architecture of the somatosensory homunculus detected by electrostimulation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Rewarding objects appear larger but not brighter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Rima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Poujade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Maniglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1113/jp275243⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (7), pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1167/18.7.9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02341978v1</w:t>
+                <w:t xml:space="preserve">hal-02341977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rewarding objects appear larger but not brighter</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Functional architecture of the somatosensory homunculus detected by electrostimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck-Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Djidjeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 18 (7), pp.9. </w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 596 (5), pp.941-956. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1167/18.7.9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1113/jp275243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02341977v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02341978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processing of Egomotion-Consistent Optic Flow in the Rhesus Macaque Cortex</w:t>
               </w:r>
@@ -2542,51 +2542,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit R. Cottereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew T. Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Rima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Fize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2650,103 +2650,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variability of intraoperative electrostimulation parameters in conscious individuals: language cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck-Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Djidjeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Giussani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurosurgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 126 (5), pp.1641--1652. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2793,51 +2793,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymmetric axonal edge guidance: a new paradigm for building oriented neuronal networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Viovy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3083,51 +3083,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gilardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6, pp.23124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3155,333 +3155,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01300753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allocentric coding: spatial range and combination rules</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Electrostimulation mapping of comprehension of auditory and visual words</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck-Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krasimir Minkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumar Sacko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Réhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vision Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.visres.2015.02.018⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 71, pp.398--408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2015.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01387829v1</w:t>
+                <w:t xml:space="preserve">hal-02344917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrostimulation mapping of comprehension of auditory and visual words</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Allocentric coding: spatial range and combination rules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Camors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jouffrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cottereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vision Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 109, part A, pp.87-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.visres.2015.02.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2015.07.001⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02344917v1</w:t>
+                <w:t xml:space="preserve">hal-01387829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The neural basis for writing from dictation in the temporoparietal cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck-Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Réhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3564,408 +3564,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of contrast and contrast adaptation on static receptive field features in macaque area V1.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Segregation of lexical and sub-lexical reading processes in the left perisylvian cortex.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck-Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Girard</w:t>
+                <w:t xml:space="preserve">Mélanie Jucla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Réhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Barone</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marion Reddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/jn.00936.2011⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (11), pp.e50665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0050665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00742817v1</w:t>
+                <w:t xml:space="preserve">hal-00777284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Privileged visual processing of the straight-ahead direction in humans.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Camors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Trotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Celebrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12 (6), pp.34, 1-13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1167/12.6.34⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00718773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segregation of lexical and sub-lexical reading processes in the left perisylvian cortex.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Effects of contrast and contrast adaptation on static receptive field features in macaque area V1.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Jucla</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Réhault</w:t>
+                <w:t xml:space="preserve">Jean Bullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Reddy</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lionel G Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 7 (11), pp.e50665. </w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 108 (7), pp.2033-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0050665⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/jn.00936.2011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00777284v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00742817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Default mode of brain function in monkeys.</w:t>
               </w:r>
@@ -3977,64 +3977,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dante Mantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelis Gerits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koen Nelissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4085,77 +4085,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Privileged processing of the straight-ahead direction in primate area V1.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Trotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Celebrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 66 (1), pp.126-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4189,64 +4189,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural bases of stereopsis across visual field of the alert macaque monkey.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Celebrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Trotter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4331,51 +4331,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Frégnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice René</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Trotter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4434,77 +4434,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurons in Parafoveal Areas V1 and V2 Encode Vertical and Horizontal Disparities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiping Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Celebrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Trotter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4522,310 +4522,310 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1152/jn.00291.2002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Handwriting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck-Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahamadou Niare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleur Céline van Ierschot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Miceli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intraoperative Mapping of Cognitive Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.127-142, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-75071-8_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognition spatiale chez le primate humain et non-humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences cognitives. Université Paul Sabatier (Toulouse 3), 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04754660v1</w:t>
-              </w:r>
-[...164 lines deleted...]
-                <w:t xml:space="preserve">hal-04755239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4856,77 +4856,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereomotion Processing in the Nonhuman Primate Brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yseult Héjja-Brichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Rima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Rapha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cottereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5002,51 +5002,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimer des flux de navetteurs avec un modèle gravitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaâ Amarouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5140,220 +5140,220 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Appert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Camors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jouffrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27ème conférence francophone sur l'Interaction Homme-Machine.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IHM 2015 27ème Conférence Francophone sur l’interaction Homme-Machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Toulouse, France. pp.1-10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01218603v1</w:t>
+                <w:t xml:space="preserve">hal-01282065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assistance tactile à la localisation de cibles périphériques pour des personnes à vision tubulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Appert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Camors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jouffrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM 2015 27ème Conférence Francophone sur l’interaction Homme-Machine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27ème conférence francophone sur l'Interaction Homme-Machine.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Toulouse, France. pp.a6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2820619.2820625⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01282065v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01218603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5371,51 +5371,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement cortical de l'espace visuel tridimentionnel dans l'aire visuelle primaire du singe vigile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurosciences [q-bio.NC]. Université Paul Sabatier - Toulouse III, 2004. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5532,51 +5532,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="986B5511"/>
+    <w:nsid w:val="369C82F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5763,51 +5763,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jbdurand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4780-8691" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/16752738X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/https://publons.com/researcher/4050418/jean-baptiste-durand/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529212v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Marchand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa de Castro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Excoffier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alph&#233;e Laurent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rosito" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/IMAG.a.1093" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380433v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Balcou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Picher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mateo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-025-07106-8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405450v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Baur&#232;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Leblond" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dewailly" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cherubini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmi Devi Subramanian" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnr.25279" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754652v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Nasres" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Laeng" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/jov.24.7.14" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274554v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Audurier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqing Gao" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2023.119959" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308034v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotte Sypr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Nelissen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2023.120217" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404039v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yseult H&#233;jja-Brichard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Kohler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M Norcia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab358" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404092v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cottereau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Trotter" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-021-02314-8" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018165v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fourteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Th&#233;bault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gazard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pasquio" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnr.24740" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009667v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V de Castro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. T. Smith" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Beer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Leguen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vayssi&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhaa301" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990500v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Rima" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-020-02134-2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018166v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Emmanuel Roux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou Niare" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Charni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Giussani" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP280156" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03016204v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena V Bogdanova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr B Bogdanov" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-019-01988-5" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018168v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Djidjeli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Qu&#233;han" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie R&#233;hault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3171/2019.6.JNS19925" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03016286v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Khalil" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/19.4.22" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159739v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Camors" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Appert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mti3020026" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341978v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jp275243" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341977v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Poujade" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Maniglia" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/18.7.9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342003v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit R. Cottereau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew T. Smith" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fize" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw412" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342039v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moyse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3171/2016.4.jns152434" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01336980v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Renault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Viovy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Villard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6LC00479B" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341992v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Johannes Amlang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hubsch" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rivaud-Pechoux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophien Mehdi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine El Helou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww282" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01300753v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouget" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gilardeau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23124" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387829v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2015.02.018" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344917v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krasimir Minkin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Sacko" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2015.07.001" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4N408N3W-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344975v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Planton" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Draper" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2013.09.012" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BQG7MK42-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742817v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Girard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barone" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bullier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel G Nowak" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00936.2011" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718773v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Celebrini" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/12.6.34" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777284v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jucla" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Reddy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050665" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621258v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dante Mantini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelis Gerits" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joly" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2318-11.2011" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474578v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2010.03.014" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159263v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhl050" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-BNBMQ60H-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018603v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fr&#233;gnac" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ren&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2004.09.001" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1XH54Z12-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754637v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiping Zhu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00291.2002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04754660v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755239v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur C&#233;line van Ierschot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Miceli" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75071-8_8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014992v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rapha" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02528166v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa&#226; Amarouch" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Garcin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Brachet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218603v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2820625" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282065v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00125420v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jbdurand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4780-8691" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/16752738X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/https://publons.com/researcher/4050418/jean-baptiste-durand/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529212v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Marchand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa de Castro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Excoffier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alph&#233;e Laurent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rosito" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/IMAG.a.1093" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380433v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Balcou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Picher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mateo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-025-07106-8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754652v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Nasres" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Laeng" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/jov.24.7.14" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405450v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Baur&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Leblond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dewailly" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cherubini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmi Devi Subramanian" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnr.25279" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308034v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotte Sypr&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Nelissen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2023.120217" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274554v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Audurier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqing Gao" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2023.119959" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404039v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yseult H&#233;jja-Brichard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Kohler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M Norcia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab358" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404092v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cottereau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Trotter" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-021-02314-8" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018165v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fourteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Th&#233;bault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gazard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pasquio" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnr.24740" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009667v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V de Castro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. T. Smith" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Beer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Leguen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vayssi&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhaa301" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03016204v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena V Bogdanova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr B Bogdanov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-019-01988-5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990500v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Rima" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-020-02134-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018166v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Emmanuel Roux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou Niare" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Charni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Giussani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP280156" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018168v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Djidjeli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Qu&#233;han" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie R&#233;hault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3171/2019.6.JNS19925" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03016286v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Khalil" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/19.4.22" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159739v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Camors" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Appert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mti3020026" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341977v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Poujade" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Maniglia" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/18.7.9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341978v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jp275243" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342003v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit R. Cottereau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew T. Smith" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fize" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw412" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342039v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moyse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3171/2016.4.jns152434" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01336980v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Renault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Viovy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Villard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6LC00479B" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341992v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Johannes Amlang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hubsch" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rivaud-Pechoux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophien Mehdi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine El Helou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww282" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01300753v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouget" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gilardeau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23124" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344917v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krasimir Minkin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Sacko" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2015.07.001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4N408N3W-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387829v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2015.02.018" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344975v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Planton" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Draper" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2013.09.012" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BQG7MK42-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777284v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jucla" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Reddy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050665" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718773v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Celebrini" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/12.6.34" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742817v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Girard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barone" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bullier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel G Nowak" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00936.2011" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621258v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dante Mantini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelis Gerits" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joly" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2318-11.2011" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474578v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2010.03.014" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159263v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhl050" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-BNBMQ60H-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018603v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fr&#233;gnac" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ren&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2004.09.001" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1XH54Z12-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754637v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiping Zhu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00291.2002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755239v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur C&#233;line van Ierschot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Miceli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75071-8_8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04754660v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014992v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rapha" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02528166v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa&#226; Amarouch" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Garcin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Brachet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282065v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218603v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2820625" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00125420v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>