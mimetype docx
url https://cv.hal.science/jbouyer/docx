--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -342,615 +342,615 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pore-scale numerical analysis of morphological characteristics and their influence on flow behavior in compressed virtual open-cell polyurethane foams</w:t>
+                <w:t xml:space="preserve">Investigation of Mechanical Behavior of Water-Imbibed Polymeric Foams Under Dynamic Shear-Compression Loading for Tribology Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alaa-Eddine Ennazii</w:t>
+                <w:t xml:space="preserve">E. Laçaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Beaudoin</w:t>
+                <w:t xml:space="preserve">P. Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Fatu</w:t>
+                <w:t xml:space="preserve">P. Doumalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Doumalin</w:t>
+                <w:t xml:space="preserve">J. Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bouyer</w:t>
+                <w:t xml:space="preserve">P. Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 137, pp.104351. </w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65 (8), pp.1321-1340. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2025.104351⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11340-025-01216-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05303992v1</w:t>
+                <w:t xml:space="preserve">hal-05249686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Mechanical Behavior of Water-Imbibed Polymeric Foams Under Dynamic Shear-Compression Loading for Tribology Application</w:t>
+                <w:t xml:space="preserve">On the Cover: Investigation of Mechanical Behavior of Water-Imbibed Polymeric Foams Under Dynamic Shear-Compression Loading for Tribology Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Laçaj</w:t>
+                <w:t xml:space="preserve">Endri Laçaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Bourhis</w:t>
+                <w:t xml:space="preserve">Pascal Doumalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Doumalin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Bouyer</w:t>
+                <w:t xml:space="preserve">Pascal Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Jolly</w:t>
+                <w:t xml:space="preserve">Yann Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 65 (8), pp.1321-1340. </w:t>
+              <w:t xml:space="preserve">, 2025, 65 (8), pp.1183-1183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11340-025-01216-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11340-025-01224-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05249686v1</w:t>
+                <w:t xml:space="preserve">hal-05483425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Cover: Investigation of Mechanical Behavior of Water-Imbibed Polymeric Foams Under Dynamic Shear-Compression Loading for Tribology Application</w:t>
+                <w:t xml:space="preserve">Scratch geometry effects on lubrication and performance of two-lobe journal bearings: A detailed study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endri Laçaj</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Bouyer</w:t>
+                <w:t xml:space="preserve">Anh Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Jolly</w:t>
+                <w:t xml:space="preserve">Phuoc Vinh Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Henry</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 65 (8), pp.1183-1183. </w:t>
+              <w:t xml:space="preserve">Tribology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 202, pp.110334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11340-025-01224-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.triboint.2024.110334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05483425v1</w:t>
+                <w:t xml:space="preserve">hal-04901764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scratch geometry effects on lubrication and performance of two-lobe journal bearings: A detailed study</w:t>
+                <w:t xml:space="preserve">Pore-scale numerical analysis of morphological characteristics and their influence on flow behavior in compressed virtual open-cell polyurethane foams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anh Vo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Bouyer</w:t>
+                <w:t xml:space="preserve">Alaa-Eddine Ennazii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phuoc Vinh Dang</w:t>
+                <w:t xml:space="preserve">Anthony Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Fillon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Fatu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Doumalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 202, pp.110334. </w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 137, pp.104351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.triboint.2024.110334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2025.104351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04901764v1</w:t>
+                <w:t xml:space="preserve">hal-05303992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic and damping characterization of open-pore metal foams filled or not with an elastomer for vibration control in turbomachinery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endri Laçaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Doumalin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 25, pp.23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -984,103 +984,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pore-scale numerical analysis of fluid flows in compressed polyurethane foams with a workflow of open-cell foams modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa-Eddine Ennazii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fatu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Fatu</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">P. Doumalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 125, pp.104065. </w:t>
@@ -1222,90 +1222,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4D local investigation of mechanical behavior of open-cell foams by enhanced morphological analysis and microstructure-adapted digital volume correlation for tribology applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Laçaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Doumalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1382,51 +1382,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Wodtke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribology International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 165, pp.107253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1473,51 +1473,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Study of a Journal Bearing with Scratches: Validation with Literature and Comparison with Experimental Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh T Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1590,51 +1590,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kacou Dingui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Brunetière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Adjemout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1720,51 +1720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelian Fatu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Doumalin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribology International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 151, pp.106435 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1811,51 +1811,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavior of a Two-Lobe Journal Bearing With a Scratched Shaft: Comparison Between Theory and Experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Helene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1922,235 +1922,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02290255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental analysis of the hydrodynamic effect during start-up of fixed geometry thrust bearings</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Fillon</w:t>
+                <w:t xml:space="preserve">Friction and Temperature Reduction in a Mechanical Face Seal by a Surface Texturing: Comparison between TEHD Simulations and Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Adjemout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Brunetière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 120, pp.299-308. </w:t>
+              <w:t xml:space="preserve">Tribology Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 61 (6), pp.1084-1093. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.triboint.2017.12.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10402004.2018.1478053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02307333v1</w:t>
+                <w:t xml:space="preserve">hal-02292231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Friction and Temperature Reduction in a Mechanical Face Seal by a Surface Texturing: Comparison between TEHD Simulations and Experiments</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Bouyer</w:t>
+                <w:t xml:space="preserve">Experimental analysis of the hydrodynamic effect during start-up of fixed geometry thrust bearings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 61 (6), pp.1084-1093. </w:t>
+              <w:t xml:space="preserve">Tribology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120, pp.299-308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10402004.2018.1478053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.triboint.2017.12.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292231v1</w:t>
+                <w:t xml:space="preserve">hal-02307333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the real dimple shape on the performance of a textured mechanical seal</w:t>
               </w:r>
@@ -2400,51 +2400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex-Florian Cristea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mircea Pascovici</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2517,51 +2517,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Hélène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2725,77 +2725,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental analysis of the hydrodynamic contribution of textured thrust bearings during steady-state operation: A comparison with the untextured parallel surface configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part J: Journal of Engineering Tribology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 229 (4), pp.362-375. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2829,77 +2829,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Experimental Hydrodynamic Thrust Bearing Device and Its Application to the Study of a Tapered-Land Thrust Bearing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Tribology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 136 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2959,51 +2959,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Harika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Hélène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3076,51 +3076,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Harika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Hélène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3180,64 +3180,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of lubricants on plain bearing performance: Evaluation of bearing performance with polymer-containing oils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moritsugu Kasai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Jarny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3348,51 +3348,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Rheology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 21, pp.12613. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3420,247 +3420,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04423460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure and Temperature Field Measurements of a Lightly Loaded Circumferential Groove Journal Bearing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental measurement of the friction torque on hydrodynamic plain journal bearings during start-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mircea Pascovici</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 54 (5), pp.806-823. </w:t>
+              <w:t xml:space="preserve">Tribology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44 (7-8), pp.772-781. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10402004.2011.604758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.triboint.2011.01.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05037833v1</w:t>
+                <w:t xml:space="preserve">hal-05037821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental measurement of the friction torque on hydrodynamic plain journal bearings during start-up</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pressure and Temperature Field Measurements of a Lightly Loaded Circumferential Groove Journal Bearing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex-Florian Cristea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mircea Pascovici</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tribology Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 54 (5), pp.806-823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10402004.2011.604758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.triboint.2011.01.008⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05037821v1</w:t>
+                <w:t xml:space="preserve">hal-05037833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of lubricant contamination with water on hydrodynamic thrust bearing performance</w:t>
               </w:r>
@@ -3685,51 +3685,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Hélène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mécanique et Industries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 12 (5), pp.353-359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3789,51 +3789,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribology Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 47 (4), pp.594-604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3906,51 +3906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Sousa Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Tribology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 129 (1), pp.98-105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3997,51 +3997,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of wear on the behavior of a two-lobe hydrodynamic journal bearing subjected to numerous startups and stops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pierre-Danos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4101,51 +4101,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Significance of Thermal and Deformation Effects on a Plain Journal Bearing Subjected to Severe Operating Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Tribology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 126 (4), pp.819-822. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4192,51 +4192,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relevance of the thermoelastohydrodynamic model in the analysis of a plain journal bearing subjected to severe operating conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part J: Journal of Engineering Tribology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 218 (5), pp.365-376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4282,51 +4282,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermohydrodynamic analysis of a worn plain journal bearing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4386,51 +4386,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Experimental Analysis of Misalignment Effects on Hydrodynamic Plain Journal Bearing Performances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Tribology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 124 (2), pp.313-319. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4477,64 +4477,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermohydrodynamic study of misaligned plain journal bearings - Comparison between experimental data and theoretical results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pierre-Danos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Applied Mechanics and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 7 (3), pp.949-960</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4604,90 +4604,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toolchain from the creation of the mesh to the CFD simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Eddine Ennazii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelian Fatu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Doumalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th annual international conference on porous media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, InterPore – International Society for Porous Media, May 2021, Online conference, France</w:t>
@@ -4729,51 +4729,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large dimension test bench for performance evaluation of hydrodynamic journal bearings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 17th LACCEI International Multi-Conference for Engineering, Education, and Technology: “Industry, Innovation, and Infrastructure for Sustainable Cities and Communities”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Montego Bay, Jamaica</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4811,64 +4811,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new test rig to meet industrial applications: startup and performance of a two lobe journal bearing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th STLE Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Nashville, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4919,51 +4919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Bouayach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribology Frontiers Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5096,51 +5096,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of lubricants on plain bearing performance: analysis of bearing performance with polymer-containing oils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moritsugu Kasai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5478,51 +5478,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3FEE94A9"/>
+    <w:nsid w:val="FE3D8DA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5709,51 +5709,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jbouyer" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2671-6595" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075602350" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/193847523" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440616v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Couderc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgian-Cristian Lupu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Henry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bouyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelian Fatu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2025.111621" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303992v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa-Eddine Ennazii" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fatu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Doumalin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouyer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2025.104351" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249686v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. La&#231;aj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourhis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Doumalin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jolly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01216-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483425v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Endri La&#231;aj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jolly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Henry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01224-8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901764v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Vo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuoc Vinh Dang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fillon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2024.110334" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722453v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2024021" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542947v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beaudoin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2023.104065" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664714v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Bruneti&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriy Zahorulko" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2474/trol.19.360" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04294311v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Henry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2023.104836" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086388v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wodtke" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2021.107253" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575043v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh T Vo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/lubricants9060061" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039807v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacou Dingui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Adjemout" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2474/trol.15.222" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490820v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Kunik" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2020.106435" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290255v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Helene" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Beaurain" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Giraudeau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4041363" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307333v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2017.12.021" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292231v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2018.1478053" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675556v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Marcos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2017.06.010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626579v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2051-672X/4/1/014002" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037850v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex-Florian Cristea" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Pascovici" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2016.1241330" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037851v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2016.1238528" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964015v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1350650115574535" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037848v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1350650114537484" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037844v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4026080" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037842v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Harika" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4024812" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037838v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1350650112455783" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423422v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritsugu Kasai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jarny" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2011.03.009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0D9XDFQ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423460v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monnet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3933/ApplRheol-21-12613" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037833v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2011.604758" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037821v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2011.01.008" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-04NH2WTC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037836v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2011120" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037795v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/05698190490513974" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037815v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Brito" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Sousa Miranda" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2401206" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037812v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierre-Danos" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2401210" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037806v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.1792678" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037807v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1243/1350650042128058" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-P8HL8X06-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037777v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0301-679x(03)00051-3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037770v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.1402180" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175445v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04316889v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Eddine Ennazii" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376564v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376550v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376489v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bouayach" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439868v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432409v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003900v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05030159v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jbouyer" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2671-6595" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075602350" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/193847523" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440616v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Couderc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgian-Cristian Lupu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Henry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bouyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelian Fatu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2025.111621" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249686v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. La&#231;aj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourhis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Doumalin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jolly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01216-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483425v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Endri La&#231;aj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Doumalin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jolly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Henry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01224-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901764v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Vo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuoc Vinh Dang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fillon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2024.110334" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303992v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa-Eddine Ennazii" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fatu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2025.104351" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722453v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2024021" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542947v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beaudoin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2023.104065" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664714v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Bruneti&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriy Zahorulko" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2474/trol.19.360" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04294311v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Henry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2023.104836" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086388v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wodtke" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2021.107253" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575043v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh T Vo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/lubricants9060061" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039807v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacou Dingui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Adjemout" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2474/trol.15.222" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490820v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Kunik" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2020.106435" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290255v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Helene" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Beaurain" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Giraudeau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4041363" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292231v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2018.1478053" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307333v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2017.12.021" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675556v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Marcos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2017.06.010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626579v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2051-672X/4/1/014002" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037850v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex-Florian Cristea" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Pascovici" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2016.1241330" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037851v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2016.1238528" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964015v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1350650115574535" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037848v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1350650114537484" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037844v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4026080" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037842v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Harika" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4024812" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037838v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1350650112455783" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423422v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritsugu Kasai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jarny" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2011.03.009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0D9XDFQ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423460v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monnet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3933/ApplRheol-21-12613" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037821v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2011.01.008" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-04NH2WTC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037833v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2011.604758" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037836v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2011120" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037795v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/05698190490513974" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037815v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Brito" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Sousa Miranda" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2401206" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037812v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierre-Danos" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2401210" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037806v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.1792678" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037807v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1243/1350650042128058" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-P8HL8X06-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037777v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0301-679x(03)00051-3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037770v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.1402180" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175445v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04316889v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Eddine Ennazii" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376564v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376550v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376489v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bouayach" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439868v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432409v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003900v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05030159v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>